--- v0 (2025-12-11)
+++ v1 (2026-03-16)
@@ -54,8074 +54,8074 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6174</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Karen Dadona, Geraldinho PHN, Márcio Albertini, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6174/prot._001_ind_001_banheiro_e_lixeira_praca_dr._miguel_dinizo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6174/prot._001_ind_001_banheiro_e_lixeira_praca_dr._miguel_dinizo.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que sejam instalados banheiros químicos na Praça Doutor Miguel Dinizo, ou ainda, que realizem a abertura de uma porta lateral no banheiro já existente na guarita da Guarda Municipal ali localizada, além disso, solicita-se a instalação de lixeiras maiores na mencionada Praça.</t>
   </si>
   <si>
     <t>6175</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6175/prot._002_ind_002_melhorias_batalhao_pm.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6175/prot._002_ind_002_melhorias_batalhao_pm.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que sejam realizadas melhorias na iluminação do pátio do Batalhão da Polícia Militar, bem como o recape do local.</t>
   </si>
   <si>
     <t>6176</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6176/prot._003_ind_003_placas_de_sinalizacao_avenida_brasil.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6176/prot._003_ind_003_placas_de_sinalizacao_avenida_brasil.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que instalem placas de sinalização, principalmente indicativas de velocidade na Avenida Brasil.</t>
   </si>
   <si>
     <t>6177</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Walmir da Fisioterapia, Geraldinho PHN, Karen Dadona, Márcio Albertini</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6177/prot._006_ind_004_internet_gratuita_reparticoes_publicas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6177/prot._006_ind_004_internet_gratuita_reparticoes_publicas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que disponibilize internet gratuita aos cidadãos em todas as repartições públicas do município.</t>
   </si>
   <si>
     <t>6178</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6178/prot._007_ind_005_salas_conselhos_municipais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6178/prot._007_ind_005_salas_conselhos_municipais.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que disponibilize um local ou salas com a devida estrutura para sede dos Conselhos Municipais.</t>
   </si>
   <si>
     <t>6179</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6179/prot._008_ind_006_portal_da_transparencia_percentual_educacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6179/prot._008_ind_006_portal_da_transparencia_percentual_educacao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja aberta uma aba no Portal da Transparência do Executivo Municipal alimentando-o mensalmente com informações acerca do percentual gasto na área da educação, especificando-os.</t>
   </si>
   <si>
     <t>6180</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6180/prot._011_ind_007_contratacao_testes_swab.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6180/prot._011_ind_007_contratacao_testes_swab.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que, com urgência, realize a contratação de uma empresa para realização dos testes de swab, fornecendo os resultados com maior agilidade.</t>
   </si>
   <si>
     <t>6181</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, João Mattar, Junior Olivato, Raffaello Frascati, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6181/prot._012_ind_008_reativacao_caesc.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6181/prot._012_ind_008_reativacao_caesc.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a reativação do CAESC no município.</t>
   </si>
   <si>
     <t>6182</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6182/prot._013_ind_009_alambrado_casa_de_velorios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6182/prot._013_ind_009_alambrado_casa_de_velorios.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalado alambrado na lateral da Casa de Velórios, próximo ao Rio Alambari.</t>
   </si>
   <si>
     <t>6183</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6183/prot._014_ind_010_aumento_servidores_tenda_sentinela.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6183/prot._014_ind_010_aumento_servidores_tenda_sentinela.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que tome as providências necessárias para contratação ou realocação de servidores para atendimento na Tenda Sentinela.</t>
   </si>
   <si>
     <t>6184</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6184/prot._015_ind_011_limpeza_rio_parque_alambari.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6184/prot._015_ind_011_limpeza_rio_parque_alambari.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam tomadas providências com urgência com relação a limpeza, desassoreamento e a erradicação de árvores pela raiz, no Rio Alambari, principalmente no Parque Mohamed Ali Hamzé.</t>
   </si>
   <si>
     <t>6185</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6185/prot._016_ind_012_parque_rua_dos_expedicionarios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6185/prot._016_ind_012_parque_rua_dos_expedicionarios.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalado um parque infantil e uma academia da 3ª idade na Rua dos Expedicionários, próximo à residência nº. 429, no Bairro Estação.</t>
   </si>
   <si>
     <t>6186</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6186/prot._017_ind_013_calcada_escola_profissionalizante.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6186/prot._017_ind_013_calcada_escola_profissionalizante.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a construção de uma calçada com devido meio fio nas proximidades do prédio da antiga Escola Profissionalizante.</t>
   </si>
   <si>
     <t>6187</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6187/prot._019_ind_014_procon.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6187/prot._019_ind_014_procon.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para instalação de uma unidade do PROCON no município.</t>
   </si>
   <si>
     <t>6188</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6188/prot._015_ind_011_limpeza_rio_parque_alambari.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6188/prot._015_ind_011_limpeza_rio_parque_alambari.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam construídos Poços Artesianos no Conjunto Irmã Paulina e no Bairro Santa Maria.</t>
   </si>
   <si>
     <t>6189</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6189/prot._022_ind_016_asfalto_travessa_22.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6189/prot._022_ind_016_asfalto_travessa_22.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que seja realizada a pavimentação asfáltica da Travessa 22, no Bairro Vila Rubim, próximo à Rua João Manoel dos Santos.</t>
   </si>
   <si>
     <t>6190</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6190/prot._023_ind_017_limpeza_e_recape_rua_do_bico.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6190/prot._023_ind_017_limpeza_e_recape_rua_do_bico.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que realize a limpeza, bem como o recapeamento asfáltico na Rua do Bico.</t>
   </si>
   <si>
     <t>6191</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6191/prot._025_ind_018_transporte_solidario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6191/prot._025_ind_018_transporte_solidario.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize um estudo sobre a viabilidade de ser criado o “Transporte Solidário”, no município de Cambará.</t>
   </si>
   <si>
     <t>6192</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6192/prot._026_ind_019_controle_carro_de_som_aplicativo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6192/prot._026_ind_019_controle_carro_de_som_aplicativo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja inserido um aplicativo para controle das horas dos serviços de propaganda de carro de som contratados.</t>
   </si>
   <si>
     <t>6193</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6193/prot._029_ind_020_pl_fundo_agropecuario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6193/prot._029_ind_020_pl_fundo_agropecuario.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja elaborado um Projeto de Lei criando um Fundo Municipal Agropecuário, destinando o valor da arrecadação do Imposto sobre a Propriedade Territorial Rural (ITR) à serviços prestados aos proprietários rurais.</t>
   </si>
   <si>
     <t>6194</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6194/prot._031_ind_021_dep._estadual_pedro_paulo_bazana_carreta_da_mulher.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6194/prot._031_ind_021_dep._estadual_pedro_paulo_bazana_carreta_da_mulher.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Deputado Estadual Pedro Paulo Bazana que indique ao município de Cambará à Carreta do Conhecimento e também à Carreta de Saúde da Mulher.</t>
   </si>
   <si>
     <t>6195</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6195/prot._032_ind_022_sao_lucas_contratacao_servidor_atendimento_prioritario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6195/prot._032_ind_022_sao_lucas_contratacao_servidor_atendimento_prioritario.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realizem a contratação ou realocação de servidores para o setor de agendamento no São Lucas, e ainda, que organizem de forma adequada o atendimento prioritário aos que possuem direito.</t>
   </si>
   <si>
     <t>6196</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6196/prot._033_ind_023_piscina_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6196/prot._033_ind_023_piscina_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que pleiteie junto ao Governo do Estado a cessão de uso ou doação da área ocupada pela piscina localizada no Conjunto Ignez Panichi.</t>
   </si>
   <si>
     <t>6197</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6197/prot._038_ind_024_19_regional_de_saude_vigilancia_analise_da_agua.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6197/prot._038_ind_024_19_regional_de_saude_vigilancia_analise_da_agua.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam à 19ª Regional de Saúde que encaminhe ao município de Cambará uma equipe da Vigilância Sanitária para realizar análise das águas.</t>
   </si>
   <si>
     <t>6198</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Márcio Albertini, Geraldinho PHN, Karen Dadona, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6198/prot._039_ind_025_dep._estadual_adelino_ribeiro_microonibus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6198/prot._039_ind_025_dep._estadual_adelino_ribeiro_microonibus.pdf</t>
   </si>
   <si>
     <t>O vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, por meio deste, solicitam ao Deputado Estadual Adelino Ribeiro que destine ao município de Cambará emenda no valor de R$250.000,00 (duzentos e cinquenta mil reais) para aquisição de um micro-ônibus para transporte dos pacientes que necessitam realizar hemodiálise.</t>
   </si>
   <si>
     <t>6199</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Márcio Albertini, João Mattar, Karen Dadona, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6199/prot._040_ind_026_melhorias_praca_igreja_sao_benedito.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6199/prot._040_ind_026_melhorias_praca_igreja_sao_benedito.pdf</t>
   </si>
   <si>
     <t>O vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize manutenções e melhorias na Praça da Igreja São Benedito, tais como: arborização adequação, correção das calçadas, reparos na iluminação, melhorias nos bancos, dentre outras.</t>
   </si>
   <si>
     <t>6200</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6200/prot._042_ind_027_pontos_de_onibus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6200/prot._042_ind_027_pontos_de_onibus.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias e, após estudos, realizem a construção de pontos de ônibus em locais estratégicos do município.</t>
   </si>
   <si>
     <t>6201</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Geraldinho PHN, Karen Dadona, Márcio Albertini, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6201/prot._044_ind_028_rua_alambari_providencias_brecha.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6201/prot._044_ind_028_rua_alambari_providencias_brecha.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, tais como: Vigilância Sanitária e Secretaria Municipal de Assistência Social, que se desloquem até a Rua Alambari, nº. 1.277, Centro, e realize averiguações quanto ao depósito de reciclagem que há no local, bem como a situação dos andarilhos que ali se encontram.</t>
   </si>
   <si>
     <t>6202</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6202/prot._045_ind_029_copel_rua_joao_evangelista_barreiros_gonzaga.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6202/prot._045_ind_029_copel_rua_joao_evangelista_barreiros_gonzaga.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao departamento responsável da COPEL que tome as providências necessárias com relação aos fios de alta tensão da Rua João Evangelista Barreiros, do bairro Gonzaga.</t>
   </si>
   <si>
     <t>6203</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6203/prot._046_ind_030_melhorias_praca_doutor_miguel_dinizo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6203/prot._046_ind_030_melhorias_praca_doutor_miguel_dinizo.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize melhorias com urgência na Praça Doutor Miguel Dinizo, tais como: podas de árvores, contenção de formigas, aumento da quantidade de areia, troca dos brinquedos do Parque Infantil.</t>
   </si>
   <si>
     <t>6204</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6204/prot._047_ind_031_parque_gonzaga_melhorias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6204/prot._047_ind_031_parque_gonzaga_melhorias.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize a manutenção no Parque do Conjunto Gonzaga, tais como: Limpeza, reparos nas câmeras, roçagem e correção na iluminação.</t>
   </si>
   <si>
     <t>6205</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6205/prot._048_ind_032_bebedouro_campo_de_bocha.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6205/prot._048_ind_032_bebedouro_campo_de_bocha.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que instale um bebedouro próximo ao Campo de Bocha, localizado nas proximidades do Parque do Conjunto Ignez Panichi.</t>
   </si>
   <si>
     <t>6206</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6206/prot._049_ind_033_horarios_onibus_escolar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6206/prot._049_ind_033_horarios_onibus_escolar.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que deem maior transparência aos horários de embarque e desembarque dos ônibus escolares em cada um dos Bairros do município, e ainda, que a rodagem ocorra com maior agilidade em dias chuvosos.</t>
   </si>
   <si>
     <t>6207</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6207/prot._050_ind_034_iluminacao_rua_dr._genaro_resende_circo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6207/prot._050_ind_034_iluminacao_rua_dr._genaro_resende_circo.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos necessários na iluminação pública da Rua Doutor Genaro Resende, próximo ao local onde ocorre a instalação de circos no município.</t>
   </si>
   <si>
     <t>6208</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6208/prot._052_ind_035_acessibilidade_orgaos_publicos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6208/prot._052_ind_035_acessibilidade_orgaos_publicos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que garantam a acessibilidade nos prédios públicos do município, com ênfase nos órgãos de saúde, e que seja construída uma cobertura em locais como: São Lucas, Hospital Municipal e CRAS.</t>
   </si>
   <si>
     <t>6209</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6209/prot._053_ind_036_melhorias_conj._irma_paulina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6209/prot._053_ind_036_melhorias_conj._irma_paulina.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas melhorias no Conjunto Irmã Paulina, tais como: Construção de uma praça, instalação de academia da terceira idade e de parque infantil.</t>
   </si>
   <si>
     <t>6210</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6210/prot._054_ind_037_der_redutor_de_velocidade_br369.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6210/prot._054_ind_037_der_redutor_de_velocidade_br369.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Gerente de Obras e Serviços do Escritório Regional do Norte Pioneiro – Jacarezinho – do Departamento de Estradas de Rodagens do Estado do Paraná, que tome as providências necessárias para instalação de redutores eletrônicos de velocidade, radares ou quebra-molas na BR369, em frente ao Batalhão da Polícia Militar.</t>
   </si>
   <si>
     <t>6211</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6211/prot._055_ind_038_melhorias_transito.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6211/prot._055_ind_038_melhorias_transito.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizados estudos e melhorias no trânsito, sugerindo-se o estreitamento das vias, bem como placas, redutores de velocidade, semáforos e sinalizações de solo adequadas, nos cruzamentos das ruas transversais à Avenida Brasil, onde os veículos estacionam na diagonal.</t>
   </si>
   <si>
     <t>6212</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6212/prot._056_ind_039_isencao_cosip_idosos_e_aposentados.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6212/prot._056_ind_039_isencao_cosip_idosos_e_aposentados.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realizem os estudos necessários e elaborem um Projeto de Lei, encaminhando-o à Câmara Municipal, concedendo isenção à COSIP aos aposentados e idosos que atendam requisitos legais, dentre eles consumo limitado à 300kw.</t>
   </si>
   <si>
     <t>6213</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6213/prot._059_ind_040_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6213/prot._059_ind_040_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam reativados o Conselho Municipal de Trânsito e o Conselho Municipal de Segurança.</t>
   </si>
   <si>
     <t>6214</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6214/prot._060_ind_041_calcada_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6214/prot._060_ind_041_calcada_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam realizadas construções de calçadas nas proximidades da Escola Municipal Ignez Panichi Hamzé e do Centro Municipal de Educação Infantil Cláudia Helena Negrão Batista, no Conjunto Ignez Panichi.</t>
   </si>
   <si>
     <t>6215</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6215/prot._061_ind_042_melhorias_morada_do_sol.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6215/prot._061_ind_042_melhorias_morada_do_sol.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam realizadas melhorias no Bairro Morada do Sol, tais como: Instalação de placas com a nomenclatura das ruas; sinalizações horizontais e verticais; fiscalização e limpeza dos terrenos; construção de pista de caminhada; instalação de parque infantil e academia da 3ª idade.</t>
   </si>
   <si>
     <t>6216</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6216/prot._062_ind_043_escolas_municipais_aula_de_meio_ambiente.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6216/prot._062_ind_043_escolas_municipais_aula_de_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que analise a viabilidade de serem ministradas aulas de Meio Ambiente aos alunos das escolas municipais de ensino.</t>
   </si>
   <si>
     <t>6217</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, João Mattar, Junior Olivato, Karen Dadona, Raffaello Frascati, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6217/prot._063_ind_044_melhorias_bairro_estacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6217/prot._063_ind_044_melhorias_bairro_estacao.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Karen Dadona, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati,, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas melhorias no Bairro Estação, tais como: Projeto de Revitalização na Praça, com instalação de academia da terceira idade e parque infantil; Construção de uma calçada próximo à Escola Mundo Mágico.</t>
   </si>
   <si>
     <t>6218</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6218/prot._064_ind_045_semaforo_e_faixa_de_pedestres_br369.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6218/prot._064_ind_045_semaforo_e_faixa_de_pedestres_br369.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que realize a instalação de um semáforo e pintura de faixas de pedestres na BR369, no cruzamento que dá acesso aos Bairros Bergamaschi e São José.</t>
   </si>
   <si>
     <t>6219</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6219/prot._066_ind_046_vacinacao_domingo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6219/prot._066_ind_046_vacinacao_domingo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, sendo a Secretaria Municipal de Saúde, que sejam adotadas estratégias para vacinação contra COVID-19 também aos domingos no município.</t>
   </si>
   <si>
     <t>6221</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6221/prot._069_ind_047_mudanca_e_melhorias_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6221/prot._069_ind_047_mudanca_e_melhorias_samu.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam realizadas melhorias e reformas necessárias no Serviço de Atendimento Móvel de Urgência (SAMU), ou ainda, que realizem a mudança da sede devidamente equipada, passando-a para um ponto próximo à Defesa Civil.</t>
   </si>
   <si>
     <t>6222</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6222/prot._070_ind_048_melhorias_limpeza_terrenos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6222/prot._070_ind_048_melhorias_limpeza_terrenos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam tomadas as providências devidas, principalmente com relação à limpeza, nos terrenos localizados nos seguintes endereços:_x000D_
 - Rua Paulo Rossito, próximo ao número 175, Conjunto Ignez Panichi;_x000D_
 - Rua Valdir Pereira da Silva, Conjunto São Francisco.</t>
   </si>
   <si>
     <t>6223</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6223/prot._071_ind_049_dep._estadual_pedro_paulo_bazana_emenda_apae.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6223/prot._071_ind_049_dep._estadual_pedro_paulo_bazana_emenda_apae.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Deputado Estadual Pedro Paulo Bazana que destine verbas/emendas parlamentares à APAE – Associação de Pais e Amigos dos Excepcionais – de Cambará, para realização de projetos de melhorias em prol do atendimento dos alunos e de seus familiares, tais como: construção de muro em todo o terreno, construção de garagem, ampliação da estrutura física do local, reforma da piscina, dentre outras.</t>
   </si>
   <si>
     <t>6224</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6224/prot._072_ind_050_construcao_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6224/prot._072_ind_050_construcao_samu.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a construção de um novo prédio para base do SAMU no município.</t>
   </si>
   <si>
     <t>6225</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6225/prot._075_ind_051_dep._estadual_mauro_moraes_lazer_colegio_agricola.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6225/prot._075_ind_051_dep._estadual_mauro_moraes_lazer_colegio_agricola.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Deputado Estadual Mauro Moraes que destine ao Colégio Estadual de Educação Profissional Agrícola Mohamed Ali Hamzé, no município de Cambará, uma academia da 3ª idade e, se possível, equipamentos para uma sala de jogos.</t>
   </si>
   <si>
     <t>6226</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6226/prot._078_ind_052_salario_conselho_tutelar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6226/prot._078_ind_052_salario_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam tomadas as providências devidas, para que, após análise, seja realizado concedido aumento salarial aos Conselheiros Tutelares do município.</t>
   </si>
   <si>
     <t>6227</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6227/prot._079_ind_053_academia_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6227/prot._079_ind_053_academia_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que seja realizada a instalação de parque infantil e academia da 3ª idade nas proximidades do Colégio Estadual Lucy Requião, no Conjunto Ignez Panichi.</t>
   </si>
   <si>
     <t>6228</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6228/prot._083_ind_054_melhorias_gm.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6228/prot._083_ind_054_melhorias_gm.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam tomadas as providências devidas para realizarem melhorias na sede da Guarda Municipal, principalmente na cozinha que há neste espaço.</t>
   </si>
   <si>
     <t>6229</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6229/prot._084_ind_055_asfalto_conjunto_santa_maria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6229/prot._084_ind_055_asfalto_conjunto_santa_maria.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja realizado o recapeamento asfáltico do Conjunto Santa Maria, e, sendo necessário, que acionem a loteadora responsável pelo local para este fim.</t>
   </si>
   <si>
     <t>6230</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6230/prot._085_ind_056_maquinas_pesadas_avenida_brasil.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6230/prot._085_ind_056_maquinas_pesadas_avenida_brasil.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam tomadas as devidas providências a fim de evitar que maquinários pesados transitem pela Avenida Brasil, principalmente em horários de pico.</t>
   </si>
   <si>
     <t>6231</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6231/prot._086_ind_057_canil_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6231/prot._086_ind_057_canil_municipal.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que seja criado um Canil Municipal.</t>
   </si>
   <si>
     <t>6232</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6232/prot._089_ind_058_melhorias_campo_sintetico_conj._ignez.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6232/prot._089_ind_058_melhorias_campo_sintetico_conj._ignez.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas melhorias no campo sintético do Conjunto Ignez Panichi, incluindo a iluminação do local.</t>
   </si>
   <si>
     <t>6286</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6286/prot._091_ind_059_pl_auxilio_atleta.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6286/prot._091_ind_059_pl_auxilio_atleta.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja elaborado um Projeto de Lei criando o Auxílio Atleta no município de Cambará.</t>
   </si>
   <si>
     <t>6287</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6287/prot._092_ind_060_melhorias_limpezas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6287/prot._092_ind_060_melhorias_limpezas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam tomadas as providências devidas com relação à limpeza nos seguintes locais:_x000D_
 - Rua Duque de Caxias, próximo ao número 1.112, no Bairro Morada do Sol;_x000D_
 - Rio do Bairro Estação.</t>
   </si>
   <si>
     <t>6288</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6288/prot._093_ind_061_melhorias_estrada_pedreira.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6288/prot._093_ind_061_melhorias_estrada_pedreira.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam realizadas melhorias na Estrada Municipal 004, ligação Cambará/Barra do Jacaré, Zona Rural, próximo à Pedreira.</t>
   </si>
   <si>
     <t>6289</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>João Mattar, Junior Olivato, Raffaello Frascati, Rogérinho do Karatê, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6289/prot._094_ind_062_asfalto_travessa_gentil_justo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6289/prot._094_ind_062_asfalto_travessa_gentil_justo.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realizem melhorias asfálticas necessárias na Travessa Gentil Justo, no Bairro Santa Amália, localizada nas imediações da Marginal José Frediani, próximo à Fonte Nova Poços Artesianos.</t>
   </si>
   <si>
     <t>6290</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6290/prot._095_ind_063_portal_de_entrada_conj._votorantim.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6290/prot._095_ind_063_portal_de_entrada_conj._votorantim.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja construído um Portal na entrada do município localizada na PR431, próximo ao Conjunto Votorantim.</t>
   </si>
   <si>
     <t>6291</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6291/prot._097_ind_064_caps.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6291/prot._097_ind_064_caps.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que tome as medidas necessárias para a implantação e funcionamento de um Centro de Atenção Psicossocial (CAPS), modalidade I, no município.</t>
   </si>
   <si>
     <t>6292</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6292/prot._098_ind_065_meio_fio_rua_sao_manoel_sao_jose_i.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6292/prot._098_ind_065_meio_fio_rua_sao_manoel_sao_jose_i.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a construção de meio fio na Rua São Manoel, no Conjunto São José I, próximo ao Posto de Saúde.</t>
   </si>
   <si>
     <t>6293</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6293/prot._099_ind_066_sinalizacao_e_correcao_ponte.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6293/prot._099_ind_066_sinalizacao_e_correcao_ponte.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada a devida sinalização e também as correções necessárias como construção de uma calçada para passagem e a instalação de um corrimão adequado nas laterais da ponte que há próxima a ABRACAM, no Bairro Estação, ao final da Avenida Brasil.</t>
   </si>
   <si>
     <t>6294</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6294/prot._100_ind_067_lixeiras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6294/prot._100_ind_067_lixeiras.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam instaladas lixeiras em pontos estratégicos de todos os Bairros do município.</t>
   </si>
   <si>
     <t>6295</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6295/prot._101_ind_068_iluminacao_e_poda_parques.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6295/prot._101_ind_068_iluminacao_e_poda_parques.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam realizadas correções e melhorias na iluminação pública dos Parques do município, bem como a poda adequada das árvores nestes locais.</t>
   </si>
   <si>
     <t>6296</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6296/prot._102_ind_069_atendimento_prioritario_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6296/prot._102_ind_069_atendimento_prioritario_saude.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que tome as providências necessárias referentes ao atendimento prioritário nos departamento de saúde, tais como: setor de agendamento e Farmácia Municipal, incluindo a instalação de cartazes de sinalização indicando este direito a quem o possui (idosos, gestantes, lactantes, etc).</t>
   </si>
   <si>
     <t>6297</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6297/prot._103_ind_070_dnit_redutor_de_velocidade_br369.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6297/prot._103_ind_070_dnit_redutor_de_velocidade_br369.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao responsável pelo Departamento Nacional de Infraestrutura de Transporte (DNIT), que sejam tomadas as providências necessárias para instalação de redutores eletrônicos de velocidade, radares ou quebra-molas na BR369, em frente ao Batalhão da Polícia Militar.</t>
   </si>
   <si>
     <t>6298</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6298/prot._104_ind_071_autorizacao_limpeza_rios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6298/prot._104_ind_071_autorizacao_limpeza_rios.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que solicite junto ao órgão responsável autorização para realizar a limpeza dos rios aos moldes da ocorrida no ano de 2021.</t>
   </si>
   <si>
     <t>6299</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6299/prot._106_ind._072_reiteracao_prot._019_procon.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6299/prot._106_ind._072_reiteracao_prot._019_procon.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para instalação de uma unidade do PROCON no município.</t>
   </si>
   <si>
     <t>6300</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Tetinha, João Mattar, Junior Olivato, Raffaello Frascati, Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6300/prot._108_ind_073_reforma_casa_de_velorios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6300/prot._108_ind_073_reforma_casa_de_velorios.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores João Mattar Olivato, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize a reforma da Casa de Velórios do município.</t>
   </si>
   <si>
     <t>6301</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6301/prot._110_ind_074_reforma_poco_artesiano.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6301/prot._110_ind_074_reforma_poco_artesiano.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que reforme o poço artesiano localizado no Conjunto São José II.</t>
   </si>
   <si>
     <t>6302</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6302/prot._111_ind_075_sec._municipal_de_industria_e_comercio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6302/prot._111_ind_075_sec._municipal_de_industria_e_comercio.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja criada a Secretaria Municipal de Indústria e Comércio.</t>
   </si>
   <si>
     <t>6303</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6303/prot._112_ind_076_ventilacao_e_internet_casa_de_velorios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6303/prot._112_ind_076_ventilacao_e_internet_casa_de_velorios.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a instalação de aparelhos de ventilação, tais como: ventilador, climatizador e/ou ar condicionado, na Casa de Velórios Municipal, incluindo também uma rede de internet gratuita no local.</t>
   </si>
   <si>
     <t>6304</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6304/prot._113_ind_077_fundo_e_conselho_municipal_animal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6304/prot._113_ind_077_fundo_e_conselho_municipal_animal.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja criado o Fundo Municipal de Bem-Estar Animal, bem como o Conselho Municipal de Proteção e Defesa dos Animais (modelos anexos).</t>
   </si>
   <si>
     <t>6305</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6305/prot._114_ind_078_secretaria_municipal_de_seguranca_publica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6305/prot._114_ind_078_secretaria_municipal_de_seguranca_publica.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que crie a Secretaria Municipal de Segurança Pública.</t>
   </si>
   <si>
     <t>6306</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6306/prot._115_ind_079_central_do_povo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6306/prot._115_ind_079_central_do_povo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que crie no município um local denominado “Central do Povo”, sendo centralizado neste ponto os serviços uteis aos cidadãos.</t>
   </si>
   <si>
     <t>6307</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/</t>
+    <t>http://sapl.cambara.pr.leg.br/media/</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize uma descentralização dos serviços realizados no antigo São Lucas, com trabalho em rede pelos servidores, criando neste espaço áreas separadas destinadas à atendimentos específicos, tais como: Agendamento de exame, Agendamento de consultas, Retirada de resultados, Solicitação de informações, dentre outros.</t>
   </si>
   <si>
     <t>6308</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6308/prot._117_ind_081_cameras_de_seguranca_cemiterio_e_entradas_do_municipio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6308/prot._117_ind_081_cameras_de_seguranca_cemiterio_e_entradas_do_municipio.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam instaladas câmeras de segurança nas entradas e saídas do município, bem como no Cemitério Municipal.</t>
   </si>
   <si>
     <t>6309</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6309/prot._118_ind_082_aluguel_barracao_empresas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6309/prot._118_ind_082_aluguel_barracao_empresas.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que elabore um Projeto de Lei criando no município o Programa Barracão Produtivo, investindo em aluguéis de barracões para que empreendedores iniciem novos negócios ou expandam seus serviços no município.</t>
   </si>
   <si>
     <t>6310</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Geraldinho PHN, João Mattar, Junior Olivato, Karen Dadona, Márcio Albertini, Raffaello Frascati, Rogérinho do Karatê, Tetinha, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6310/prot._122_ind_083_base_avancada_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6310/prot._122_ind_083_base_avancada_samu.pdf</t>
   </si>
   <si>
     <t>Os vereadores que abaixo subscrevem, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que estude a possibilidade e solicite junto aos órgãos responsáveis a implantação de uma base avançada do SAMU no município de Cambará.</t>
   </si>
   <si>
     <t>6311</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6311/prot._124_ind_084_reiteracao_prot._060_calcada_e_placas_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6311/prot._124_ind_084_reiteracao_prot._060_calcada_e_placas_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam realizadas construções de calçadas nas proximidades da Escola Municipal Ignez Panichi Hamzé e do Centro Municipal de Educação Infantil Cláudia Helena Negrão Batista, no Conjunto Ignez Panichi, e, ainda, solicita-se que nestes trechos sejam realizadas as sinalizações devidas, tais como: pinturas de faixas, inserção de placas, estabelecimento de limites de velocidade, dentre outras.</t>
   </si>
   <si>
     <t>6312</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6312/prot._125_ind_085_recapeamento_asfaltico_rua_marechal_deodoro_da_fonseca_e_joao_gnaspini.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6312/prot._125_ind_085_recapeamento_asfaltico_rua_marechal_deodoro_da_fonseca_e_joao_gnaspini.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizado recapeamento asfáltico na Rua Marechal Deodoro da Fonseca, próximo ao Colégio Nossa Senhora das Graças, bem como na Rua João Gnaspini, ligando o Conjunto Votorantim ao Bairro Popular Velha.</t>
   </si>
   <si>
     <t>6313</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6313/prot._126_ind_086_ajuste_salarial_agentes_de_endemias_e_de_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6313/prot._126_ind_086_ajuste_salarial_agentes_de_endemias_e_de_saude.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para pagamento do piso salarial aprovado por meio da PEC 22/11 aos agentes de saúde e de combate às endemias, inclusive proporcionando aos mesmos outras vantagens como incentivos, auxílios, gratificações e indenizações.</t>
   </si>
   <si>
     <t>6314</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6314/prot._127_ind_087_monitores_transporte_escolar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6314/prot._127_ind_087_monitores_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize a contratação de monitores para os transportes escolares por meio de concurso público ou terceirização.</t>
   </si>
   <si>
     <t>6315</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6315/prot._129_ind_088_faixa_de_pedestres_e_sinalizacao_col._est._carolina_lupion.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6315/prot._129_ind_088_faixa_de_pedestres_e_sinalizacao_col._est._carolina_lupion.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que realize a instalação de placas de sinalização, bem como, pintura de faixas de pedestres nas proximidades do Colégio Estadual Dona Carolina Lupion.</t>
   </si>
   <si>
     <t>6316</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6316/prot._130_ind_089_recape_rua_major_barbosa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6316/prot._130_ind_089_recape_rua_major_barbosa.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que seja o recapeamento asfáltico da Rua Major Barbosa, Centro, próximo à Igreja Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>6317</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6317/prot._134_ind_090_incentivo_plantio_de_arvores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6317/prot._134_ind_090_incentivo_plantio_de_arvores.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que incentive o plantio de árvores frutíferas e ornamentais no município.</t>
   </si>
   <si>
     <t>6318</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6318/prot._135_ind_091_mutirao_de_limpeza.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6318/prot._135_ind_091_mutirao_de_limpeza.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam realizados mutirões de limpeza no município, com limpeza de rios, bueiros, roçagens, limpezas de caixas d’água, dentre outras.</t>
   </si>
   <si>
     <t>6327</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6327/prot._138_ind_092_sistema_de_senhas_agendamento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6327/prot._138_ind_092_sistema_de_senhas_agendamento.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que implemente o sistema de senhas para atendimentos na área da saúde do município, principalmente no setor de agendamento.</t>
   </si>
   <si>
     <t>6328</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6328/prot._139_ind_093_iptu_carne_informacoes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6328/prot._139_ind_093_iptu_carne_informacoes.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam inseridas informações sobre os que possuem direito à isenção ao pagamento do IPTU (Imposto Predial e Territorial Urbano) na capa do carnê, e ainda, que a parcela única de pagamento seja impressa em folha com cor diferente das guias de parcelamento.</t>
   </si>
   <si>
     <t>6329</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6329/prot._141_ind_094_semaforo_br369.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6329/prot._141_ind_094_semaforo_br369.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que tome as providências necessárias, e se preciso for, contate os responsáveis, para que os reparos no semáforo da BR369, ao final da Avenida Brasil sejam realizados com brevidade.</t>
   </si>
   <si>
     <t>6330</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6330/prot._142_ind_095_reparos_bueiro_conjunto_vitoria_crivari.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6330/prot._142_ind_095_reparos_bueiro_conjunto_vitoria_crivari.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos necessários nos bueiros do Bairro Vitória Crivari.</t>
   </si>
   <si>
     <t>6331</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6331/prot._144_ind_096_saude_na_hora.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6331/prot._144_ind_096_saude_na_hora.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que venha a aderir ao Programa Saúde na Hora, lançado pela Secretaria de Atenção Primária à Saúde do Ministério da Saúde.</t>
   </si>
   <si>
     <t>6332</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6332/prot._146_ind_097_central_de_empregos_deficientes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6332/prot._146_ind_097_central_de_empregos_deficientes.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja criada no município uma Central de Empregos para Pessoas Portadoras de Deficiência - CEPPDE.</t>
   </si>
   <si>
     <t>6333</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6333/prot._148_ind_098_sec._mun._esportes_campeonatos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6333/prot._148_ind_098_sec._mun._esportes_campeonatos.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam Secretário Municipal de Esportes, senhor Mauro César de Carvalho, que sejam promovidos no município campeonatos como: Futebol feminino; supino e agachamento; futebol sub-17; dentre outros.</t>
   </si>
   <si>
     <t>6334</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6334/prot._149_ind_099_sec._mun._de_agricultura_limpeza_parques_e_lagos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6334/prot._149_ind_099_sec._mun._de_agricultura_limpeza_parques_e_lagos.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam Secretário Municipal de Agricultura e Meio Ambiente, senhor Airton Kotaru Anabuki, que sejam realizadas as limpezas devidas em todos os parques e lagos do município.</t>
   </si>
   <si>
     <t>6335</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6335/prot._151_ind_100_pl_jovem_aprendiz_terceirizada.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6335/prot._151_ind_100_pl_jovem_aprendiz_terceirizada.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja elaborado um Projeto de Lei instituindo a contratação de jovem aprendiz nas empresas que prestem serviços de terceirização à Prefeitura Municipal.</t>
   </si>
   <si>
     <t>6336</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6336/prot._152_ind_101_analise_da_agua.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6336/prot._152_ind_101_analise_da_agua.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada a análise das águas dos poços artesianos do município.</t>
   </si>
   <si>
     <t>6337</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6337/prot._154_ind_102_parceria_campeonato_empresas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6337/prot._154_ind_102_parceria_campeonato_empresas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, sendo a Secretaria Municipal de Esportes, que firme parceria junto à Associação Comercial e Industrial de Cambará para realização de campeonatos de futebol entre empresas.</t>
   </si>
   <si>
     <t>6338</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6338/prot._155_ind_103_transporte_pacientes_curitiba.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6338/prot._155_ind_103_transporte_pacientes_curitiba.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam tomadas as providências necessárias para contratação de novos motoristas para transporte de pacientes ao município de Curitiba/PR.</t>
   </si>
   <si>
     <t>6339</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6339/prot._156_ind_104_piscina_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6339/prot._156_ind_104_piscina_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam tomadas as providências necessárias junto ao Governo do Estado do Paraná a fim de buscarem uma solução para a piscina do Conjunto Ignez Panichi.</t>
   </si>
   <si>
     <t>6340</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6340/prot._157_ind_105_remissao_iptu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6340/prot._157_ind_105_remissao_iptu.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que tome as providências necessárias para  remissão dos débitos referentes ao pagamento do IPTU (Imposto Predial e Territorial Urbano) aos munícipes que possuem cadastro junto à Secretaria Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>6341</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6341/prot._158_ind_106_pagamento_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6341/prot._158_ind_106_pagamento_samu.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que analisem as medidas que podem ser tomadas com relação a falta de pagamento salarial da empresa OZZ aos funcionários do SAMU.</t>
   </si>
   <si>
     <t>6342</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6342/prot._159_ind_107_sec._mun._saude_internamento_andarilho.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6342/prot._159_ind_107_sec._mun._saude_internamento_andarilho.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, que sejam tomadas as providências necessárias com relação à um munícipe que se encontra em situação de rua com problemas psíquicos e necessita de internamento urgente.</t>
   </si>
   <si>
     <t>6343</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6343/prot._160_ind_108_lixeira_cemiterio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6343/prot._160_ind_108_lixeira_cemiterio.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realizem a instalação de lixeiras nas proximidades do Cemitério Municipal, principalmente no terreno localizado em frente ao mesmo.</t>
   </si>
   <si>
     <t>6375</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6375/prot._167_ind_110_reiteracao_prot._093_melhorias_estrada_pedreira.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6375/prot._167_ind_110_reiteracao_prot._093_melhorias_estrada_pedreira.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam realizadas melhorias na Estrada Municipal 004, ligação Cambará/Barra do Jacaré, Zona Rural, próximo à Pedreira.</t>
   </si>
   <si>
     <t>6376</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Junior Olivato, João Mattar, Raffaello Frascati, Rogérinho do Karatê, Tetinha</t>
   </si>
   <si>
     <t>O vereador Nelson Olivato Junior, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que os munícipes que são beneficiários da Lei Orgânica de Assistência Social (LOAS) sejam contemplados e incluídos no rol do artigo 1º, da Lei Complementar nº. 92, de 04 de junho de 2019, com o direito à isenção ao pagamento do IPTU (Imposto Predial e Territorial Urbano) e à taxa da coleta de lixo.</t>
   </si>
   <si>
     <t>6377</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6377/prot._169_ind_112_praca_conj._vitoria_crivari.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6377/prot._169_ind_112_praca_conj._vitoria_crivari.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas melhorias no Bairro Vitória Crivari, sendo: Construção de uma praça; instalação de um parque infantil e de uma academia da 3ª idade.</t>
   </si>
   <si>
     <t>6378</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6378/prot._170_ind_113_melhorias_pracas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6378/prot._170_ind_113_melhorias_pracas.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Karen Dadona, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati,, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas melhorias nas praças dos seguintes locais: Conjunto Votorantim, Bairro Estação e Vila Rubim.</t>
   </si>
   <si>
     <t>6379</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6379/prot._171_ind_114_sinalizacao_transito.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6379/prot._171_ind_114_sinalizacao_transito.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Karen Dadona, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas as devidas sinalizações de trânsito em todo o município.</t>
   </si>
   <si>
     <t>6380</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6380/prot._172_ind_115_reiteracao_prot._017_calcada_escola_profissionalizante.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6380/prot._172_ind_115_reiteracao_prot._017_calcada_escola_profissionalizante.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, REITERA solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a construção de uma calçada com devido meio fio e boca de lobo nas proximidades do prédio da antiga Escola Profissionalizante.</t>
   </si>
   <si>
     <t>6381</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6381/prot._173_ind_116_sec._municipal_de_esportes_futebol_feminino.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6381/prot._173_ind_116_sec._municipal_de_esportes_futebol_feminino.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Secretário Municipal de Esportes, senhor Mauro César de Carvalho, que tome as providências necessárias para a criação de um time municipal de futebol feminino, sugerindo-se para tanto a abertura das inscrições àqueles que possuem interesse.</t>
   </si>
   <si>
     <t>6382</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6382/prot._176_ind_117_recape_morada_do_sol.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6382/prot._176_ind_117_recape_morada_do_sol.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize o recapeamento asfáltico na Rua Julio Marques Figueiredo cruzamento com a Rua João Mattar, no Bairro Morada do Sol.</t>
   </si>
   <si>
     <t>6383</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6383/prot._178_ind_118_cisnorpi_trabalho_em_rede.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6383/prot._178_ind_118_cisnorpi_trabalho_em_rede.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Presidente do Consórcio Público Intermunicipal de Saúde do Norte Pioneiro (CISNORPI), senhor Marcelo Palhares, para que junto aos departamentos competentes sejam tomadas providências para que haja uma integração e um trabalho em rede entre a Atenção Primária de Saúde e a Atenção Ambulatorial Especializada.</t>
   </si>
   <si>
     <t>6384</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6384/prot._179_ind_119_sec._mun_saude_trabalho_em_rede_planifica_sus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6384/prot._179_ind_119_sec._mun_saude_trabalho_em_rede_planifica_sus.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, que realize os estudos necessários para que os Postos de Saúde do município trabalhem em rede, inclusive aderindo ao Projeto PlanificaSUS Paraná.</t>
   </si>
   <si>
     <t>6385</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6385/prot._180_ind_120_sec._mun_saude_capacitacao_equipes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6385/prot._180_ind_120_sec._mun_saude_capacitacao_equipes.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, que disponibilize cursos de atualização às equipes de médicos e enfermeiros, principalmente acerca do manejo clinico da dengue.</t>
   </si>
   <si>
     <t>6386</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6386/prot._181_ind_121_agentes_de_endemias_notificar_e_multar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6386/prot._181_ind_121_agentes_de_endemias_notificar_e_multar.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam tomadas providências para que os Agentes de Endemias, no exercício de sua função, possam notificar e multar os proprietários de terrenos/residências quando necessário.</t>
   </si>
   <si>
     <t>6387</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6387/prot._187_ind_122_repelente_e_orientacoes_dengue.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6387/prot._187_ind_122_repelente_e_orientacoes_dengue.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam tomadas providências para que o município realize a doação de repelentes aos munícipes que necessitarem, principalmente àqueles que realizam Tratamentos Fora do Domicílio (TFD), além, ainda, de realizar orientações sobre a dengue.</t>
   </si>
   <si>
     <t>6388</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6388/prot._189_ind_123_lixeiras_e_bags.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6388/prot._189_ind_123_lixeiras_e_bags.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a instalação de caçambas e/ou lixeiras em pontos estratégicos do município, principalmente nos locais de entrada/saída de Bairros Rurais, além disso, solicita-se, ainda, a distribuição de bags aos feirantes para descarte dos lixos.</t>
   </si>
   <si>
     <t>6395</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6395/prot._192_ind_124_gm_entrada_e_saida_escolas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6395/prot._192_ind_124_gm_entrada_e_saida_escolas.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores João Mattar Olivato, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que a Guarda Municipal permaneça próximo às instituições de ensino do município, principalmente Escola Municipal Ignez Panichi Hamzé e Centro Municipal de Educação Infantil Claudia Helena Negrão Batista, no Conjunto Ignez Panichi, nos horários de entrada e saída dos alunos.</t>
   </si>
   <si>
     <t>6396</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6396/prot._193_ind_125_19a_regional_de_saude_fumace.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6396/prot._193_ind_125_19a_regional_de_saude_fumace.pdf</t>
   </si>
   <si>
     <t>A presente indicação tem como objetivo a destinação do fumacê ao município de Cambará. Tem-se que o fumacê é uma estratégia encontrada pelo governo para controlar as populações de mosquitos. Esta é uma técnica muito utilizada durante períodos de epidemia para eliminar mosquitos e evitar a transmissão de doenças como a dengue, a Zika ou a Chikungunya. Trata-se de um meio bastante rápido, fácil e eficaz, tornando-se uma das principais armas usadas contra os mosquitos durante epidemias. Logo, antes que haja um aumento considerável no número de casos, é importante o fumacê como medida prevenção na proliferação dos mosquitos.</t>
   </si>
   <si>
     <t>6397</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6397/prot._194_ind_126_dep._estadual_mauro_moraes_onibus_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6397/prot._194_ind_126_dep._estadual_mauro_moraes_onibus_saude.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Deputado Estadual Mauro Moraes que destine um ônibus para atender as demandas da Secretaria Municipal de Saúde de Cambará.</t>
   </si>
   <si>
     <t>6398</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6398/prot._195_ind_127_operacao_noite_fria_abrigo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6398/prot._195_ind_127_operacao_noite_fria_abrigo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja criado um Abrigo Municipal para àqueles que se encontram em situação de rua ou que em dias frios os mesmos sejam direcionados para hotéis do município, e ainda, que seja instituído no município o Projeto “Operação Noite Fria”.</t>
   </si>
   <si>
     <t>6399</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6399/prot._200_ind_128_recape_jardim_das_acacias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6399/prot._200_ind_128_recape_jardim_das_acacias.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores João Mattar Olivato, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja realizado o recapeamento asfáltico do Jardim das Acácias.</t>
   </si>
   <si>
     <t>6400</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6400/prot._201_ind_129_calcamento_rua_julio_marques_figueiredo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6400/prot._201_ind_129_calcamento_rua_julio_marques_figueiredo.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores João Mattar Olivato, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja realizado o calçamento necessário na Rua Julio Marques Figueiredo, nas proximidades da Escola Municipal Maria Aparecida Paulina da Silva Furlan.</t>
   </si>
   <si>
     <t>6406</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6406/prot._204_ind_130_agua_santa_ercilia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6406/prot._204_ind_130_agua_santa_ercilia.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que molhem as proximidades do Bairro Santa Ercília.</t>
   </si>
   <si>
     <t>6407</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6407/prot._209_ind_131_festa_das_nacoes_expocia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6407/prot._209_ind_131_festa_das_nacoes_expocia.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que análise a possibilidade de voltar a ocorrer no município a Expocia/Festa das Nações.</t>
   </si>
   <si>
     <t>6408</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6408/prot._210_ind_132_sec._mun._saude_agendamento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6408/prot._210_ind_132_sec._mun._saude_agendamento.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, que este juntamente aos departamentos competentes da Administração Pública viabilize a contratação ou realocação de mais servidores para atuação no setor de agendamento.</t>
   </si>
   <si>
     <t>6409</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6409/prot._214_ind_133_viver_mais_parana.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6409/prot._214_ind_133_viver_mais_parana.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam tomadas as providências necessárias para adesão do município ao Programa Estadual de Habitação denominado “Viver Mais Paraná”.</t>
   </si>
   <si>
     <t>6410</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6410/prot._216_ind_134_rocagem_conj._gonzaga.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6410/prot._216_ind_134_rocagem_conj._gonzaga.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a roçagem no Conjunto Gonzaga.</t>
   </si>
   <si>
     <t>6411</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6411/prot._217_ind_135_salario_agentes_de_endemias_e_de_saude_enfermagem.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6411/prot._217_ind_135_salario_agentes_de_endemias_e_de_saude_enfermagem.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para pagamento do piso salarial aos agentes de saúde e de combate às endemias, conforme Emenda Constitucional nº. 120, publicada no Diário Oficial da União em 06 de maio de 2022, inclusive proporcionando aos mesmos outras vantagens como incentivos, auxílios, gratificações e indenizações. Além, disso, solicita-se que já deem início aos procedimentos para adequação no município do piso salarial dos Enfermeiros, Técnicos de Enfermagem e Auxiliares de Enfermagem, referente ao Projeto de Lei nº. 2.564/20 já aprovado e aguardando sanção.</t>
   </si>
   <si>
     <t>6412</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6412/prot._218_ind_136_placa_saida_jacarezinho.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6412/prot._218_ind_136_placa_saida_jacarezinho.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam instaladas placas indicando “Saída para Jacarezinho” na Avenida Brasil.</t>
   </si>
   <si>
     <t>6439</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6439/prot._220_ind_137_ponto_biometrico_e_vestiario_cemiterio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6439/prot._220_ind_137_ponto_biometrico_e_vestiario_cemiterio.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja instalado um relógio de ponto biométrico no Cemitério Municipal, bem como, a construção de um vestiário no local.</t>
   </si>
   <si>
     <t>6440</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6440/prot._222_ind_138_programa_qualifica_mulheres.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6440/prot._222_ind_138_programa_qualifica_mulheres.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam tomadas as providências necessárias para inserir no município o Projeto Qualifica Mulher.</t>
   </si>
   <si>
     <t>6441</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6441/prot._223_ind_139_cisnorpi_cisnop_19_regional_de_saude_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6441/prot._223_ind_139_cisnorpi_cisnop_19_regional_de_saude_samu.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao CISNORPI, ao CISNOP e à 19ª Regional de Saúde, que junto aos departamentos competentes e demais órgãos da Administração Pública, tomem as providências necessárias para que a empresa contratada para substituição da OZZ, responsável por gerir o SAMU, priorize a manutenção dos funcionários que já atuam na área.</t>
   </si>
   <si>
     <t>6442</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6442/prot._224_ind_140_sec._mun_agricultura_melhoria_estrada_rural_agua_das_antas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6442/prot._224_ind_140_sec._mun_agricultura_melhoria_estrada_rural_agua_das_antas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário Municipal de Agricultura, senhor Airton Kotaro Anabuki, que sejam tomadas as providências necessárias para melhorias das estradas rurais do município, sugerindo-se que joguem pedras finas e posteriormente passem o rolo compactador no local, principalmente no Bairro Água das Antas.</t>
   </si>
   <si>
     <t>6443</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6443/prot._225_ind_141_asfalto_rua_antonio_michelato.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6443/prot._225_ind_141_asfalto_rua_antonio_michelato.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam realizadas melhorias asfálticas na extensão da Rua Antônio Michelato, no Bairro Morada do Sol, próximo à AABB.</t>
   </si>
   <si>
     <t>6444</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6444/prot._228_ind_142_sinalizacao_rua_joao_mischiatti.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6444/prot._228_ind_142_sinalizacao_rua_joao_mischiatti.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que seja instalado um semáforo na Rua João Mischiatti, próximo ao cruzamento com as ruas Francisco Hideto Kuribayashi e Vitório Scoparo, na esquina do campo de malha.</t>
   </si>
   <si>
     <t>6445</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6445/prot._229_ind_143_lixeira_comunitaria_estacao_de_trem.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6445/prot._229_ind_143_lixeira_comunitaria_estacao_de_trem.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalada uma lixeira comunitária em frente à antiga estação de trem do município.</t>
   </si>
   <si>
     <t>6446</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6446/prot._230_ind_144_parque_conj._sao_jose_i.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6446/prot._230_ind_144_parque_conj._sao_jose_i.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias e realize a instalação de um parque no Conjunto São José I, especificamente ao lado do Posto de Saúde.</t>
   </si>
   <si>
     <t>6447</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6447/prot._231_ind_145_reforma_rodoviaria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6447/prot._231_ind_145_reforma_rodoviaria.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas reformas e melhorias na Rodoviária do município.</t>
   </si>
   <si>
     <t>6479</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6479/prot._237_ind._146_reiteracao_prot._097_caps.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6479/prot._237_ind._146_reiteracao_prot._097_caps.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que tome as medidas necessárias para a implantação e funcionamento de um Centro de Atenção Psicossocial (CAPS), modalidade I, no município.</t>
   </si>
   <si>
     <t>6480</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6480/prot._239_ind_147_dep._federal_felipe_francischini_coletes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6480/prot._239_ind_147_dep._federal_felipe_francischini_coletes.pdf</t>
   </si>
   <si>
     <t>O vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, por meio deste, solicitam ao Deputado Federal Felipe Francischini que destine ao município de Cambará 30 (trinta) coletes balísticos para atender à Guarda Municipal.</t>
   </si>
   <si>
     <t>6481</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6481/prot._241_ind_148_reparos_bueiro_equipe.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6481/prot._241_ind_148_reparos_bueiro_equipe.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos necessários no bueiro localizado na Rua Gabriel Ferrari, próximo a residência nº. 77, no Conjunto Ignez Panichi, sugerindo-se, ainda, a disponibilidade de um telefone ou equipe para análise das demandas de reparos de bueiros existentes.</t>
   </si>
   <si>
     <t>6482</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6482/prot._243_ind_149_poda_arvores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6482/prot._243_ind_149_poda_arvores.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam realizadas as podas das árvores localizadas na Rua Olímpio Crivari, no Conjunto Gonzaga, bem como no Parque Mohamed Ali Hamzé.</t>
   </si>
   <si>
     <t>6557</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6557/prot._245_ind_150_muro_barracao_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6557/prot._245_ind_150_muro_barracao_municipal.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias quanto à colocação de grades ou muro em torno do Barracão Municipal</t>
   </si>
   <si>
     <t>6558</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6558/prot._247_ind_151_copel_isencao_cosip_zona_rural.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6558/prot._247_ind_151_copel_isencao_cosip_zona_rural.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao departamento competente da Companhia Paranaense de Energia (COPEL) que sejam tomadas as providências necessárias, com urgência, para que suspendam a cobrança da Contribuição para o Custeio de Iluminação Pública (COSIP) dos proprietários de unidades imobiliárias autônomas localizadas na zona rural classificada como rurais pela concessionária do Serviço Público de Energia Elétrica, os quais possuem isenção conforme disposto no artigo 10, IV, da Lei Complementar nº. 69/2016 (em anexo).</t>
   </si>
   <si>
     <t>6559</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja lavada a Rua Alexandre Joaquim Caetano, no Bairro Vila Rubim.</t>
   </si>
   <si>
     <t>6560</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, João Mattar, Junior Olivato, Raffaello Frascati</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6560/prot._251_ind_153_contratacao_setor_de_documentacoes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6560/prot._251_ind_153_contratacao_setor_de_documentacoes.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que análise a possibilidade de ser contratado ou remanejado mais um servidor para atuar na área administrativa realizando a emissão de RG e Carteiras de Reservista</t>
   </si>
   <si>
     <t>6561</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6561/prot._252_ind_154_melhorias_arena_conj._gonzaga.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6561/prot._252_ind_154_melhorias_arena_conj._gonzaga.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize as manutenções necessárias na arena móvel instalada no Conjunto Gonzaga, tais como: reparos na iluminação e melhorias na grama sintética.</t>
   </si>
   <si>
     <t>6562</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6562/prot._253_ind._155_estrada_erosao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6562/prot._253_ind._155_estrada_erosao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tomem as providências necessárias com relação as melhorias na estrada rural que dá acesso ao Aurora Eventos.</t>
   </si>
   <si>
     <t>6563</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6563/prot._256_ind._156_reiteracao__prot._022_asfalto_travessa_22.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6563/prot._256_ind._156_reiteracao__prot._022_asfalto_travessa_22.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que seja realizada a pavimentação asfáltica da Travessa 22, no Bairro Vila Rubim, próximo à Rua João Manoel dos Santos.</t>
   </si>
   <si>
     <t>6564</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6564/prot._264_ind_157_ar_condicionado_e_internet_casa_de_velorios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6564/prot._264_ind_157_ar_condicionado_e_internet_casa_de_velorios.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, a solicitação para que este determine ao setor competente da Administração Pública que realize a instalação de aparelhos de ventilação, tais como: ventilador, climatizador e/ou ar condicionado, na Casa de Velórios Municipal, incluindo também uma rede de internet gratuita no local.</t>
   </si>
   <si>
     <t>6565</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6565/prot._265_ind_158_melhoria_asfaltica_estrada_agua_dos_coqueiros.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6565/prot._265_ind_158_melhoria_asfaltica_estrada_agua_dos_coqueiros.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que determine ao setor competente da Administração Pública que realize melhorias asfálticas na estrada do Bairro Água dos Coqueiros, sentido antiga empresa Casquel.</t>
   </si>
   <si>
     <t>6566</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6566/prot._266_ind_159_reiteracao_sec._mun_agricultura_melhoria_estrada_rural_agua_das_antas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6566/prot._266_ind_159_reiteracao_sec._mun_agricultura_melhoria_estrada_rural_agua_das_antas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERA ao Secretário Municipal de Agricultura, senhor Airton Kotaro Anabuki, o protocolo 224/2022, para que sejam tomadas as providências necessárias para melhorias na Estrada Rural do Bairro Água das Antas, sugerindo-se que joguem pedras finas e posteriormente passem o rolo compactador no local e, principalmente, que seja contida/reparada a erosão do solo daquela localidade o mais breve possível.</t>
   </si>
   <si>
     <t>6567</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6567/prot._267_ind_160_entulhos_rua_domingos_villas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6567/prot._267_ind_160_entulhos_rua_domingos_villas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tomem as providências necessárias com relação aos lixos e entulhos jogados às margens da Rua Domingos Villas, próximo à travessa com a Rua Henriques dias.</t>
   </si>
   <si>
     <t>6568</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6568/prot._268_ind_161_recape_e_sinalizacao_rua_maria_aparecida_fantinellii.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6568/prot._268_ind_161_recape_e_sinalizacao_rua_maria_aparecida_fantinellii.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que seja realizado o recape asfáltico, bem como a instalação das devidas sinalizações de trânsito na Rua Maria Aparecida Fantinelli, Bairro Alambari II, nas proximidades da Ponte do Padre.</t>
   </si>
   <si>
     <t>6569</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6569/prot._269_ind_162_classificacao_de_risco_ps.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6569/prot._269_ind_162_classificacao_de_risco_ps.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalado o sistema de classificação de risco no Pronto Socorro Municipal denominado de Protocolo de Manchester durante a triagem dos pacientes por meio de identificação dos pacientes de acordo com a gravidade clínica, potencial de risco, agravos à saúde ou grau de sofrimento identificando os atendimentos que devem ser priorizados.</t>
   </si>
   <si>
     <t>6570</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6570/prot._271_ind_163_rotam_rondas_ostensivas_quinto_dia_ultil.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6570/prot._271_ind_163_rotam_rondas_ostensivas_quinto_dia_ultil.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Comandante do 2º Batalhão da Polícia Militar, Major Emerson Castelo Branco Oliveira, que envie a ROTAM para o município de Cambará com maior frequência no período compreendido entre o 5º (quinto) e 10º (décimo) dia útil de cada mês para realizar rondas ostensivas devido às datas de recebimento de salários e benefícios previdenciários.</t>
   </si>
   <si>
     <t>6571</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6571/prot._272_ind_164_orientacao_nas_escolas_pipas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6571/prot._272_ind_164_orientacao_nas_escolas_pipas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada uma campanha de conscientização às crianças e adolescentes sobre os perigos do uso do cerol e outros materiais cortantes nas linhas usadas para empinar pipas e papagaios por meio de anúncios e banner no site oficial da prefeitura, bem como nas escolas, postos de saúde e pelos meios de comunicação como rádio, redes sociais e carro de som.</t>
   </si>
   <si>
     <t>6572</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6572/prot._273_ind_165_gm_rondas_pipas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6572/prot._273_ind_165_gm_rondas_pipas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas rondas mais ostensivas pela Guarda Municipal nos bairros residenciais para inibição e fiscalização da prática do uso do cerol e outros materiais cortantes nas linhas usadas para empinar pipas e papagaios, durante o período de férias escolares.</t>
   </si>
   <si>
     <t>6573</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6573/prot._274_ind_166_parque_infantil_sementes_sorria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6573/prot._274_ind_166_parque_infantil_sementes_sorria.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja adquirido e instalado um Parque Infantil ou uma Academia para terceira idade na Praça do Bairro Estação, próximo à empresa Sementes Sorria.</t>
   </si>
   <si>
     <t>6574</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6574/prot._275_ind_167_bebedouro_sao_jose_ii.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6574/prot._275_ind_167_bebedouro_sao_jose_ii.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja reformado e instalado um portão de proteção nos bebedouros públicos localizados na Rua Santa Luzia, no Bairro São José II e na Rua Geraldo Gonçalvez dos Santos, no Bairro São Francisco.</t>
   </si>
   <si>
     <t>6575</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6575/prot._276_ind_168_recape_rua_oswaldo_cruz.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6575/prot._276_ind_168_recape_rua_oswaldo_cruz.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que seja realizado o recapeamento asfáltico da Rua Oswaldo Cruz, Bairro Vila Rubim.</t>
   </si>
   <si>
     <t>6576</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6576/prot._277_ind_169_nomes_bairros.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6576/prot._277_ind_169_nomes_bairros.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam instaladas, no município, placas indicativas dos Bairros, incluindo a instalação de um Portal com a devida nomenclatura na entrada de cada um.</t>
   </si>
   <si>
     <t>6577</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6577/prot._278_ind_170_incentivo_associacoes_de_bairros.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6577/prot._278_ind_170_incentivo_associacoes_de_bairros.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que promova o incentivo e apoio a criação de Associações de Bairros do município.</t>
   </si>
   <si>
     <t>6578</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6578/prot._279_ind_171_caminhao_pipa_avenida_brasil.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6578/prot._279_ind_171_caminhao_pipa_avenida_brasil.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que o caminhão pipa lave a Avenida Brasil, próximo ao trevo dos Três Poderes, local onde está sendo realizada a reforma do aludido trevo.</t>
   </si>
   <si>
     <t>6579</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6579/prot._280_ind_172_camara_reestruturacao_administrativa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6579/prot._280_ind_172_camara_reestruturacao_administrativa.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores João Mattar Olivato, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicita ao Presidente da Câmara Municipal, senhor Marcio José Albertini, que este determine ao setor competente da Administração Pública que seja realizada uma reestruturação administrativa no quadro de servidores da Câmara Municipal, a fim de ser criado um cargo de Técnico Legislativo e mais uma vaga para serviços gerais.</t>
   </si>
   <si>
     <t>6580</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6580/prot._281_ind_173_salario_diretores_e_pedagogos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6580/prot._281_ind_173_salario_diretores_e_pedagogos.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores João Mattar Olivato, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam tomadas as providências devidas, para que, após análise, seja concedido aumento salarial aos Diretores e Pedagogos das escola do município.</t>
   </si>
   <si>
     <t>6581</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6581/prot._283_ind_174_rampa_de_acesso_campo_ignezl.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6581/prot._283_ind_174_rampa_de_acesso_campo_ignezl.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalada uma rampa de acesso e melhorias no caminho que atravessa o campo do Bairro Ignêz Panichi Hamzé.</t>
   </si>
   <si>
     <t>6582</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6582/prot._284_ind_175_melhorias_creche_ignezl.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6582/prot._284_ind_175_melhorias_creche_ignezl.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada a construção de calçadas nas proximidades da Escola Municipal Ignez Panichi Hamzé e do Centro Municipal de Educação Infantil Cláudia Helena Negrão Batista, no Conjunto Ignez Panichi Hamzé, bem como sinalizações horizontais e verticais neste mesmo local.</t>
   </si>
   <si>
     <t>6583</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6583/prot._285_ind_176_melhoria_asfaltica_estrada_agua_do_boi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6583/prot._285_ind_176_melhoria_asfaltica_estrada_agua_do_boi.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que determine ao setor competente da Administração Pública que realize melhorias asfálticas na estrada do Bairro Água do Boi.</t>
   </si>
   <si>
     <t>6584</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6584/prot._286_ind_177_comunicado_reuniao_fundeb.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6584/prot._286_ind_177_comunicado_reuniao_fundeb.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que informe ao Poder Legislativo, mediante Ofício, todos os atos administrativos referentes a audiências públicas, reuniões de conselhos e outros eventos oficiais similares relacionados ao FUNDEB, com antecedência mínima de 07 (sete) dias.</t>
   </si>
   <si>
     <t>6585</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM a solicitação de nº 078, enviada ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao departamento competente da Administração Pública que sejam tomadas as providências devidas, para que, após análise, seja realizado concedido aumento salarial aos Conselheiros Tutelares do município.</t>
   </si>
   <si>
     <t>6586</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6586/prot._289_ind_179_empilhadeira_e_caminhao_reciclam.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6586/prot._289_ind_179_empilhadeira_e_caminhao_reciclam.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que disponibilizem uma empilhadeira e um caminhão coletor de lixo para a RECICLAM.</t>
   </si>
   <si>
     <t>6587</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6587/prot._291_ind_180_contratacao_funpar_consultor.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6587/prot._291_ind_180_contratacao_funpar_consultor.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que seja realizada a contratação de um consultor da FUNPAR - Fundação da Universidade Federal do Paraná, para a realização de um estudo sobre a modernização e gestão energética no município.</t>
   </si>
   <si>
     <t>6588</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6588/prot._293_ind_181_aposentadoria_especial_agentes_de_endemias_e_de_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6588/prot._293_ind_181_aposentadoria_especial_agentes_de_endemias_e_de_saude.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para o pagamento de adicional de insalubridade e garantia de aposentadoria especial aos agentes de saúde e de combate às endemias</t>
   </si>
   <si>
     <t>6589</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6589/prot._294_ind_182_calcada_ligando_bairros_sao_jose_ao_ignez.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6589/prot._294_ind_182_calcada_ligando_bairros_sao_jose_ao_ignez.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada a construção de uma calçada (passeio público) na Rua minas Gerais, situada no Bairro São José I, que liga à Rua João Michisatti, no Bairro Ignêz Panichi Hamzé.</t>
   </si>
   <si>
     <t>6590</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6590/prot._296_ind_183_caminhao_pipa_estiagem.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6590/prot._296_ind_183_caminhao_pipa_estiagem.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que o caminhão pipa molhe as ruas e calçadas das em frente as escolas, asilo, hospitais e creches com maior frequência durante o período de estiagem.</t>
   </si>
   <si>
     <t>6591</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6591/prot._297_ind_184_campanha_contra_queimadas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6591/prot._297_ind_184_campanha_contra_queimadas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada uma campanha de conscientização por meio de anúncios e banner no site oficial da prefeitura, bem como nos postos de saúde e pelos meios de comunicação como rádio, redes sociais e carro de som sobre a proibição de queimas de lixo e de terrenos baldios, segundo o Código de Posturas do Município.</t>
   </si>
   <si>
     <t>6631</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6631/prot._299_ind_185_melhorias_limpeza_travessa_antonio_castanho.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6631/prot._299_ind_185_melhorias_limpeza_travessa_antonio_castanho.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam tomadas as providências devidas, principalmente com relação à limpeza e manutenção da grama e do rio que corta a Travessa Antônio Castanho, além da instalação de uma caçamba de lixo naquela localidade.</t>
   </si>
   <si>
     <t>6632</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6632/prot._300_ind_186__reitera_pl_primeiro_emprego.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6632/prot._300_ind_186__reitera_pl_primeiro_emprego.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que elabore um Projeto de Lei referente ao Programa Primeiro Emprego, conforme modelo anexo</t>
   </si>
   <si>
     <t>6633</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6633/prot._301_ind_187_reitera_classificacao_de_risco_ps.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6633/prot._301_ind_187_reitera_classificacao_de_risco_ps.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalado o sistema de classificação de risco no Pronto Socorro Municipal denominado de Protocolo de Manchester durante a triagem dos pacientes por meio de identificação dos pacientes de acordo com a gravidade clínica, potencial de risco, agravos à saúde ou grau de sofrimento identificando os atendimentos que devem ser priorizados.</t>
   </si>
   <si>
     <t>6634</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6634/prot._302_ind_188_melhorias_recepcao_hospital_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6634/prot._302_ind_188_melhorias_recepcao_hospital_municipal.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que aumente o números de cadeiras na recepção do Hospital Municipal, para melhor atender os pacientes que aguardam atendimento.</t>
   </si>
   <si>
     <t>6635</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6635/prot._305_ind_189_19_regional_de_saude_vigilancia_analise_da_agua.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6635/prot._305_ind_189_19_regional_de_saude_vigilancia_analise_da_agua.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam à 19ª Regional de Saúde que encaminhe ao município de Cambará uma equipe da Vigilância Sanitária para realizar análise das águas dos poços artesianos do município.</t>
   </si>
   <si>
     <t>6636</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6636/prot._307_ind_190_transporte_solidario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6636/prot._307_ind_190_transporte_solidario.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize um estudo sobre a viabilidade de ser criado o “Transporte Solidário”, no município de Cambará.</t>
   </si>
   <si>
     <t>6637</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6637/prot._308_ind_191_notificacao_reforma_predio_oi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6637/prot._308_ind_191_notificacao_reforma_predio_oi.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que notifique o proprietário do prédio onde é localizada a Oi telefonia, situado a Avenida Brasil, nº 1261 – Centro, para que este tome as devidas providências para manutenção e reforma do mesmo, eis que se encontra em situação de completo abandono.</t>
   </si>
   <si>
     <t>6638</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, Raffaello Frascati</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6638/prot._309_ind_192_alteracao_nomenclatura_merendeiras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6638/prot._309_ind_192_alteracao_nomenclatura_merendeiras.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelo vereador Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que analise a possibilidade de ser alterado a nomenclatura do cargo de merendeiras para cozinheiras, das escolas do município.</t>
   </si>
   <si>
     <t>6639</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6639/prot._312_ind_193_mauro_moraes_contingente_policial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6639/prot._312_ind_193_mauro_moraes_contingente_policial.pdf</t>
   </si>
   <si>
     <t>O vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, por meio deste solicitam ao Deputado Estadual Mauro Moraes, que faça a intermediação para destinação de uma viatura de polícia, devidamente equipada, bem como que aumente o contingente policial no 2º Batalhão da Policia Militar, responsável pela patrulha do município de Cambará</t>
   </si>
   <si>
     <t>6640</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6640/prot._313_ind_194_gov._do_estado_contingente_policial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6640/prot._313_ind_194_gov._do_estado_contingente_policial.pdf</t>
   </si>
   <si>
     <t>O vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, por meio deste solicitam ao Governador do Estado do Paraná, senhor Carlos Massa Ratinho Junior, que este determine aos órgãos competentes da Administração Pública Estadual que enviem uma viatura de polícia, devidamente equipada, bem como que aumente o contingente policial no 2º Batalhão da Policia Militar, responsável pela patrulha do município de Cambará.</t>
   </si>
   <si>
     <t>6641</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6641/prot._314_ind_195_veiculos_depen.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6641/prot._314_ind_195_veiculos_depen.pdf</t>
   </si>
   <si>
     <t>O vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as medidas cabíveis junto ao DEPEN de cambará para que sejam retirados os veículos apreendidos que estão alocados na garagem do local.</t>
   </si>
   <si>
     <t>6642</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6642/prot._316_ind_196_reitera_parque_rua_dos_expedicionarios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6642/prot._316_ind_196_reitera_parque_rua_dos_expedicionarios.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalado um parque infantil e uma academia da 3ª idade na Rua dos Expedicionários, próximo à residência nº. 429, no Bairro Estação.</t>
   </si>
   <si>
     <t>6643</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Geraldinho PHN, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6643/prot._317_ind_197_melhoria_parquinho_bairro_estacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6643/prot._317_ind_197_melhoria_parquinho_bairro_estacao.pdf</t>
   </si>
   <si>
     <t>O Vereador Geraldo de Paula Dias Carvalho, acompanhado pelo Vereador Marcos Roberto de Oliveira, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas melhorias e correções no parque infantil localizado ao final Avenida Brasil, no bairro Estação, destacando a necessidade de manutenção dos brinquedos e dos equipamentos de ginástica da academia da 3ª idade, bem como a construção de um campo de futebol naquela localidade.</t>
   </si>
   <si>
     <t>6644</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6644/prot._318_ind_198_vigilancia_sanitaria_fiscalizacao_imovel.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6644/prot._318_ind_198_vigilancia_sanitaria_fiscalizacao_imovel.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, acompanhado pelos Vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam à Vigilância Sanitária, que tome providências com relação às denúncias que são apresentadas acerca dos animais que estão alocados no imóvel da antiga Sementes Conselvan, sobretudo pela infestação de carrapatos, água parada e falta de manutenção da área, como limpeza e poda da grama.</t>
   </si>
   <si>
     <t>6645</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Márcio Albertini, Karen Dadona, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6645/prot._319_ind_199_caminhao_pipa_morada_do_soll.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6645/prot._319_ind_199_caminhao_pipa_morada_do_soll.pdf</t>
   </si>
   <si>
     <t>A mesa Diretiva, composta pelo Vereador Marcio José Albertini, Walmir Joaquim e Karen Dadona solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que o caminhão pipa lave as Ruas do Bairro Morada do Sol, sobretudo a Rua Nelson Bonacin, em razão da elevada poeira naquela localidade, ocasionada pelo aterro de alguns terrenos.</t>
   </si>
   <si>
     <t>6646</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6646/prot._320_ind_200_parceria_clinicas_veterinarias_e_canil_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6646/prot._320_ind_200_parceria_clinicas_veterinarias_e_canil_municipal.pdf</t>
   </si>
   <si>
     <t>A mesa Diretiva, composta pelo Vereador Marcio José Albertini, Walmir Joaquim e Karen Dadona solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada uma parceria Público Privada ou convênio com as clinicas veterinárias do Município, bem como com Associações e/ou Organizações Não Governamentais (ONG`s) que exerçam a atividade de proteção animal para fazerem o acolhimento de animais em situação de abandono e maus tratos.</t>
   </si>
   <si>
     <t>6647</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6647/prot._321_ind_201_levantamento_quantidade_animais_baixa_renda.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6647/prot._321_ind_201_levantamento_quantidade_animais_baixa_renda.pdf</t>
   </si>
   <si>
     <t>A mesa Diretiva, composta pelo Vereador Marcio José Albertini, Walmir Joaquim e Karen Dadona solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizado um levantamento (censo) da quantidade de animais passíveis de procedimentos de contracepção de cães e gatos em ações pontuais (mutirões) e/ou programa de esterilização cirúrgica com a finalidade de controlar a população de cães e gatos.</t>
   </si>
   <si>
     <t>6648</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>João Mattar, Geraldinho PHN, Junior Olivato, Karen Dadona, Márcio Albertini, Raffaello Frascati, Rogérinho do Karatê, Tetinha, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6648/prot._322_ind_202_aumento_diarias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6648/prot._322_ind_202_aumento_diarias.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos demais Edis, que abaixo subscrevem, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao departamento competente da Administração Pública que sejam tomadas as providências devidas, para que, após análise, seja concedido um aumento nas diárias de todos os servidores públicos municipais.</t>
   </si>
   <si>
     <t>6649</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6649/prot._323_ind_203_vigilancia_sanitaria_analise_da_agua.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6649/prot._323_ind_203_vigilancia_sanitaria_analise_da_agua.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretiva, formada pelos Vereadores Marcio José Albertini, Walmir Joaquim e Karen Dadona, por meio deste, solicitam à Vigilância Sanitária que realizem a análise das águas dos poços artesianos do município e dos demais pontos de coleta.</t>
   </si>
   <si>
     <t>6650</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6650/prot._324_ind_204_sanepar_analise_da_agua.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6650/prot._324_ind_204_sanepar_analise_da_agua.pdf</t>
   </si>
   <si>
     <t>6651</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Walmir da Fisioterapia, Karen Dadona, Márcio Albertini</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6651/prot._325_ind_205_piso_enfermagem.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6651/prot._325_ind_205_piso_enfermagem.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para pagamento do piso salarial dos Enfermeiros, Técnicos de Enfermagem e Auxiliares de Enfermagem, conforme Lei nº 14.434/2022, sancionada pelo Presidente da República no último dia 05 de agosto.</t>
   </si>
   <si>
     <t>6652</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6652/prot._326_ind_206_van_adaptada_deficientes_e_idosos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6652/prot._326_ind_206_van_adaptada_deficientes_e_idosos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que providenciem a aquisição de uma van adaptada com elevador para transporte de pacientes deficientes físicos, idosos e demais pessoas com dificuldades de locomoção.</t>
   </si>
   <si>
     <t>6653</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6653/prot._328_ind_207_setembro_amarelo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6653/prot._328_ind_207_setembro_amarelo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que iniciem a campanha de conscientização do setembro amarelo, nos moldes previstos na Lei Municipal nº. 1.968 de 17 de setembro de 2021.</t>
   </si>
   <si>
     <t>6654</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6654/prot._329_ind_208_reitera_fundo_municipal_animal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6654/prot._329_ind_208_reitera_fundo_municipal_animal.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que este determine ao setor competente da Administração Pública que sejam criados Fundos Municipais de Segurança e de Bem-Estar Animal.</t>
   </si>
   <si>
     <t>6685</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>João Mattar</t>
   </si>
   <si>
     <t>Disponibilizar espaço adequado para comitiva Piãozinho.</t>
   </si>
   <si>
     <t>6686</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6686/prot._334_ind_210_reinvindicacoes_apae.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6686/prot._334_ind_210_reinvindicacoes_apae.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja criado um fundo municipal para viabilizar as políticas públicas do Conselho Municipal para Pessoas Com Deficiência, em trâmite nesta Casa de Leis, bem como que seja, ainda, incluído na lista de remédios de distribuição gratuita aqueles específicos para pessoas com deficiência.</t>
   </si>
   <si>
     <t>6687</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6687/prot._335_ind_211_reinvindicacoes_apae.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6687/prot._335_ind_211_reinvindicacoes_apae.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinados, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja criado um Centro de Referência para atendimento a Autistas e para pessoas com deficiência intelectual, bem como a inclusão dos alunos da APAE nos serviços de transporte público e na distribuição de merendas, uniformes e material.</t>
   </si>
   <si>
     <t>6688</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6688/prot._336_ind_212_reinvindicacoes_apae.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6688/prot._336_ind_212_reinvindicacoes_apae.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinados, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realizado um censo municipal para levantamento da quantidade de pessoas com deficiência e quantas delas estão em situação de vulnerabilidade, bem como o aumento do convênio SUS para os atendimentos auxiliares.</t>
   </si>
   <si>
     <t>6689</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6689/prot._337_ind_213_parque_jardim_das_acacias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6689/prot._337_ind_213_parque_jardim_das_acacias.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para a construção de uma praça, a fim de viabilizar a instalação de um parque infantil e academia da terceira idade no Bairro Jardim das Acácias, no município de Cambará.</t>
   </si>
   <si>
     <t>6690</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6690/prot._338_ind_214_medicacao_de_uso_continuo_nos_postos_de_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6690/prot._338_ind_214_medicacao_de_uso_continuo_nos_postos_de_saude.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que disponibilizem medicamentos de uso contínuo nos postos de saúde, sobretudo para os idosos, deficientes físico e demais pessoas com dificuldades de locomoção.</t>
   </si>
   <si>
     <t>6691</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, Geraldinho PHN, João Mattar, Junior Olivato, Raffaello Frascati, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6691/prot._339_ind_215_coleta_de_lixo_periodo_noturno.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6691/prot._339_ind_215_coleta_de_lixo_periodo_noturno.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelo vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que analise a possibilidade de a coleta de lixo domiciliar ocorrer em período noturno.</t>
   </si>
   <si>
     <t>6692</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6692/prot._340_ind_216_buraco_rua_joao_mischiati.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6692/prot._340_ind_216_buraco_rua_joao_mischiati.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizado o reparo/aterramento ou, ainda instalado grade de proteção no buraco localizado na Rua João Mischiatti, sentido Mercado Rodrigues.</t>
   </si>
   <si>
     <t>6693</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>Karen Dadona, Márcio Albertini, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6693/prot._342_ind_217_reitera_recape_rua_oswaldo_cruz.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6693/prot._342_ind_217_reitera_recape_rua_oswaldo_cruz.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Marcio José Albertini e Walmir Joaquim, por meio deste REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que seja realizado o recapeamento asfáltico da Rua Oswaldo Cruz, Bairro Vila Rubim.</t>
   </si>
   <si>
     <t>6694</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6694/prot._343_ind_218_limpeza_rio_alambari.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6694/prot._343_ind_218_limpeza_rio_alambari.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Marcio José Albertini e Walmir Joaquim, por meio deste REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que sejam tomadas providências com urgência com relação a limpeza do leito e das margens do Rio Alambari, principalmente na parte que faz fundos com Parque Mohamed Ali Hamzé.</t>
   </si>
   <si>
     <t>6695</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6695/prot._344_ind_219_pavimentacao_rua_do_bico.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6695/prot._344_ind_219_pavimentacao_rua_do_bico.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Marcio José Albertini e Walmir Joaquim, por meio deste solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que seja realizada a pavimentação asfáltica e a limpeza dos entulhos da Rua do Bico, localizada no Bairro Estação.</t>
   </si>
   <si>
     <t>6696</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>Raffaello Frascati</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6696/prot._345_ind_220_deputado_estadual_michele_caputo_aumento_efetivo_policial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6696/prot._345_ind_220_deputado_estadual_michele_caputo_aumento_efetivo_policial.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, por meio deste, solicita aos Deputados Estaduais Michele Caputo e Tião Medeiros, que providenciem junto ao departamento competente um maior número de efetivo policial para o município de Cambará.</t>
   </si>
   <si>
     <t>6697</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6697/prot._346_ind_221_campanha_de_vacinacao_divulgacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6697/prot._346_ind_221_campanha_de_vacinacao_divulgacao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada uma ampla campanha de conscientização sobre a importância da vacinação das crianças e adolescentes por meio de anúncios e banner no site oficial da prefeitura, bem como nas escolas, postos de saúde e pelos meios de comunicação como rádio, redes sociais e carro de som.</t>
   </si>
   <si>
     <t>6698</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6698/prot._349_ind_222_sec._mun_saude_trabalho_em_rede_planifica_sus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6698/prot._349_ind_222_sec._mun_saude_trabalho_em_rede_planifica_sus.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, REITERA a indicação protocolada sob o nº 179/2022, que solicita a realização dos estudos necessários para que os Postos de Saúde do município trabalhem em rede, inclusive aderindo ao Projeto PlanificaSUS Paraná.</t>
   </si>
   <si>
     <t>6699</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6699/prot._350_ind_223_informatizacao_guias_e_pedidos_medicos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6699/prot._350_ind_223_informatizacao_guias_e_pedidos_medicos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, que este tome as medidas necessárias para que seja implantado o programa InformatizaAPS, nos Postos de Saúde do Município.</t>
   </si>
   <si>
     <t>6700</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6700/prot._351_ind_224_ordem_desfiles.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6700/prot._351_ind_224_ordem_desfiles.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, por meio deste, solicitam à Secretária Municipal de Educação e Cultura, senhora Francieli Axman Tavares Duarte que a escola de educação especial APAE seja a primeira escola a iniciar os desfiles cívicos dos dias 07 e 21 de setembro.</t>
   </si>
   <si>
     <t>6737</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6737/prot._352_ind_225_sistema_de_drenagem_genaro_resende.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6737/prot._352_ind_225_sistema_de_drenagem_genaro_resende.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que sejam tomadas as devidas providências para que haja a devida drenagem urbana e escoamento das águas pluviais na Rua Dr. Genaro Resende, próximo a residência nº 2.112, no Bairro Estação.</t>
   </si>
   <si>
     <t>6738</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>João Mattar, Geraldinho PHN, Junior Olivato, Raffaello Frascati, Rogérinho do Karatê, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6738/prot._353_ind_226_pagamento_piso_enfermagem.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6738/prot._353_ind_226_pagamento_piso_enfermagem.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que tome as providências necessárias para pagamento do piso salarial dos Enfermeiros, Técnicos de Enfermagem e Auxiliares de Enfermagem, conforme Lei nº 14.434/2022, sancionada pelo Presidente da República no último dia 05 de agosto, independentemente da suspensão da mesma</t>
   </si>
   <si>
     <t>6739</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6739/prot._354_ind_227_extensao_de_rede_prefeito_airton_costa_pinto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6739/prot._354_ind_227_extensao_de_rede_prefeito_airton_costa_pinto.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalada extensão de rede de energia elétrica na Rua Prefeito Airton Costa Pinto, no trecho que vai sentido Lanchonete (Chácara) do Pedrão Lanches.</t>
   </si>
   <si>
     <t>6740</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6740/prot._355_ind_228_parque_infantil_todos_os_bairros.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6740/prot._355_ind_228_parque_infantil_todos_os_bairros.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja adquirido e instalado Parques Infantis e Academias para terceira idade nas praças dos bairros que ainda não foram contemplados, o mais breve possível.</t>
   </si>
   <si>
     <t>6748</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6748/prot._358_ind_229_cameras_de_seguranca_cemiterio_e_entradas_do_municipio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6748/prot._358_ind_229_cameras_de_seguranca_cemiterio_e_entradas_do_municipio.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam instaladas câmeras de segurança nas entradas e saídas do município, bem como no Cemitério Municipal.</t>
   </si>
   <si>
     <t>6749</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6749/prot._362_ind_230_publicidade_lei_13.767.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6749/prot._362_ind_230_publicidade_lei_13.767.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja dada ampla publicidade, por meio das mídias sociais e veículos de comunicação, à Lei Federal nº. 13.767, de 18 de dezembro de 2018, a qual acrescentou o inciso XII, ao artigo 473, da Consolidação das Leis do Trabalho, onde consta: “Art. 473 - O empregado poderá deixar de comparecer ao serviço sem prejuízo do salário: (...) XII - até 3 (três) dias, em cada 12 (doze) meses de trabalho, em caso de realização de exames preventivos de câncer devidamente comprovada.”</t>
   </si>
   <si>
     <t>6750</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6750/prot._363_ind_231_placa_delegacia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6750/prot._363_ind_231_placa_delegacia.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que a placa de “proibido estacionar” da Delegacia de Polícia de Cambará seja realocada na frente do prédio, local onde, de fato, há proibição.</t>
   </si>
   <si>
     <t>6751</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6751/prot._364_ind_232_lixeiras_zona_rural.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6751/prot._364_ind_232_lixeiras_zona_rural.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalado lixeiras de coleta seletiva e convencional nos bairros rurais do município.</t>
   </si>
   <si>
     <t>6752</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6752/prot._365_ind_233_exame_de_vista_escolas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6752/prot._365_ind_233_exame_de_vista_escolas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizado avaliações oftalmológicas dos alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>6753</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6753/prot._366_ind_234_melhorias_calcadas_creche_ingez.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6753/prot._366_ind_234_melhorias_calcadas_creche_ingez.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada a construção de calçadas, bem como aumentar as já existentes no entorno da Escola Municipal Ignez Panichi Hamzé e do Centro Municipal de Educação Infantil Cláudia Helena Negrão Batista, no Conjunto Ignez Panichi Hamzé, conforme fotos que seguem anexo.</t>
   </si>
   <si>
     <t>6754</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6754/prot._367_ind_235_reativacao_conselho_municipal_de_seguranca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6754/prot._367_ind_235_reativacao_conselho_municipal_de_seguranca.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública seja reativado o Conselho Municipal de Segurança Pública, bem como, seja indicado novos conselheiros.</t>
   </si>
   <si>
     <t>6755</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6755/prot._368_ind_236_guarda_municipal_da_rodoviaria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6755/prot._368_ind_236_guarda_municipal_da_rodoviaria.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja destinado um efetivo da Guarda Municipal no terminal rodoviário no período de seu funcionamento.</t>
   </si>
   <si>
     <t>6756</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6756/prot._369_ind_237_intensificacao_diagnostico_autismo_questionario_mchat.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6756/prot._369_ind_237_intensificacao_diagnostico_autismo_questionario_mchat.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja intensificado a utilização do questionário M-Chat nas unidades de saúde do município para o diagnóstico precoce do autismo.</t>
   </si>
   <si>
     <t>6757</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6757/prot._370_ind_238_quebra_molas_irma_paulina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6757/prot._370_ind_238_quebra_molas_irma_paulina.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja construído dois quebra-molas nas Ruas Paulo Antunes de Oliveira e Ciro Bergamaschi, no conjunto Irmã Paulina, conforme abaixo assinado enviado ao Executivo Municipal em 2021.</t>
   </si>
   <si>
     <t>6758</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6758/prot._371_ind_239_grade_escolar_ed_financeira_politica_e_ambiental.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6758/prot._371_ind_239_grade_escolar_ed_financeira_politica_e_ambiental.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam a Secretária Municipal de Educação, senhora Franciele Axman Tavares Duarte, que esta tome as devidas providências para que sejam incluídos/implantados na grade curricular das escolas de ensino fundamental do município, as disciplinas de Educação financeira, ambiental e política.</t>
   </si>
   <si>
     <t>6759</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6759/prot._372_ind_240_boca_de_lobo_travessa_22.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6759/prot._372_ind_240_boca_de_lobo_travessa_22.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalado uma “boca de lobo” na esquina onde há o encontro entre a travessa 22 com a Rua Manoel Henrique.</t>
   </si>
   <si>
     <t>6760</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6760/prot._374_ind_241_reitera_bebedouro_campo_de_bocha.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6760/prot._374_ind_241_reitera_bebedouro_campo_de_bocha.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Marcio José Albertini e Walmir Joaquim, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que instale um bebedouro próximo ao Campo de Bocha, localizado nas proximidades do Parque do Conjunto Ignez Panichi.</t>
   </si>
   <si>
     <t>6761</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6761/prot._377_ind_242_reitera_reforma_bebedouros_publicos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6761/prot._377_ind_242_reitera_reforma_bebedouros_publicos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja reformado todos os bebedouros públicos do município, sobretudo o do Bairro São José II, o qual tem sido utilizado como ponto de descarte de animais mortos.</t>
   </si>
   <si>
     <t>6762</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6762/prot._378_ind_243_questionario_qualidade_atendimento_postos_de_saude_e_hospital.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6762/prot._378_ind_243_questionario_qualidade_atendimento_postos_de_saude_e_hospital.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, soicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja disponibilizados nos postos de saúde, bem como no hospital municipal um questionário/pesquisa de satisfação e sugestão relacionados aos atendimentos, aos usuários da saúde pública do município, contendo, inclusive, o telefone da ouvidoria e demais contatos para possíveis reclamações.</t>
   </si>
   <si>
     <t>6763</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6763/prot._379_ind_244_informatizacao_guias_e_pedidos_medicos_cisnorpi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6763/prot._379_ind_244_informatizacao_guias_e_pedidos_medicos_cisnorpi.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao CISNORPI e à 19ª Regional de Saúde, que junto aos departamentos competentes e demais órgãos da Administração Pública, tomem as providências necessárias para que seja implantado o programa ConecteSUS, nos atendimentos médicos de média e alta complexidade.</t>
   </si>
   <si>
     <t>6764</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6764/prot._380_ind_245_reiteracao_melhorias_campos_de_areia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6764/prot._380_ind_245_reiteracao_melhorias_campos_de_areia.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Marcio José Albertini e Walmir Joaquim, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que sejam realizadas manutenções e melhorias nos campos de areia do município.</t>
   </si>
   <si>
     <t>6765</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6765/prot._373_ind_246_reitera_banheiro_e_lixeira_praca_dr._miguel_dinizo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6765/prot._373_ind_246_reitera_banheiro_e_lixeira_praca_dr._miguel_dinizo.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Marcio José Albertini e Walmir Joaquim, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que sejam instaladas lixeiras maiores no estilo caçamba no entorno de toda a praça Doutor Miguel Dinizo.</t>
   </si>
   <si>
     <t>6812</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6812/prot._382_ind_247_reitera_melhoria_asfaltica_estrada_agua_do_boi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6812/prot._382_ind_247_reitera_melhoria_asfaltica_estrada_agua_do_boi.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que seja realizada melhorias asfálticas na estrada do Bairro Água do Boi, o mais breve possível.</t>
   </si>
   <si>
     <t>6813</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6813/prot._383_ind_248_reparos_rua_coronel_batista.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6813/prot._383_ind_248_reparos_rua_coronel_batista.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam realizados reparos asfálticos na Rua Coronel Batista, especificamente na descida do supermercado Nagassawa.</t>
   </si>
   <si>
     <t>6814</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Geraldinho PHN, João Mattar, Junior Olivato, Raffaello Frascati, Rogérinho do Karatê, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6814/prot._386_ind_249_melhorias_conj._sao_francisco.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6814/prot._386_ind_249_melhorias_conj._sao_francisco.pdf</t>
   </si>
   <si>
     <t>Os vereadores Geraldo de Paula Dias Carvalho e Marcos Roberto de Oliveira, acompanhados pelos vereadores João Mattar Olivato, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que determine ao setor competente da Administração Pública que seja substituído o campo de areia do Bairro São Francisco por um campo de grama, bem como que seja realizada a manutenção/reforma do poço artesiano do referido bairro.</t>
   </si>
   <si>
     <t>6815</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Tetinha, Geraldinho PHN</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6815/prot._387_ind_250_arena_e_parque_rotary__estadual_romanelli.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6815/prot._387_ind_250_arena_e_parque_rotary__estadual_romanelli.pdf</t>
   </si>
   <si>
     <t>Os vereadores Geraldo de Paula Dias Carvalho e Marcos Roberto de Oliveira, por meio deste, solicitam ao Deputado Estadual Luiz Cláudio Romanelli, para que este, adote todas as providências necessárias para a construção de arena e um parque infantil no Bairro Rotary.</t>
   </si>
   <si>
     <t>6816</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6816/prot._388_ind_251_reitera_fundo_municipal_animal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6816/prot._388_ind_251_reitera_fundo_municipal_animal.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja criado o Fundo Municipal de Bem-Estar Animal.</t>
   </si>
   <si>
     <t>6817</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6817/prot._389_ind_252_reiteracao_abrigo_animais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6817/prot._389_ind_252_reiteracao_abrigo_animais.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja criado um Abrigo Público Municipal destinados aos animais de rua ou que foram abandonados por seus donos, ou, ainda, que seja criada uma parceria público-privada neste sentido bem como a retomada das castrações</t>
   </si>
   <si>
     <t>6818</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6818/prot._390_ind_253_reiteracao_contratacoes_temporarias_e_concurso_veterinario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6818/prot._390_ind_253_reiteracao_contratacoes_temporarias_e_concurso_veterinario.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que seja realizada a contratação temporária de um veterinário até que ocorra os procedimentos de abertura de Concurso Público para suprir a lacuna desta função no município, segundo autoriza a Lei Complementar nº 107, de 22 de abril de 2021.</t>
   </si>
   <si>
     <t>6819</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6819/prot._391_ind._254_reiteracao_caps.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6819/prot._391_ind._254_reiteracao_caps.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que tome as medidas necessárias para a implantação e funcionamento de um Centro de Atenção Psicossocial (CAPS), modalidade I, no município.</t>
   </si>
   <si>
     <t>6820</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6820/prot._392_ind_255_contratacao_cras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6820/prot._392_ind_255_contratacao_cras.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam realizado Concurso Público para contratação de mais servidores para suprir as necessidades dos Centros de Referência em Assistência Social – CRAS, do Município.</t>
   </si>
   <si>
     <t>6821</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6821/prot._393_ind_256_iluminacao_reparo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6821/prot._393_ind_256_iluminacao_reparo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos na iluminação pública na Rua Gabriel Ferrari, próximo à residência nº. 107, no Conjunto Residencial Ignês Panichi Hamzé.</t>
   </si>
   <si>
     <t>6836</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>O Vereador Marcio José Albertini, acompanhado pelos vereadores Karen Dadona e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada a construção de uma calçada (passeio público) nas Ruas que ligam a Igreja São José e Santo Antônio aos bairros Cohapar, Jardim Santo Antônio, Rodrigues e Ignês Panichi Hamzé.</t>
   </si>
   <si>
     <t>6837</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6837/prot._395_ind_258_camera_igreja_matriz.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6837/prot._395_ind_258_camera_igreja_matriz.pdf</t>
   </si>
   <si>
     <t>O Vereador Marcio José Albertini, acompanhado pelos vereadores Karen Dadona e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam instaladas câmeras de segurança, para monitoramento, nas proximidades da Igreja Nossa Senhora das Graças (Igreja Matriz), em frente ao posto do SAMU e, também do Hospital São Lucas.</t>
   </si>
   <si>
     <t>6838</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6838/prot._396_ind_259_contratacao_sao_lucas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6838/prot._396_ind_259_contratacao_sao_lucas.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelo vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam realizado Concurso Público para contratação de mais servidores para suprir as necessidades do Hospital São Lucas, sobretudo no setor de agendando.</t>
   </si>
   <si>
     <t>6839</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6839/prot._397_ind_260_sec._municipal_de_agricultura_estradas_agua_do_vieira.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6839/prot._397_ind_260_sec._municipal_de_agricultura_estradas_agua_do_vieira.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário Municipal de Agricultura, senhor Airton Kotaro Anabuki, que este determine ao departamento competente da Administração Pública que seja realizada melhorias asfálticas na estrada do Bairro Água do Vieira, o mais breve possível.</t>
   </si>
   <si>
     <t>6840</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6840/prot._398_ind_261_multa_maus_tratos_animais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6840/prot._398_ind_261_multa_maus_tratos_animais.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja criado um telefone exclusivo para denúncias de maus tratos aos animais e crimes ambientais (Disque-Denúncia), bem como que seja efetivamente aplicada a multa prevista no artigo 119, do Código de Posturas .</t>
   </si>
   <si>
     <t>6841</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6841/prot._400_ind_262_academia_bairro_rotary.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6841/prot._400_ind_262_academia_bairro_rotary.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Marcio José Albertini e Walmir Joaquim, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que reativem a academia da terceira idade no Bairro Rotary.</t>
   </si>
   <si>
     <t>6842</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6842/prot._401_ind_263_reitera_parque_conj._sao_jose_i.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6842/prot._401_ind_263_reitera_parque_conj._sao_jose_i.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Marcio José Albertini e Walmir Joaquim, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias e realize a instalação de um parque no Conjunto São José I, especificamente ao lado do Posto de Saúde.</t>
   </si>
   <si>
     <t>6843</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6843/prot._403_ind_264_programa_escola_da_inteligencia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6843/prot._403_ind_264_programa_escola_da_inteligencia.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja implantado o programa “Escola da Inteligência” nas Instituições de ensino público do município.</t>
   </si>
   <si>
     <t>6844</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6844/prot._407_ind_265_instalacao_bebedouro_reciclam.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6844/prot._407_ind_265_instalacao_bebedouro_reciclam.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelo vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja instalado um bebedouro na sede da RECICLAM.</t>
   </si>
   <si>
     <t>6845</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6845/prot.410_ind_266_banheiro_e_vestiario_tiro_de_guerra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6845/prot.410_ind_266_banheiro_e_vestiario_tiro_de_guerra.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja construído um vestiário com armários, banheiro e ducha, bem como um banheiro para o público em geral, no Tiro de Guerra do Município de Cambará.</t>
   </si>
   <si>
     <t>6846</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6846/prot.411_ind_267_aplicativo_interacao_com_o_cidadao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6846/prot.411_ind_267_aplicativo_interacao_com_o_cidadao.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelo vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja criado/aderido um aplicativo para interação com o cidadão.</t>
   </si>
   <si>
     <t>6847</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>Junior Olivato, Geraldinho PHN, João Mattar, Raffaello Frascati, Rogérinho do Karatê, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6847/prot.413_ind_268_tapa_buracos_rodovia_da_liberdade.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6847/prot.413_ind_268_tapa_buracos_rodovia_da_liberdade.pdf</t>
   </si>
   <si>
     <t>O vereador Nelson Olivato Junior, acompanhado pelos vereadores, Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcos Roberto de Oliveira, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja realizada uma operação “tapa buracos” na Rodovia da Liberdade, a qual liga os municípios de Cambará/PR e Salto Grande/SP.</t>
   </si>
   <si>
     <t>6848</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6848/prot.414_ind_269_embarque_e_desembarque_pacientes_fisioterapia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6848/prot.414_ind_269_embarque_e_desembarque_pacientes_fisioterapia.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja colocado placas indicativas, bem como a demarcação de vaga exclusiva para embarque e desembarque de pacientes em frente as UBS e na clínica de fisioterapia do Município, com limite máximo de permanência de veículos em frente a esses locais de, no máximo, 15 (quinze) minutos</t>
   </si>
   <si>
     <t>6849</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6849/prot.415_ind_270_embarque_e_desembarque_clinicas_particulares.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6849/prot.415_ind_270_embarque_e_desembarque_clinicas_particulares.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja colocado placas indicativas, bem como a demarcação horizontal de vaga exclusiva para embarque e desembarque de pacientes em frente as clínicas de fisioterapia, fonoaudiologia e de psicologia, bem como de laboratórios e consultórios médicos, com limite máximo de permanência de veículos em frente a esses locais de, no máximo, 15 (quinze) minutos.</t>
   </si>
   <si>
     <t>6850</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6850/prot.416_ind_271_lixeiras_e_placas_de_sinalizacao_comercio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6850/prot.416_ind_271_lixeiras_e_placas_de_sinalizacao_comercio.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a instalação de lixeiras públicas, bem como sinalização horizontal e vertical indicando os locais de carga e descarga e, também, de vagas preferenciais na extensão de toda a Rua Genaro Resende (Comércio), bem como na Avenida Brasil.</t>
   </si>
   <si>
     <t>6851</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, Geraldinho PHN, João Mattar, Junior Olivato, Karen Dadona, Raffaello Frascati, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6851/prot.417_ind_272_duodecimo_investimento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6851/prot.417_ind_272_duodecimo_investimento.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelo vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que analise a possibilidade do duodécimo, quando devolvido aos cofres do Executivo Municipal, ser aplicado da seguinte forma:_x000D_
 - R$ 200.000,00 (duzentos mil reais) para reforma/construção da praça do Bairro São José I;_x000D_
 - R$ 40.000,00 (quarenta mil reais) para aquisição e distribuição de óculos de grau para os alunos da educação municipal;_x000D_
 - R$ 40.000,00 (quarenta mil reais) para construção de calçadas (passeio público) no Bairro Estação;_x000D_
 - R$ 30.000,00 (trinta mil reais) para construção de um poço artesiano na Rua Genaro Resende, próximo a antiga escola profissionalizante;_x000D_
 - R$ 30.000,00 (trinta mil reais) para construção de pontos de ônibus n</t>
   </si>
   <si>
     <t>6852</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6852/prot.420_ind_273_reitera_laboratorio_municipal_de_proteses_dentarias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6852/prot.420_ind_273_reitera_laboratorio_municipal_de_proteses_dentarias.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que analise a viabilidade de ser implantado um Laboratório Municipal de Próteses Dentárias em Cambará.</t>
   </si>
   <si>
     <t>6853</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6853/prot.422_ind_274_poco_artesiano_sao_jose_i_e_ii.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6853/prot.422_ind_274_poco_artesiano_sao_jose_i_e_ii.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias carvalho, acompanhado pelo vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada a manutenção/reparo das bombas dos poços artesianos dos Bairros São José I e II.</t>
   </si>
   <si>
     <t>6855</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6855/prot._437_ind_285_recape_asfaltico_airton_costa_pinto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6855/prot._437_ind_285_recape_asfaltico_airton_costa_pinto.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada a operação denominada “tapa buracos” na Rua Prefeito Airton Costa Pinto, em sua totalidade, bem como que seja realizado um recape asfáltico e colocação de manilhas para escoamento de águas pluviais na travessa da referida rua, sentido Chácara do Pedrão (Lanchonete).</t>
   </si>
   <si>
     <t>6856</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6856/prot._438_ind_286_recape_asfaltico_barao_do_cerro_azul.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6856/prot._438_ind_286_recape_asfaltico_barao_do_cerro_azul.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize recapeamento asfáltico na Rua Barão do Cerro Azul, próxima a Rodoviária.</t>
   </si>
   <si>
     <t>6857</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6857/prot._444_ind_291_vale-alimentacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6857/prot._444_ind_291_vale-alimentacao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja reajustado o valor do vale-alimentação dos servidores públicos municipais para a quantia de R$400,00 (quatrocentos reais).</t>
   </si>
   <si>
     <t>6858</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6858/prot._445_ind_292_capela_sao_jose_creche.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6858/prot._445_ind_292_capela_sao_jose_creche.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias carvalho, acompanhado pelo vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati e Rogério Frutuoso, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja analisada a possibilidade de transformar a antiga Capela do São José, que hoje está abandonada, em um Centro Municipal de Educação Infantil (CMEI).</t>
   </si>
   <si>
     <t>6859</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6859/prot._446_ind_293_reativacao_conselho_municipal_de_seguranca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6859/prot._446_ind_293_reativacao_conselho_municipal_de_seguranca.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias carvalho, acompanhado pelo vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati e Rogério Frutuoso por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública seja reativado o Conselho Municipal de Segurança Pública, bem como, seja indicado novos conselheiros.</t>
   </si>
   <si>
     <t>6860</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6860/prot._447_ind_294_defesa_civil_arvore_rua_c.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6860/prot._447_ind_294_defesa_civil_arvore_rua_c.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, solicitam aos responsáveis pela Defesa Civil, que tomem as providências necessárias e realizem a retirada das árvores localizadas na Rua C, no Conjunto Gonzaga, atrás do Salão Ecumênico.</t>
   </si>
   <si>
     <t>6865</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6865/prot._448_ind_295_executar_emendas_loa_2022.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6865/prot._448_ind_295_executar_emendas_loa_2022.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tomem as providências necessárias para execução das emendas realizadas na Lei Orçamentária para o exercício de 2022, sendo:_x000D_
 -  assistência médico-veterinária de animais doentes, abandonados, ou de propriedade de pessoas carentes, as quais não possuem condições financeiras para arcar com o tratamento de seus animais, quando do momento de urgências, ou de eventual atropelamento, ou ainda possível envenenamento;_x000D_
 - construção de um banco ortopédico, tendo em vista que inúmeras pessoas carentes necessitam de materiais ortopédicos ou próteses, mas não possuem condições para adquiri-los;_x000D_
 - aquisição de um coletor público para coleta de lixo eletrônico, bem como a compra de coletores para descarte de pilhas e baterias;_x000D_
 - estabelecer a dosagem de vitamina D dos pacientes como exame de rotina nas unidades de saúde d</t>
   </si>
   <si>
     <t>6866</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6866/prot._449_ind_296_executar_emendas_loa_2022.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6866/prot._449_ind_296_executar_emendas_loa_2022.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tomem as providências necessárias para execução das emendas realizadas na Lei Orçamentária para o exercício de 2022, sendo:_x000D_
 -  construção de academias de terceira idade nos Bairros Nova América e Jardim das Acácias;_x000D_
 - construção de parques infantis nos Bairros Estação, Nova América e Jardim das Acácias;_x000D_
 - fornecimento gratuito de óculos a crianças e adolescentes do Município;_x000D_
 - construção de um poço artesiano no Bairro Irmã Paulina;_x000D_
 - ampliação e reforma da Casa de Velório;_x000D_
 - aquisição de móveis para o prédio da Guarda Municipal de Cambará;_x000D_
 - construção de duas praças, sendo uma no Bairro Irmã Paulina e outra no Bairro São José I;_x000D_
 - Subsidiar a assistência e pagamento a qualquer categoria de servidor municipal de despesas médico-hospitalares, odontológicas, psicológicas, laboratoriais e de imagem, nos te</t>
   </si>
   <si>
     <t>6867</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>Karen Dadona</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6867/prot._450_ind_297_executar_emendas_loa_2022.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6867/prot._450_ind_297_executar_emendas_loa_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tomem as providências necessárias para execução da emenda realizada na Lei Orçamentária para o exercício de 2022, sendo:_x000D_
 -  Distribuição de absorventes íntimos a mulheres de baixa renda, em situação de vulnerabilidade e/ou risco social que estejam em idade menstrual.</t>
   </si>
   <si>
     <t>6868</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6868/prot._451_ind_298_gm_e_pm_rondas_comercio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6868/prot._451_ind_298_gm_e_pm_rondas_comercio.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam à Polícia Militar, bem como à Guarda Municipal que sejam realizadas rondas mais ostensivas no comércio de Cambará durante o mês de dezembro, tanto no período diurno quanto noturno.</t>
   </si>
   <si>
     <t>6869</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6869/prot._452_ind_299_limpeza_rios_e_manutencao_esgoto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6869/prot._452_ind_299_limpeza_rios_e_manutencao_esgoto.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam tomadas providências urgentes com relação à manutenção, limpeza e/ou alargamento do rio próximo à Travessa Genaro Resende e a Travessa Antônio Castanho, bem como que seja solicitado à SANEPAR que realize as medidas necessárias para reparo de esgoto localizado na Travessa Antônio Castanho, sentido Igreja São Benedito.</t>
   </si>
   <si>
     <t>6870</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6870/prot._454_ind_300_veiculos_sucateados_leilao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6870/prot._454_ind_300_veiculos_sucateados_leilao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realizem um levantamento sobre os veículos da frota municipal que se encontram sucateados, ou sem condições adequadas de uso, e realize um leilão dos mesmos.</t>
   </si>
   <si>
     <t>6871</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6871/prot._455_ind_301_manutencao_pocos_artesianos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6871/prot._455_ind_301_manutencao_pocos_artesianos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas manutenções nos poços artesianos do município, priorizando o existente no Conjunto Ignez Panichi Hamzé, ao lado da Escola Municipal Lucy Requião.</t>
   </si>
   <si>
     <t>6872</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6872/prot._458_ind_302_reparo_asfaltico_br369_yoki.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6872/prot._458_ind_302_reparo_asfaltico_br369_yoki.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizados reparos asfálticos nas marginais da BR369, próximo à empresa YOKI sentido Centro.</t>
   </si>
   <si>
     <t>6873</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6873/prot._460_ind_303_seguranca_pracas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6873/prot._460_ind_303_seguranca_pracas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam instaladas câmeras de vigilância nas praças do município, e que aumente as rondas de Guardas Municipais nestes locais, principalmente onde foram instalados novos parques.</t>
   </si>
   <si>
     <t>6874</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>Geraldinho PHN</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6874/prot._461_ind_304_conselho_municipal_drogas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6874/prot._461_ind_304_conselho_municipal_drogas.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a criação no Município de Cambará do Conselho Municipal de Políticas Públicas sobre Drogas – COMAD.</t>
   </si>
   <si>
     <t>6887</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>João Mattar, Geraldinho PHN, Junior Olivato, Rogérinho do Karatê, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6887/prot._462_ind_305_buraco_rua_nicolau_p._de_marco.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6887/prot._462_ind_305_buraco_rua_nicolau_p._de_marco.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam realizados, com urgência, reparos asfálticos na Rua Nicolau Paschoal de Marco, próximo à residência nº. 602, no Conjunto Morada do Sol.</t>
   </si>
   <si>
     <t>6888</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6888/prot._463_ind_306_estrada_rural_agua_do_vieira.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6888/prot._463_ind_306_estrada_rural_agua_do_vieira.pdf</t>
   </si>
   <si>
     <t>Conserto estrada rural agua do viera.</t>
   </si>
   <si>
     <t>6889</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6889/prot._464_ind_307_estrada_rural_agua_do_boi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6889/prot._464_ind_307_estrada_rural_agua_do_boi.pdf</t>
   </si>
   <si>
     <t>Conserto estrada rural bairro agua do boi.</t>
   </si>
   <si>
     <t>6890</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6890/prot._465_ind_308_reducao_itbi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6890/prot._465_ind_308_reducao_itbi.pdf</t>
   </si>
   <si>
     <t>Redução imposto ITBI</t>
   </si>
   <si>
     <t>6891</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6891/prot._466_ind_309_limpeza_piscina_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6891/prot._466_ind_309_limpeza_piscina_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam tomadas providências com relação à piscina do Conjunto Ignez Panichi, a qual necessita de limpeza urgentemente, bem como manutenção do muro do local.</t>
   </si>
   <si>
     <t>6892</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6892/prot._469_ind_310_batalhao_pm_e_sec._est._seg._publica_policiamento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6892/prot._469_ind_310_batalhao_pm_e_sec._est._seg._publica_policiamento.pdf</t>
   </si>
   <si>
     <t>Os vereadores que abaixo subscrevem, por meio deste, solicitam que seja encaminhado Ofício ao Major Emerson Castelo Branco Oliveira, comandante do 2º Batalhão da Polícia Militar, bem como ao senhor Wagner Mesquita de Oliveira, Secretário Estadual de Segurança Pública, para que estes tomem providencias com relação ao policiamento no município de Cambará, solicitando-se, ainda, um maior número de efetivo.</t>
   </si>
   <si>
     <t>6893</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, Geraldinho PHN, João Mattar, Junior Olivato, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6893/prot._470_ind_311_de._est._romanelli_seg._publica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6893/prot._470_ind_311_de._est._romanelli_seg._publica.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcos Roberto de Oliveira e Nelson Olivato Junior, por meio deste, solicitam ao Deputado Estadual Luís Claudio Romanelli que interceda em prol do município de Cambará junto à Secretaria Estadual de Segurança Pública do Paraná.</t>
   </si>
   <si>
     <t>6121</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6121/pdl_001.2022_mocao_de_aplausos_leonardo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6121/pdl_001.2022_mocao_de_aplausos_leonardo.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Aplausos à pessoa de Leonardo Trindade Zanchin.</t>
   </si>
   <si>
     <t>6122</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6122/pdl_002_2022_merito_esportivo_nana.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6122/pdl_002_2022_merito_esportivo_nana.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Mérito Esportivo à pessoa de Najela Andrade, popularmente conhecida como Naná.</t>
   </si>
   <si>
     <t>6241</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6241/pdl_003.2022_mocao_de_congratulacoes_cesar_mota.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6241/pdl_003.2022_mocao_de_congratulacoes_cesar_mota.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Congratulações ao senhor Antonio Cesar da Mota.</t>
   </si>
   <si>
     <t>6434</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6434/proposta_de_decreto_legislativo_04_2022_titulo_de_cidadao_honorario_pastor.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6434/proposta_de_decreto_legislativo_04_2022_titulo_de_cidadao_honorario_pastor.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário de Cambará ao senhor Carlos Martovicz.</t>
   </si>
   <si>
     <t>6369</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6369/01_oficio_no._084_2022_-_encaminhamento_plc_xx_2022.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6369/01_oficio_no._084_2022_-_encaminhamento_plc_xx_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 94, DE 04 DE JUNHO DE 2019 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6433</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6433/02_plc_02-2022_-_autoriza_venda_direta_o_reurb-e.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6433/02_plc_02-2022_-_autoriza_venda_direta_o_reurb-e.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A VENDA DIRETA AOS OCUPANTES DE ÁREAS PÚBLICAS, NO ÂMBITO DO MUNICÍPIO DE CAMBARÁ, OBJETO DA REURB-E, CONFORME O ART. 98, IN FINE, DA LEI FEDERAL Nº 13.465/17”.</t>
   </si>
   <si>
     <t>6496</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6496/plc_no_03-2021_-_piso_acs_e_ace.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6496/plc_no_03-2021_-_piso_acs_e_ace.pdf</t>
   </si>
   <si>
     <t>Fixa o piso de vencimentos dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias, nos termos da Emenda Constitucional nº 120, de 5 de maio de 2022 e Portarias GM/MS nº 1.971 e nº 2.109, de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>6593</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6593/01_plce_-_04_2022_-_autoriza_a_compra_de_imovel.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6593/01_plce_-_04_2022_-_autoriza_a_compra_de_imovel.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A ADQUIRIR DUAS ÁREAS DE TERRAS CONTÍGUAS LOCALIZADAS NO PERÍMETRO URBANO DESDE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6594</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6594/any_scanner_08_10_2022.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6594/any_scanner_08_10_2022.pdf</t>
   </si>
   <si>
     <t>PLCE 05/2022 - Súmula: Altera dispositivo da Lei Complementar n. 41, de 30 de abril de 2014, e dá outras providências</t>
   </si>
   <si>
     <t>6655</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6655/plc_06_oficio_159-2022_-_plc_06__-_altera_redacao_do_inciso_iv_do_art.2_da_lc_207-2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6655/plc_06_oficio_159-2022_-_plc_06__-_altera_redacao_do_inciso_iv_do_art.2_da_lc_207-2021.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso IV do art. 2º da LC 107 de abril de 2021, e dá outras providencias.</t>
   </si>
   <si>
     <t>6656</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6656/plc_07_oficio_160-2022_-_plc_07_-_reboga_o_2_do_art.3_da_lc_108-2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6656/plc_07_oficio_160-2022_-_plc_07_-_reboga_o_2_do_art.3_da_lc_108-2021.pdf</t>
   </si>
   <si>
     <t>Revoga o § 2º do art. 3º da LC 108, de 16 de junho de 2021, dá outras providencias.</t>
   </si>
   <si>
     <t>6657</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6657/plc_08_oficio_161-2022_-_plc_08_-_institui_o_programa_de_recuperacao_de_creditos_municipais_-_refis_2022.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6657/plc_08_oficio_161-2022_-_plc_08_-_institui_o_programa_de_recuperacao_de_creditos_municipais_-_refis_2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação de Créditos Municipais - REFIS 2022</t>
   </si>
   <si>
     <t>6658</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6658/plc_09_oficio_162-2022_-_plc_09_-_altera_a_lc_47-2014.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6658/plc_09_oficio_162-2022_-_plc_09_-_altera_a_lc_47-2014.pdf</t>
   </si>
   <si>
     <t>Altera o art. 11 da LC nº 47, de 11 de novembro de 2014, para instituir a condicionalidade de prévia avaliação de mérito e desempenho para a ocupação do cargo de Diretor de estabelecimento de ensino da Rede Municipal de Ensino de Cambará, e dá outras providencias.</t>
   </si>
   <si>
     <t>6659</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6659/plc_10_oficio_170-2022_-_plc_10_-__altera_lc_31-2012_-_valor_fixo_das_gratificacoes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6659/plc_10_oficio_170-2022_-_plc_10_-__altera_lc_31-2012_-_valor_fixo_das_gratificacoes.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da LC nº 31, de 12 de janeiro de 2012, para estabelecer em valores fixos as gratificações de Diretor de estabelecimento de ensino e de Função Pedagógica, e dá outras providencias.</t>
   </si>
   <si>
     <t>6714</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6714/plc_11_-_altera_lc_115_uso_e_ocupacao_do_solo_urbano.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6714/plc_11_-_altera_lc_115_uso_e_ocupacao_do_solo_urbano.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 115, de 21 de junho de 2022 (Lei de Uso e Ocupação do Solo Urbano”.</t>
   </si>
   <si>
     <t>6715</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6715/plc_12_-_altera_lc_120_codigo_de_obras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6715/plc_12_-_altera_lc_120_codigo_de_obras.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N 12, DE 21 DE JUNHO DE 2022. CODIGO DE OBRAS.</t>
   </si>
   <si>
     <t>6716</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 121, de 21 de junho de 2022 (Lei do Plano Diretor)”.</t>
   </si>
   <si>
     <t>6723</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6723/plc_14_-_xx_2022_-_lei_de_uso_e_ocupacao_do_solo_urbano_regra_de_transicao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6723/plc_14_-_xx_2022_-_lei_de_uso_e_ocupacao_do_solo_urbano_regra_de_transicao.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo Lei Complementar nº 115, de 21 de junho de 2022 (Lei de Uso e Ocupação do Solo Urbano”.</t>
   </si>
   <si>
     <t>6724</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6724/plc_15_-_xx_2022_-_altera_multas_codigo_de_obras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6724/plc_15_-_xx_2022_-_altera_multas_codigo_de_obras.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 120, de 21 de junho de 2022. (Código de Obras)”</t>
   </si>
   <si>
     <t>6779</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6779/plc_16_-_regulamenta_codigo_de_posturas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6779/plc_16_-_regulamenta_codigo_de_posturas.pdf</t>
   </si>
   <si>
     <t>Regulamenta o §2º do art. 114 da Lei Complementar Municipal nº 119, de 21 de junho de 2022 (Código de Posturas) e dá outras providências.</t>
   </si>
   <si>
     <t>6780</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6780/02_plce_-_17_2022_-_altera_a_lc_78-2017_novo_1.doc</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6780/02_plce_-_17_2022_-_altera_a_lc_78-2017_novo_1.doc</t>
   </si>
   <si>
     <t>Altera o inc. II do art. 4º da Lei Complementar nº 78, de 07 de novembro de 2017, para o fim de ampliar o prazo de início da construção das unidades habitacionais de 48 para 96 meses a partir da efetiva doação, e dá outras providências.</t>
   </si>
   <si>
     <t>6793</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6793/plce_xx_-_altera_dispositivos_da_lc31-2012.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6793/plce_xx_-_altera_dispositivos_da_lc31-2012.pdf</t>
   </si>
   <si>
     <t>Altera dispoistivo da Lei complemetar n 31 de 12 de janeiro de 2012, para estabelecer  em valores fixos as gratificações de Diretor de estabelicmento de ensino e de função de pedagogia e da outars providencias.</t>
   </si>
   <si>
     <t>6822</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6822/plc_19_-_autoriza_permuta_de_imovel_publico_com_particular_-_rua_morada_do_sol_ok.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6822/plc_19_-_autoriza_permuta_de_imovel_publico_com_particular_-_rua_morada_do_sol_ok.pdf</t>
   </si>
   <si>
     <t>Autoriza o MUNICÍPIO DE CAMBARÁ, por meio do Chefe do Poder Executivo Municipal, a DESAFETAR e outorgar PERMUTA de parcela de imóvel do Patrimônio Público Municipal por parcela de imóvel particular para o fim de implantar prolongamento de Rua conforme previsto na Lei Complementar nº, na 116, de 21 de junho de 2022 (Lei do Sistema Viário de Cambará), como especifica.</t>
   </si>
   <si>
     <t>6114</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6114/01_-_revisao_geral_anual.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6114/01_-_revisao_geral_anual.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL E AUMENTO AOS SERVIDORES QUE ESPECIFICA, FIXA NOVO VALOR DO AUXÍLIO ALIMENTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6115</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6115/02_-_institui_o_diario_oficial_do_municipio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6115/02_-_institui_o_diario_oficial_do_municipio.pdf</t>
   </si>
   <si>
     <t>Institui a Imprensa Oficial do Município de Cambará, Estado do Paraná, encarregado da publicidade dos atos do Poder Executivo, do Poder Legislativo, bem como de suas autarquias e fundações e dá outras providências.</t>
   </si>
   <si>
     <t>6145</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6145/pl03al1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6145/pl03al1.pdf</t>
   </si>
   <si>
     <t>Altera as ações no Exercício/2022 ao Anexo da Lei Municipal nº 2.021/21 de 21/12/2021 que trata do Plano Plurianual para o Quadriênio 2022-2025 e dá outras providências.</t>
   </si>
   <si>
     <t>6147</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6147/pl04al1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6147/pl04al1.pdf</t>
   </si>
   <si>
     <t>Altera a ação no Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.922 de 19/07/2021 que trata das diretrizes orçamentárias para o Exercício de 2022.</t>
   </si>
   <si>
     <t>6148</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6148/pl_05_autoriza_credito_especial_na_importancia_de_ate_1.00000_um_mil_reais..pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6148/pl_05_autoriza_credito_especial_na_importancia_de_ate_1.00000_um_mil_reais..pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 1.000,00 (um mil reais).</t>
   </si>
   <si>
     <t>6149</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6149/pl06al1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6149/pl06al1.pdf</t>
   </si>
   <si>
     <t>6150</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6150/pl07al1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6150/pl07al1.pdf</t>
   </si>
   <si>
     <t>6151</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6151/pl08au1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6151/pl08au1.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 42.214,94 (quarenta e dois mil, duzentos e quatorze reais e noventa e quatro centavos).</t>
   </si>
   <si>
     <t>6152</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6152/pl_09_-_revisao_geral_anual_-_piso_magisterio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6152/pl_09_-_revisao_geral_anual_-_piso_magisterio.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL E AUMENTO AOS SERVIDORES ATIVOS E INATIVOS DO QUADRO DO MAGISTÉRIO PÚBLICO MUNICIPAL POR MEIO DA FIXAÇÃO DE NOVO PISO SALARIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6153</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6153/pl_10.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6153/pl_10.pdf</t>
   </si>
   <si>
     <t>Alteração no Exercício/2021   ao Anexo da Lei Municipal nº 2.021/21 de 21/12/2021 que trata do Plano Plurianual para o Quadriênio 2022-2025 e dá outras providências.</t>
   </si>
   <si>
     <t>6154</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6154/pl_11.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6154/pl_11.pdf</t>
   </si>
   <si>
     <t>6155</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6155/pl_12.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6155/pl_12.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até R$ 3.173.658,11 (três milhões cento e setenta e três mil seiscentos e cinquenta e oito reais e onze centavos)</t>
   </si>
   <si>
     <t>6156</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6156/pl_13.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6156/pl_13.pdf</t>
   </si>
   <si>
     <t>Altera as ações no Exercício/2021   ao Anexo da Lei Municipal nº 2.021/21 de 21/12/2021 que trata do Plano Plurianual para o Quadriênio 2022-2025 e dá outras providências.</t>
   </si>
   <si>
     <t>6157</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6157/pl_14.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6157/pl_14.pdf</t>
   </si>
   <si>
     <t>Altera a ação no Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.922 de 19/07/2021 que trata das diretrizes orçamentárias para o Exercício de 2022</t>
   </si>
   <si>
     <t>6158</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6158/pl_15.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6158/pl_15.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 108.139,59 (cento e oito mil cento e trinta e nove reais e cinqüenta e nove centavos)</t>
   </si>
   <si>
     <t>6159</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6159/pl_16_-_consignado.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6159/pl_16_-_consignado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivo das Leis nº. 1.191, de 17 de outubro de 2001, nº. 1.303, de 01 de novembro de 2005 e 1.316, de 21 de junho de 2006, bem como sobre o acréscimo de 5% (cinco por cento) ao percentual máximo para a contratação de operações de crédito com desconto automático em folha de pagamento.</t>
   </si>
   <si>
     <t>6160</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6160/pl_17.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6160/pl_17.pdf</t>
   </si>
   <si>
     <t>Altera a ação no Exercício/2022 ao Anexo da Lei Municipal nº 2.021/21 de 21/12/2021 que trata do Plano Plurianual para o Quadriênio 2022-2025 e dá outras providências.</t>
   </si>
   <si>
     <t>6161</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6161/pl_18.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6161/pl_18.pdf</t>
   </si>
   <si>
     <t>6162</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6162/pl_19.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6162/pl_19.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 50.150,55 (cinqüenta mil cento e cinqüenta reais e cinqüenta e cinco centavos)</t>
   </si>
   <si>
     <t>6163</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6163/pl_20.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6163/pl_20.pdf</t>
   </si>
   <si>
     <t>6164</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6164/pl_21.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6164/pl_21.pdf</t>
   </si>
   <si>
     <t>6165</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6165/pl_22.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6165/pl_22.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 320.000,00 (trezentos e vinte mil reais)</t>
   </si>
   <si>
     <t>6166</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6166/pl_23.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6166/pl_23.pdf</t>
   </si>
   <si>
     <t>6167</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6167/pl_24.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6167/pl_24.pdf</t>
   </si>
   <si>
     <t>6168</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6168/pl_25.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6168/pl_25.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 356.416,11 (trezentos e cinqüenta e seis mil quatrocentos e dezesseis reais e onze centavos)</t>
   </si>
   <si>
     <t>6220</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6220/pl_26_-_autoriza_venda_direta_-_reurb-e.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6220/pl_26_-_autoriza_venda_direta_-_reurb-e.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCESSO ADMINISTRATIVO DE VENDA DIRETA NA REGULARIZAÇÃO FUNDIARIA NO ÂMBITO DO MUNICÍPIO DE CAMBARÁ/PR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6264</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6264/27_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6264/27_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6265</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6265/28_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6265/28_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6266</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6266/29_-_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6266/29_-_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 211.515,74 (duzentos e onze mil quinhentos e quinze reais e sessenta e setenta e quatro centavos).</t>
   </si>
   <si>
     <t>6267</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6267/30_projeto_de_lei_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6267/30_projeto_de_lei_ppa.pdf</t>
   </si>
   <si>
     <t>6268</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6268/31_-_projeto_de_lei_-_ldo_1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6268/31_-_projeto_de_lei_-_ldo_1.pdf</t>
   </si>
   <si>
     <t>6269</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6269/32_-_projeto_de_lei_loa_1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6269/32_-_projeto_de_lei_loa_1.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 454.237,71 (quatrocentos e cinqüenta e quatro mil duzentos e trinta e sete reais e setenta e um centavos).</t>
   </si>
   <si>
     <t>6270</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6270/33_-_projeto_de_lei__-_ppa_1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6270/33_-_projeto_de_lei__-_ppa_1.pdf</t>
   </si>
   <si>
     <t>6271</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6271/34_-_projeto_de_lei_-_ldo_2.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6271/34_-_projeto_de_lei_-_ldo_2.pdf</t>
   </si>
   <si>
     <t>6272</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6272/35_-_projeto_de_lei_loa_2.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6272/35_-_projeto_de_lei_loa_2.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 63.940,49 (sessenta e três mil novecentos e quarenta reais e quarenta e nove centavos).</t>
   </si>
   <si>
     <t>6245</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6245/pl_36.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6245/pl_36.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ESPORTE E LAZER, ESTABELECENDO AÇÕES ESPECÍFICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6244</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6244/pl_37.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6244/pl_37.pdf</t>
   </si>
   <si>
     <t>Institui a política de acolhimento em família acolhedora de crianças e adolescentes afastados do convívio familiar por decisão judicial e dá outras providências."</t>
   </si>
   <si>
     <t>6248</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6248/pl_38.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6248/pl_38.pdf</t>
   </si>
   <si>
     <t>6247</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6247/pl_39.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6247/pl_39.pdf</t>
   </si>
   <si>
     <t>6246</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6246/pl_40.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6246/pl_40.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 2.700,00 (Dois mil setecentos reais)</t>
   </si>
   <si>
     <t>6249</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6249/pl_41.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6249/pl_41.pdf</t>
   </si>
   <si>
     <t>6250</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6250/pl_42.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6250/pl_42.pdf</t>
   </si>
   <si>
     <t>6251</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6251/pl_43.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6251/pl_43.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 117.530,09 (cento e dezessete mil quinhentos e trinta reais e nove centavos)</t>
   </si>
   <si>
     <t>6252</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6252/pl_44.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6252/pl_44.pdf</t>
   </si>
   <si>
     <t>6253</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6253/pl_45.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6253/pl_45.pdf</t>
   </si>
   <si>
     <t>6254</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6254/pl_46.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6254/pl_46.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 2.350,00 (dois mil trezentos e cinqüenta reais)</t>
   </si>
   <si>
     <t>6255</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6255/pl_47.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6255/pl_47.pdf</t>
   </si>
   <si>
     <t>6256</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6256/pl_48.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6256/pl_48.pdf</t>
   </si>
   <si>
     <t>6257</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6257/pl_49.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6257/pl_49.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na _x000D_
 importância de até 405.000,00 (quatrocentos e cinco mil _x000D_
 reais)</t>
   </si>
   <si>
     <t>6258</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6258/pl_50.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6258/pl_50.pdf</t>
   </si>
   <si>
     <t>6259</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6259/pl_51.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6259/pl_51.pdf</t>
   </si>
   <si>
     <t>6260</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6260/pl_52.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6260/pl_52.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na _x000D_
 importância de até 144.344,11 (cento e quarenta e quatro mil _x000D_
 trezentos e quarenta e quatro reais e onze centavos)</t>
   </si>
   <si>
     <t>6261</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6261/pl_53.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6261/pl_53.pdf</t>
   </si>
   <si>
     <t>6262</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6262/pl_54.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6262/pl_54.pdf</t>
   </si>
   <si>
     <t>6263</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6263/pl_55.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6263/pl_55.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional especial  na _x000D_
 importância de até 382.000,00 (trezentos e oitenta e dois mil _x000D_
 reais)</t>
   </si>
   <si>
     <t>6344</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6344/pl_56.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6344/pl_56.pdf</t>
   </si>
   <si>
     <t>6345</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6345/pl_57.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6345/pl_57.pdf</t>
   </si>
   <si>
     <t>6346</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6346/pl_58.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6346/pl_58.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 37.953,25 (trinta e sete mil novecentos e cinqüenta e três reais e vinte e cinco centavos).</t>
   </si>
   <si>
     <t>6347</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6347/pl_59.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6347/pl_59.pdf</t>
   </si>
   <si>
     <t>6348</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6348/pl_60.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6348/pl_60.pdf</t>
   </si>
   <si>
     <t>6349</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6349/pl_61.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6349/pl_61.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 560.000,00 (quinhentos e sessenta mil reais)</t>
   </si>
   <si>
     <t>6350</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6350/pl_62.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6350/pl_62.pdf</t>
   </si>
   <si>
     <t>6351</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6351/pl_63.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6351/pl_63.pdf</t>
   </si>
   <si>
     <t>6352</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6352/pl_64.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6352/pl_64.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 130.000,00 (cento e trinta mil reais)</t>
   </si>
   <si>
     <t>6353</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6353/pl_65.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6353/pl_65.pdf</t>
   </si>
   <si>
     <t>6354</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6354/pl_66.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6354/pl_66.pdf</t>
   </si>
   <si>
     <t>6355</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6355/pl_67.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6355/pl_67.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 246.000,00 (duzentos e quarenta e seis mil reais)</t>
   </si>
   <si>
     <t>6356</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6356/pl_68.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6356/pl_68.pdf</t>
   </si>
   <si>
     <t>6357</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6357/pl_69.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6357/pl_69.pdf</t>
   </si>
   <si>
     <t>6358</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6358/pl_70.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6358/pl_70.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 970.791,64 (novecentos e setenta mil setecentos e noventa e um reais e sessenta e quatro centavos)</t>
   </si>
   <si>
     <t>6359</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6359/pl_71_ldo_2023.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6359/pl_71_ldo_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6360</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6360/pl_72.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6360/pl_72.pdf</t>
   </si>
   <si>
     <t>6361</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6361/pl_73.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6361/pl_73.pdf</t>
   </si>
   <si>
     <t>6362</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6362/pl_74.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6362/pl_74.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 17.000,00 (dezessete mil reais)</t>
   </si>
   <si>
     <t>6363</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6363/pl_75.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6363/pl_75.pdf</t>
   </si>
   <si>
     <t>6364</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6364/pl_76.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6364/pl_76.pdf</t>
   </si>
   <si>
     <t>6365</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6365/pl_77.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6365/pl_77.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 66.665,04 (sessenta e seis mil seiscentos e sessenta e cinco reais e quatro centavos)</t>
   </si>
   <si>
     <t>6366</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6366/pl_78.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6366/pl_78.pdf</t>
   </si>
   <si>
     <t>6367</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6367/pl_79.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6367/pl_79.pdf</t>
   </si>
   <si>
     <t>6368</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6368/pl_80.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6368/pl_80.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na    importância de até 4.000,00 (quatro mil reais)</t>
   </si>
   <si>
     <t>6421</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6421/pl_81.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6421/pl_81.pdf</t>
   </si>
   <si>
     <t>6422</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6422/pl_82.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6422/pl_82.pdf</t>
   </si>
   <si>
     <t>6423</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6423/pl_83.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6423/pl_83.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até R$ 132.500,00 (Cento e trinta e dois mil e quinhentos reais)</t>
   </si>
   <si>
     <t>6424</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6424/pl_84.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6424/pl_84.pdf</t>
   </si>
   <si>
     <t>6425</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6425/pl_85.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6425/pl_85.pdf</t>
   </si>
   <si>
     <t>6426</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6426/pl_86.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6426/pl_86.pdf</t>
   </si>
   <si>
     <t>6427</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6427/pl_87.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6427/pl_87.pdf</t>
   </si>
   <si>
     <t>6428</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6428/pl_88.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6428/pl_88.pdf</t>
   </si>
   <si>
     <t>6429</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6429/pl_89.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6429/pl_89.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 677.000,00 (seiscentos e setenta e sete mil reais)</t>
   </si>
   <si>
     <t>6448</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6448/pl_90_-_projeto_de_lei__-_ppa_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6448/pl_90_-_projeto_de_lei__-_ppa_-.pdf</t>
   </si>
   <si>
     <t>6449</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6449/pl_91_projeto_de_lei__-_ldo_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6449/pl_91_projeto_de_lei__-_ldo_-.pdf</t>
   </si>
   <si>
     <t>6450</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6450/pl_92_projeto_de_lei__loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6450/pl_92_projeto_de_lei__loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 8.675.480,00 (oito milhões seiscentos e setenta e cinco mil quatrocentos e oitenta reais)</t>
   </si>
   <si>
     <t>6451</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6451/pl_93_projeto_de_lei_-_ppa_-_excesso_saude_327.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6451/pl_93_projeto_de_lei_-_ppa_-_excesso_saude_327.pdf</t>
   </si>
   <si>
     <t>6452</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6452/pl_94_projeto_de_lei_-_ldo_-_excesso_saude_327.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6452/pl_94_projeto_de_lei_-_ldo_-_excesso_saude_327.pdf</t>
   </si>
   <si>
     <t>6453</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6453/pl_95_projeto_de_lei_-_loa_-_excesso_saude_327.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6453/pl_95_projeto_de_lei_-_loa_-_excesso_saude_327.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional especial na    importância de até 4.000,00 (quatro mil reais)</t>
   </si>
   <si>
     <t>6454</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6454/pl_96_projeto_de_lei__-_ppa_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6454/pl_96_projeto_de_lei__-_ppa_-.pdf</t>
   </si>
   <si>
     <t>6455</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6455/pl_97_projeto_de_lei__-_ldo_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6455/pl_97_projeto_de_lei__-_ldo_-.pdf</t>
   </si>
   <si>
     <t>6456</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6456/pl_98_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6456/pl_98_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 2.050.000,00 (dois milhões e cinqüenta mil reais)</t>
   </si>
   <si>
     <t>6457</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6457/pl_99_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6457/pl_99_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6458</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6458/pl_100_projeto_de_lei__-_ldo_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6458/pl_100_projeto_de_lei__-_ldo_-.pdf</t>
   </si>
   <si>
     <t>6459</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6459/pl_101_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6459/pl_101_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 648.000,00 (seiscentos e quarenta e oito mil reais)</t>
   </si>
   <si>
     <t>6460</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6460/pl_102_projeto_de_lei__-_ppa_1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6460/pl_102_projeto_de_lei__-_ppa_1.pdf</t>
   </si>
   <si>
     <t>6461</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6461/pl_103_projeto_de_lei__-_ldo_-_1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6461/pl_103_projeto_de_lei__-_ldo_-_1.pdf</t>
   </si>
   <si>
     <t>6462</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6462/pl_104_projeto_de_lei_loa_1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6462/pl_104_projeto_de_lei_loa_1.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 1.000.000,00 (um milhão reais)</t>
   </si>
   <si>
     <t>6463</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6463/pl_105_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6463/pl_105_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6464</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6464/pl_106_-_projeto_de_lei__-_ldo_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6464/pl_106_-_projeto_de_lei__-_ldo_-.pdf</t>
   </si>
   <si>
     <t>6465</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6465/pl_107_-_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6465/pl_107_-_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 164.828,70 (cento e sessenta e quatro mil oitocentos e vinte e oito reais e setenta centavos)</t>
   </si>
   <si>
     <t>6466</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6466/pl_108_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6466/pl_108_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6467</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6467/pl_109_-_projeto_de_lei__-_ldo_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6467/pl_109_-_projeto_de_lei__-_ldo_-.pdf</t>
   </si>
   <si>
     <t>6468</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6468/pl_110_-_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6468/pl_110_-_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 9.000,00 (nove mil reais)</t>
   </si>
   <si>
     <t>6469</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6469/pl_111_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6469/pl_111_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6470</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6470/pl_112.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6470/pl_112.pdf</t>
   </si>
   <si>
     <t>6471</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6471/pl_113_-_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6471/pl_113_-_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 84.000,57 (oitenta e quatro mil reais e cinqüenta e sete centavos)</t>
   </si>
   <si>
     <t>6472</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6472/pl_114_36_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6472/pl_114_36_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6473</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6473/pl_115_36_-_projeto_de_lei__-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6473/pl_115_36_-_projeto_de_lei__-_ldo.pdf</t>
   </si>
   <si>
     <t>6474</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6474/pl_116_-_projeto_de_lei__-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6474/pl_116_-_projeto_de_lei__-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional especial na importância de até 60.500,00 (sessenta mil quinhentos reais)</t>
   </si>
   <si>
     <t>6475</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6475/pl_117_37-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6475/pl_117_37-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6476</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6476/pl_118_36_-_projeto_de_lei__-_ldo_1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6476/pl_118_36_-_projeto_de_lei__-_ldo_1.pdf</t>
   </si>
   <si>
     <t>6477</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6477/pl_119_37_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6477/pl_119_37_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 210.000,00 (duzentos e dez mil reais)</t>
   </si>
   <si>
     <t>6478</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6478/pl_120_-_licitacoes_compartilhadas_-_cisnorpi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6478/pl_120_-_licitacoes_compartilhadas_-_cisnorpi.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ratificar o Protocolo de Intenções para efetuar licitações compartilhadas, junto ao Consórcio Público Intermunicipal de Saúde do Norte Pioneiro, e dá outras providências</t>
   </si>
   <si>
     <t>6492</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6492/pl_121_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6492/pl_121_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6493</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6493/pl_122_-_projeto_de_lei__-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6493/pl_122_-_projeto_de_lei__-_ldo.pdf</t>
   </si>
   <si>
     <t>6494</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6494/pl_123_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6494/pl_123_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 203.226,28 (duzentos e três mil duzentos e vinte e seis reais e vinte e oito centavos)</t>
   </si>
   <si>
     <t>6501</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6501/pl_124_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6501/pl_124_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6502</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6502/pl_125_-_projeto_de_lei__-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6502/pl_125_-_projeto_de_lei__-_ldo.pdf</t>
   </si>
   <si>
     <t>6503</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6503/pl_126_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6503/pl_126_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 754.000,00 (setecentos e cinqüenta e quatro mil reais)</t>
   </si>
   <si>
     <t>6504</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6504/pl_127_-projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6504/pl_127_-projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6505</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6505/pl_128_-_projeto_de_lei__-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6505/pl_128_-_projeto_de_lei__-_ldo.pdf</t>
   </si>
   <si>
     <t>6506</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6506/pl_129_-projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6506/pl_129_-projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 1.732,10 (um mil setecentos e trinta e dois reais e dez centavos)</t>
   </si>
   <si>
     <t>6507</t>
   </si>
   <si>
     <t>6508</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6508/pl_131_-_projeto_de_lei__-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6508/pl_131_-_projeto_de_lei__-_ldo.pdf</t>
   </si>
   <si>
     <t>6509</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6509/pl_132_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6509/pl_132_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 200,00 (duzentos reais)</t>
   </si>
   <si>
     <t>6510</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6510/pl_133_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6510/pl_133_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6511</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6511/pl_134_projeto_de_lei__-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6511/pl_134_projeto_de_lei__-_ldo.pdf</t>
   </si>
   <si>
     <t>6512</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6512/pl_135_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6512/pl_135_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 1.250.000,00 (um milhão duzentos e cinqüenta mil reais)</t>
   </si>
   <si>
     <t>6513</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6513/pl_136_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6513/pl_136_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6514</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6514/pl_137_projeto_de_lei__-_ldo_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6514/pl_137_projeto_de_lei__-_ldo_-.pdf</t>
   </si>
   <si>
     <t>6515</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6515/pl_138_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6515/pl_138_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 974.359,39 (novecentos e setenta e quatro mil trezentos e cinqüenta e nove reais e trinta e nove centavos)</t>
   </si>
   <si>
     <t>6516</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6516/pl_139__projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6516/pl_139__projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6517</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6517/pl_140_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6517/pl_140_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6518</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6518/pl_141_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6518/pl_141_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 282,72 (duzentos e oitenta e dois reais e setenta e dois centavos)</t>
   </si>
   <si>
     <t>6519</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6519/pl_142_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6519/pl_142_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6520</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6520/pl_143_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6520/pl_143_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6521</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6521/pl_144_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6521/pl_144_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 205.647,67 (duzentos e cinco mil seiscentos e quarenta e sete reais e sessenta e sete centavos)</t>
   </si>
   <si>
     <t>6522</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6522/pl_145_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6522/pl_145_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6523</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6523/pl_146_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6523/pl_146_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6524</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 450.000,00 (quatrocentos e cinqüenta mil reais)</t>
   </si>
   <si>
     <t>6525</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6525/pl_148_-projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6525/pl_148_-projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6526</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6526/pl_149_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6526/pl_149_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6527</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6527/pl_150_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6527/pl_150_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 520.000,00 (quinhentos e vinte mil reais)</t>
   </si>
   <si>
     <t>6528</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6528/pl_151_-__projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6528/pl_151_-__projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6529</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6529/pl_152_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6529/pl_152_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6530</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6530/pl_153_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6530/pl_153_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 474.931,64 (quatrocentos e setenta e quatro mil novecentos e trinta e um reais e sessenta e quatro centavos)</t>
   </si>
   <si>
     <t>6531</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6531/pl_154_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6531/pl_154_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6532</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6532/pl_155_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6532/pl_155_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6533</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6533/pl_156_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6533/pl_156_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 1.094.931,64 (um milhão e noventa e quatro mil novecentos e trinta e um reais e sessenta e quatro centavos)</t>
   </si>
   <si>
     <t>6534</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6534/pl_157_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6534/pl_157_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6535</t>
   </si>
   <si>
     <t>6536</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6536/pl_159_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6536/pl_159_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de ate R$ 620.000,00 (Seiscentos e vinte mil reais )</t>
   </si>
   <si>
     <t>6537</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6537/pl_160_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6537/pl_160_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6538</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6538/pl_161_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6538/pl_161_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6539</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6539/pl_162_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6539/pl_162_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 474.931,64 (quatrocentos e setenta e quatro mil novecentos e trinta e um reais e sessenta e quatro centavos)</t>
   </si>
   <si>
     <t>6597</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6597/163_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6597/163_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6598</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6598/164_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6598/164_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6599</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6599/165_-_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6599/165_-_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 610.000,00 (seiscentos e dez mil reais)</t>
   </si>
   <si>
     <t>6600</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6600/166_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6600/166_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6601</t>
   </si>
   <si>
     <t>6602</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6602/168_-_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6602/168_-_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 3.000.000,00 (três milhões reais)</t>
   </si>
   <si>
     <t>6603</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6603/169_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6603/169_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6604</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6604/170_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6604/170_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6605</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6605/171_-_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6605/171_-_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 639.340,00 (seiscentos e trinta e nove mil trezentos e quarenta reais)</t>
   </si>
   <si>
     <t>6606</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6606/172-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6606/172-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6607</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6607/173_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6607/173_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6608</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6608/174-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6608/174-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 2.169.906,66 (dois milhões cento e sessenta e nove mil novecentos e seis reais e sessenta e seis centavos)</t>
   </si>
   <si>
     <t>6609</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6609/175_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6609/175_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6610</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6610/176_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6610/176_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6611</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6611/177_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6611/177_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 1.229.993,29 (um milhão duzentos e vinte e nove mil novecentos e noventa e três reais e vinte e nove centavos</t>
   </si>
   <si>
     <t>6612</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6612/178_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6612/178_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6613</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6613/179_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6613/179_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6614</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6614/180_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6614/180_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 1.500.000,00 (um milhão quinhentos mil reais)</t>
   </si>
   <si>
     <t>6615</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6615/pl_181_-_altera_lei_1969-2021_-_operacao_de_credito.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6615/pl_181_-_altera_lei_1969-2021_-_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº1.969, de 06 de outubro de 2021 e adota outras providências."</t>
   </si>
   <si>
     <t>6616</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6616/pl_182_-_2022_-_deficit_atuarial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6616/pl_182_-_2022_-_deficit_atuarial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de amortização do déficit técnico atuarial para obtenção do equilíbrio financeiro e atuarial que o Município tem em face do RPPS do Município de Cambará/PR.</t>
   </si>
   <si>
     <t>6617</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6617/pl_183_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6617/pl_183_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6618</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6618/pl_184_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6618/pl_184_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6619</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6619/pl_185-projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6619/pl_185-projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 484.770,75 (quatrocentos e oitenta e quatro mil setecentos e setenta reais e setenta e cinco centavos)</t>
   </si>
   <si>
     <t>6628</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6628/pl_186_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6628/pl_186_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6629</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6629/pl_187_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6629/pl_187_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6630</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6630/pl_188_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6630/pl_188_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 1.345.000,00 (um milhão trezentos e quarenta e cinco mil reais)</t>
   </si>
   <si>
     <t>6660</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6660/pl_189_oficio_163-2022_-_pl_189_-__altera_anexos_da_lei_2021-2021_-_plano_plurianual.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6660/pl_189_oficio_163-2022_-_pl_189_-__altera_anexos_da_lei_2021-2021_-_plano_plurianual.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração dos anexos da lei nº 2.021, de 21 de dezembro de 2021, o plano plurianual - PPA, e dá outras providências.</t>
   </si>
   <si>
     <t>6661</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6661/pl_190_oficio_164-2022_-_pl_190_-_altera_anexos_da_lei_2169-2021_diretrizes_lei_orcamentaria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6661/pl_190_oficio_164-2022_-_pl_190_-_altera_anexos_da_lei_2169-2021_diretrizes_lei_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aletração dos anexos da lei nº 2.169 de 14 de julho de 2021, a lei que dispõe sobre as diretrizes para elaboração da lei orçamentaria para o exercicio de 2023, e dá outras providencias.</t>
   </si>
   <si>
     <t>6662</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6662/pl_191_oficio_165-2022_-_pl_191_-_estima_receita_e_fiza_despesa_para_o_exercicio_financeiro_de_2023.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6662/pl_191_oficio_165-2022_-_pl_191_-_estima_receita_e_fiza_despesa_para_o_exercicio_financeiro_de_2023.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa para o exercicio financeiro de 2023.</t>
   </si>
   <si>
     <t>6663</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6663/pl_192_oficio_166-2022_-_pl_192_-_cria_o_comupa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6663/pl_192_oficio_166-2022_-_pl_192_-_cria_o_comupa.pdf</t>
   </si>
   <si>
     <t>Cria o conselho municipal de proteção aos animais - COMUPA e dá outras providencias.</t>
   </si>
   <si>
     <t>6664</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6664/pl_193_oficio_167-2022_-_pl_193_-_cria_conselho_municipal_da_pessoa_com_deficiencia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6664/pl_193_oficio_167-2022_-_pl_193_-_cria_conselho_municipal_da_pessoa_com_deficiencia.pdf</t>
   </si>
   <si>
     <t>Cria  o conselho municipal dos direitos  da pessoa com deficiência - CMDPD - e institui a conferência municipal dos direitos da pessoa com deficência, e dá outras providências.</t>
   </si>
   <si>
     <t>6665</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6665/pl_194_oficio_168-2022_-_pl_194__-_autoriza_poder_executivo_a_ratificar_alteracoes_no_prot_intencoes_-_samu-cisnorpi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6665/pl_194_oficio_168-2022_-_pl_194__-_autoriza_poder_executivo_a_ratificar_alteracoes_no_prot_intencoes_-_samu-cisnorpi.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ratificar as alterações do protocolo de intenções para prever a possibilidade de custeio e gerenciamento dos Atendimentos  do SAMU pelo CISNORPI</t>
   </si>
   <si>
     <t>6666</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6666/pl_195_oficio_169-2022_-_pl_195_-_dispoe_sobre_o_programa_de_conectividade_movel_5g.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6666/pl_195_oficio_169-2022_-_pl_195_-_dispoe_sobre_o_programa_de_conectividade_movel_5g.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Conectvidade Móvel no Municipio de Cambará para viabilizar a chegada da Tecnologia de Quinta Geração (5G) e dá outras providencias.</t>
   </si>
   <si>
     <t>6667</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6667/pl_196_-__projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6667/pl_196_-__projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6668</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6668/pl_197_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6668/pl_197_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6669</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6669/pl_198_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6669/pl_198_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 871.000,00 (oitocentos e setenta e um mil reais)</t>
   </si>
   <si>
     <t>6670</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6670/pl_199_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6670/pl_199_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6671</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6671/pl_200_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6671/pl_200_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6672</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6672/pl_201_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6672/pl_201_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 338.260,99 (trezentos e trinta e oito mil duzentos e sessenta reais e noventa e nove centavos)</t>
   </si>
   <si>
     <t>6674</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6674/pl_202_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6674/pl_202_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6675</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6675/pl_203_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6675/pl_203_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6676</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6676/pl_204_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6676/pl_204_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 1.718.500,00 (um milhão setecentos e dezoito mil quinhentos reais)</t>
   </si>
   <si>
     <t>6677</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6677/pl_205_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6677/pl_205_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6678</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6678/pl_206_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6678/pl_206_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6679</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6679/pl_207_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6679/pl_207_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 38.000,00 (trinta e oito mil reais)</t>
   </si>
   <si>
     <t>6702</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6702/pl_208_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6702/pl_208_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6703</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6703/pl_209_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6703/pl_209_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6704</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6704/pl_210_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6704/pl_210_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 650.000,00 (seiscentos e cinqüenta mil reais)</t>
   </si>
   <si>
     <t>6705</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6705/pl_211_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6705/pl_211_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6706</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6706/pl_212_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6706/pl_212_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6707</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6707/pl_213_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6707/pl_213_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 150.000,00 (cento e cinqüenta mil reais)</t>
   </si>
   <si>
     <t>6708</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6708/pl_214_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6708/pl_214_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6709</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6709/pl_215.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6709/pl_215.pdf</t>
   </si>
   <si>
     <t>6710</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6710/pl_216.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6710/pl_216.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 60.000,00 (sessenta mil reais)</t>
   </si>
   <si>
     <t>6711</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6711/pl_217_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6711/pl_217_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6712</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6712/pl_218_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6712/pl_218_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6713</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6713/pl_219_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6713/pl_219_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>6717</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6717/pl_220_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6717/pl_220_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6718</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6718/pl_221_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6718/pl_221_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6719</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6719/pl_222_-_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6719/pl_222_-_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 382.000,00 (trezentos e oitenta e dois mil reais)</t>
   </si>
   <si>
     <t>6720</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6720/pl_223_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6720/pl_223_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6721</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6721/pl_224_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6721/pl_224_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6722</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6722/pl_225_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6722/pl_225_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 705.000,00 (setecentos e cinco mil reais)</t>
   </si>
   <si>
     <t>6725</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6725/pl_226_-projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6725/pl_226_-projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6726</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6726/pl_227_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6726/pl_227_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6727</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6727/pl_228_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6727/pl_228_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 795.000,00 (setecentos e noventa e cinco mil reais)</t>
   </si>
   <si>
     <t>6728</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6728/pl_229_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6728/pl_229_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6729</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6729/pl_230_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6729/pl_230_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6730</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6730/pl_231_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6730/pl_231_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 58.739,92 (cinqüenta e oito mil setecentos e trinta e nove reais e noventa e dois centavos)</t>
   </si>
   <si>
     <t>6731</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6731/pl_232_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6731/pl_232_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6732</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6732/pl_233_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6732/pl_233_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6733</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6733/pl_234_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6733/pl_234_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 50.260,08 (cinqüenta mil duzentos e sessenta reais e oito centavos)</t>
   </si>
   <si>
     <t>6734</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6734/pl_235_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6734/pl_235_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6735</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6735/pl_236_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6735/pl_236_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6736</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6736/pl_237_-projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6736/pl_237_-projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 80.000,00 (oitenta mil reais)</t>
   </si>
   <si>
     <t>6766</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6766/01_oficio_no._190_2022_-_encaminhamento_ploe_xx_2022.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6766/01_oficio_no._190_2022_-_encaminhamento_ploe_xx_2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1.774, de 9 de outubro de 2019 e adota outras providências."</t>
   </si>
   <si>
     <t>6767</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6767/pl_239_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6767/pl_239_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6768</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6768/pl_240_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6768/pl_240_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6769</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6769/pl_241.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6769/pl_241.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 366.000,00 (trezentos e sessenta e seis mil reais)</t>
   </si>
   <si>
     <t>6770</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6770/pl_242_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6770/pl_242_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6771</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6771/pl_243_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6771/pl_243_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6772</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6772/pl_244_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6772/pl_244_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 415.000,00 (quatrocentos e quinze mil reais)</t>
   </si>
   <si>
     <t>6773</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6773/pl_245_-_declaracao_de_utilidade_publica__-_divina_providencia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6773/pl_245_-_declaracao_de_utilidade_publica__-_divina_providencia.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a Associação Nossa Senhora da Divina Providência.</t>
   </si>
   <si>
     <t>6774</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6774/pl_246_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6774/pl_246_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6775</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6775/pl_247_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6775/pl_247_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6776</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6776/pl_248_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6776/pl_248_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 175.000,00 (cento e setenta e cinco mil reais)</t>
   </si>
   <si>
     <t>6781</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6781/pl_249_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6781/pl_249_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6782</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6782/pl_250_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6782/pl_250_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6783</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6783/pl_251_-_projeto_de_lei__loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6783/pl_251_-_projeto_de_lei__loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na _x000D_
 importância de até 200.000,00 (duzentos mil reais)</t>
   </si>
   <si>
     <t>6784</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6784/pl_252_-_projeto_de_lei__-_ppa_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6784/pl_252_-_projeto_de_lei__-_ppa_-.pdf</t>
   </si>
   <si>
     <t>Altera a ação no Exercício/2022 ao Anexo da Lei Municipal nº 2.021/21 de 21/12/2021 que trata do Plano Plurianual para o Quadriênio 2022-2025 e dá outras providências</t>
   </si>
   <si>
     <t>6785</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6785/pl_253_-_projeto_de_lei__-_ldo_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6785/pl_253_-_projeto_de_lei__-_ldo_-.pdf</t>
   </si>
   <si>
     <t>6786</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6786/pl_254_-_projeto_de_lei__loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6786/pl_254_-_projeto_de_lei__loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na _x000D_
 importância de até 4.071.600,00 (quatro milhões e setenta e _x000D_
 um mil seiscentos reais)</t>
   </si>
   <si>
     <t>6787</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6787/pl_255_-_projeto_de_lei_-ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6787/pl_255_-_projeto_de_lei_-ppa.pdf</t>
   </si>
   <si>
     <t>6788</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6788/pl_256_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6788/pl_256_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6789</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6789/pl_257_-_projeto_de_lei__loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6789/pl_257_-_projeto_de_lei__loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até _x000D_
 600,00 (seiscentos reais)</t>
   </si>
   <si>
     <t>6790</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6790/pl_258_-_projeto_de_lei_-ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6790/pl_258_-_projeto_de_lei_-ppa.pdf</t>
   </si>
   <si>
     <t>6791</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6791/pl_259_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6791/pl_259_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6792</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6792/pl_260_-_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6792/pl_260_-_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 400.000,00 (quatrocentos mil reais)</t>
   </si>
   <si>
     <t>6795</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6795/pl_261_-projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6795/pl_261_-projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6796</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6796/pl_262_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6796/pl_262_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6797</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6797/pl_263_-_projeto_de_lei__loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6797/pl_263_-_projeto_de_lei__loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 300.000,00 (trezentos mil reais)</t>
   </si>
   <si>
     <t>6798</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6798/pl_264_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6798/pl_264_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6799</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6799/pl_265_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6799/pl_265_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6800</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6800/pl_266_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6800/pl_266_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 235.000,00 (duzentos e trinta e cinco mil reais)</t>
   </si>
   <si>
     <t>6801</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6801/pl_267_-_projeto_de_lei_-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6801/pl_267_-_projeto_de_lei_-_ppa.pdf</t>
   </si>
   <si>
     <t>6802</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6802/pl_268_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6802/pl_268_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6803</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6803/pl_269_-_projeto_de_lei__loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6803/pl_269_-_projeto_de_lei__loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 75.000,00 (setenta e cinco mil reais)</t>
   </si>
   <si>
     <t>6804</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6804/pl_270_-_projeto_de_lei__-_ppa_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6804/pl_270_-_projeto_de_lei__-_ppa_-.pdf</t>
   </si>
   <si>
     <t>6805</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6805/pl_271_-_projeto_de_lei__-_ldo_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6805/pl_271_-_projeto_de_lei__-_ldo_-.pdf</t>
   </si>
   <si>
     <t>6806</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6806/pl_272_-_projeto_de_lei__loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6806/pl_272_-_projeto_de_lei__loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 428.810,00 (quatrocentos e vinte e oito mil oitocentos e dez reais)</t>
   </si>
   <si>
     <t>6807</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6807/pl_273_-_projeto_de_lei__-_ppa_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6807/pl_273_-_projeto_de_lei__-_ppa_-.pdf</t>
   </si>
   <si>
     <t>6808</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6808/pl_274_-_projeto_de_lei__-_ldo_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6808/pl_274_-_projeto_de_lei__-_ldo_-.pdf</t>
   </si>
   <si>
     <t>6809</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6809/pl_275_-_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6809/pl_275_-_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na _x000D_
 importância de até 115.215,00 (cento e quinze mil duzentos e _x000D_
 quinze reais)</t>
   </si>
   <si>
     <t>6823</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6823/pl_276_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6823/pl_276_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6824</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6824/pl_277_-_projeto_de_lei__-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6824/pl_277_-_projeto_de_lei__-_ldo.pdf</t>
   </si>
   <si>
     <t>6825</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6825/pl_278_-_projeto_de_lei_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6825/pl_278_-_projeto_de_lei_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 625.000,00 (seiscentos e vinte e cinco mil reais)</t>
   </si>
   <si>
     <t>6875</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6875/pl_279_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6875/pl_279_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6876</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6876/pl_280_-_projeto_de_lei__-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6876/pl_280_-_projeto_de_lei__-_ldo.pdf</t>
   </si>
   <si>
     <t>6877</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6877/pl_281_-_projeto_de_lei___loa_87.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6877/pl_281_-_projeto_de_lei___loa_87.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até _x000D_
 150.000,00 (cento e cinqüenta mil reais)</t>
   </si>
   <si>
     <t>6878</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6878/pl_282_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6878/pl_282_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6879</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6879/pl_283_-_projeto_de_lei__-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6879/pl_283_-_projeto_de_lei__-_ldo.pdf</t>
   </si>
   <si>
     <t>6880</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6880/pl_284_-_projeto_de_lei__loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6880/pl_284_-_projeto_de_lei__loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na _x000D_
 importância de até 135.000,00 (cento e trinta e cinco mil _x000D_
 reais)</t>
   </si>
   <si>
     <t>6881</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6881/pl_285_-_projeto_de_lei__-_ppa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6881/pl_285_-_projeto_de_lei__-_ppa.pdf</t>
   </si>
   <si>
     <t>6882</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6882/pl_286_-_projeto_de_lei_-_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6882/pl_286_-_projeto_de_lei_-_ldo.pdf</t>
   </si>
   <si>
     <t>6883</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6883/pl_287_-_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6883/pl_287_-_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 596,98 (quinhentos e noventa e seis reais e noventa e oito centavos)</t>
   </si>
   <si>
     <t>6116</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6116/projeto_de_lei_no_01_2022_-_reposicao_servidores_legislativo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6116/projeto_de_lei_no_01_2022_-_reposicao_servidores_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede reposição salarial e aumento real a todos os servidores ativos, inativos e ocupantes de cargos de provimento em comissão do Poder Legislativo de Cambará e dá outras providências.</t>
   </si>
   <si>
     <t>6117</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6117/projeto_de_lei_no_02_2022_-_revisao_geral_anual_vereadores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6117/projeto_de_lei_no_02_2022_-_revisao_geral_anual_vereadores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual do subsídio dos Vereadores do Poder Legislativo de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>6118</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6118/projeto_de_lei_no_03_2022_-_revisao_geral_anual_prefeito_e_vice.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6118/projeto_de_lei_no_03_2022_-_revisao_geral_anual_prefeito_e_vice.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual do subsídio do Prefeito e do Vice-Prefeito do Município de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>6119</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6119/projeto_de_lei_no_04_2022_-_refixa_o_subsidio_do_secretarios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6119/projeto_de_lei_no_04_2022_-_refixa_o_subsidio_do_secretarios.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a refixação do subsídio dos Secretários Municipais de Cambará, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>6120</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6120/projeto_de_lei_no_05_2022_-_auxilio-alimentacao_alteracao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6120/projeto_de_lei_no_05_2022_-_auxilio-alimentacao_alteracao.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 1.602, de 14 de abril de 2015, que “Institui no âmbito da Câmara Municipal de Cambará auxílio-alimentação para os servidores ativos, conforme especifica”, e suas posteriores alterações.</t>
   </si>
   <si>
     <t>6123</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6123/projeto_de_lei_no_06_2022_-_denomina_predio_da_camara_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6123/projeto_de_lei_no_06_2022_-_denomina_predio_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao prédio da Câmara Municipal de Cambará.</t>
   </si>
   <si>
     <t>6124</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6124/projeto_de_lei_no_07_2022_-_compostagem_podas_de_arvores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6124/projeto_de_lei_no_07_2022_-_compostagem_podas_de_arvores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o destino dos resíduos da poda e do corte de árvores no Município de Cambará/PR.</t>
   </si>
   <si>
     <t>6125</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6125/projeto_de_lei_no_08_2022_-_programa_de_recolhimento_e_reciclagem_do_oleo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6125/projeto_de_lei_no_08_2022_-_programa_de_recolhimento_e_reciclagem_do_oleo.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Municipal de Coleta e Reciclagem de Óleos e Gorduras usadas de origem vegetal ou animal de uso culinário e seus resíduos no município de Cambará/PR.</t>
   </si>
   <si>
     <t>6126</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6126/projeto_de_lei_no_09_2022_-_semana_municipal_disfagia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6126/projeto_de_lei_no_09_2022_-_semana_municipal_disfagia.pdf</t>
   </si>
   <si>
     <t>Institui, no Calendário Oficial do Município de Cambará, a Semana Municipal de Atenção à Disfagia</t>
   </si>
   <si>
     <t>6146</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6146/projeto_de_lei_no_10_2022_-_dia_passagem_principe_gales.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6146/projeto_de_lei_no_10_2022_-_dia_passagem_principe_gales.pdf</t>
   </si>
   <si>
     <t>Reconhece o dia 31 (trinta e um) de março de cada ano como a data em que se celebra a passagem histórica do Príncipe de Gales pela cidade de Cambará-PR.</t>
   </si>
   <si>
     <t>6243</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6243/projeto_de_lei_no_11_2022_-banco_de_materiais_ortopedicos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6243/projeto_de_lei_no_11_2022_-banco_de_materiais_ortopedicos.pdf</t>
   </si>
   <si>
     <t>Cria o Banco Municipal de Doações de Materiais Ortopédicos do Município de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>6242</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6242/projeto_de_lei_no_12_2022_-_aplicacao_mchat_-_tea.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6242/projeto_de_lei_no_12_2022_-_aplicacao_mchat_-_tea.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de aplicação do Questionário M-CHAT como instrumento de vigilância e rastreamento precoce do Transtorno do Espectro do Autismo (TEA) nas Unidades Públicas de Saúde e Educação do Município de Cambará, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>6430</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6430/projeto_de_lei_no_13_2022_-_declaracao_de_utilidade_publica_reciclam.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6430/projeto_de_lei_no_13_2022_-_declaracao_de_utilidade_publica_reciclam.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a Cooperativa dos Catadores de Materiais Recicláveis de Cambará - RECICLAM.</t>
   </si>
   <si>
     <t>6431</t>
   </si>
   <si>
     <t>Geraldinho PHN, Junior Olivato, Márcio Albertini, Rogérinho do Karatê, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6431/projeto_de_lei_no_14_2022_-_denomina_ruas_residencial_bela_toscana.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6431/projeto_de_lei_no_14_2022_-_denomina_ruas_residencial_bela_toscana.pdf</t>
   </si>
   <si>
     <t>Denomina Ruas do Loteamento denominado Residencial San Francisco II, localizado no Bairro Irmãos Francisco.</t>
   </si>
   <si>
     <t>6432</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6432/projeto_de_lei_no_15_2022_-_denomina_rua_c_distrito_industrial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6432/projeto_de_lei_no_15_2022_-_denomina_rua_c_distrito_industrial.pdf</t>
   </si>
   <si>
     <t>Denomina de Arvis Lobo de Carvalho a Rua C localizada no Distrito Industrial João Torneiro, no Município de Cambará/PR.</t>
   </si>
   <si>
     <t>6491</t>
   </si>
   <si>
     <t>Junior Olivato, Karen Dadona</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6491/projeto_de_lei_no_16_2022_-_denomina_ruas_residencial_bella_toscana.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6491/projeto_de_lei_no_16_2022_-_denomina_ruas_residencial_bella_toscana.pdf</t>
   </si>
   <si>
     <t>Denomina Ruas do Loteamento denominado Residencial Bella Toscana, localizado no Bairro Santa Hercília.</t>
   </si>
   <si>
     <t>6495</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6495/projeto_de_lei_no_17_2022_-_declaracao_de_utilidade_publica_projeto_cambara.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6495/projeto_de_lei_no_17_2022_-_declaracao_de_utilidade_publica_projeto_cambara.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a Associação Projeto Cambará-PR.</t>
   </si>
   <si>
     <t>6497</t>
   </si>
   <si>
     <t>João Mattar, Karen Dadona</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6497/projeto_de_lei_no_18_2022_-_denomina_ruas_ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6497/projeto_de_lei_no_18_2022_-_denomina_ruas_ignez_panichi.pdf</t>
   </si>
   <si>
     <t>Denomina Ruas do Bairro Ignêz Panichi Hamzé.</t>
   </si>
   <si>
     <t>6498</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6498/projeto_de_lei_no_19_2022_-_cavalgada.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6498/projeto_de_lei_no_19_2022_-_cavalgada.pdf</t>
   </si>
   <si>
     <t>Institui a “Cavalgada da Independência” no calendário oficial de eventos do Município de Cambará e dá outras providências.</t>
   </si>
   <si>
     <t>6499</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6499/projeto_de_lei_no_20_2022_-_vitamina_d.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6499/projeto_de_lei_no_20_2022_-_vitamina_d.pdf</t>
   </si>
   <si>
     <t>Inclui a dosagem de vitamina "D" no protocolo dos exames de rotina, solicitados nas unidades de saúde do Município.</t>
   </si>
   <si>
     <t>6500</t>
   </si>
   <si>
     <t>Márcio Albertini, Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6500/projeto_de_lei_no_21_2022_-_denomina_ruas_bella_toscana.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6500/projeto_de_lei_no_21_2022_-_denomina_ruas_bella_toscana.pdf</t>
   </si>
   <si>
     <t>Revoga dispositivo da Lei Municipal nº. 2.129, de 7 de junho de 2022 e denomina Ruas do Loteamento denominado Residencial Bella Toscana, localizado no Bairro Santa Hercília, no Município de Cambará.</t>
   </si>
   <si>
     <t>6592</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6592/projeto_de_lei_no_22_2022_-banco_de_materiais_ortopedicos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6592/projeto_de_lei_no_22_2022_-banco_de_materiais_ortopedicos.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 2.062, de 19 de abril de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>6673</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6673/projeto_de_lei_no_23_2022_-_cavalgada.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6673/projeto_de_lei_no_23_2022_-_cavalgada.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia da Cavalgada” no calendário oficial de eventos do Município de Cambará e dá outras providências.</t>
   </si>
   <si>
     <t>6701</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6701/projeto_de_lei_no_24_2022_-_denomina_praca_no_entorno_da_igreja_sao_benedito.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6701/projeto_de_lei_no_24_2022_-_denomina_praca_no_entorno_da_igreja_sao_benedito.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça no entorno da Igreja São Benedito.</t>
   </si>
   <si>
     <t>6777</t>
   </si>
   <si>
     <t>Junior Olivato</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6777/projeto_de_lei_no_25_2022_-_denomina_rua_projetada_santa_maria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6777/projeto_de_lei_no_25_2022_-_denomina_rua_projetada_santa_maria.pdf</t>
   </si>
   <si>
     <t>Denomina de Benedito Pedro Osório a Rua Projetada 01, do Bairro Santa Maria, no Município de Cambará/PR.</t>
   </si>
   <si>
     <t>6778</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6778/projeto_de_lei_no_26_2022_-_agosto_lilas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6778/projeto_de_lei_no_26_2022_-_agosto_lilas.pdf</t>
   </si>
   <si>
     <t>Institui, no Calendário Oficial do Município de Cambará, o “Agosto Lilás”, com o objetivo de conscientizar a população sobre a violência doméstica e suas espécies.</t>
   </si>
   <si>
     <t>6794</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6794/projeto_de_lei_no_27_2022_-_cao_comunitario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6794/projeto_de_lei_no_27_2022_-_cao_comunitario.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Cão comunitário e estabelece normas para seu atendimento no Município de Cambará.</t>
   </si>
   <si>
     <t>6144</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6144/projeto_de_resolucao_01_2022_altera_consignado_camara.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6144/projeto_de_resolucao_01_2022_altera_consignado_camara.pdf</t>
   </si>
   <si>
     <t>Altera os arts. 2º e 3º da Resolução nº 02, de 06 de julho de 2021, da Câmara Municipal de Cambará, que “autoriza a consignação em folha de pagamento para os servidores efetivos, comissionados e agentes políticos da Câmara Municipal de Cambará, Estado do Paraná”.</t>
   </si>
   <si>
     <t>6596</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6596/projeto_de_resolucao_02_2022_proposta_orcamento_parcial_2023.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6596/projeto_de_resolucao_02_2022_proposta_orcamento_parcial_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proposta parcial do Orçamento da Câmara Municipal de Cambará para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>6595</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6595/projeto_de_resolucao_03_2022_nova_proposta_orcamento_parcial_2023.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6595/projeto_de_resolucao_03_2022_nova_proposta_orcamento_parcial_2023.pdf</t>
   </si>
   <si>
     <t>Revoga integralmente a Resolução nº 02/2022 e dispõe sobre nova proposta parcial do Orçamento da Câmara Municipal de Cambará para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>6127</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6127/proposta_de_emenda_a_lei_organica_no_01-2022_orcamento_impositivo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6127/proposta_de_emenda_a_lei_organica_no_01-2022_orcamento_impositivo.pdf</t>
   </si>
   <si>
     <t>Acrescenta à Lei Orgânica Municipal o art. 124-A, criando o orçamento impositivo no âmbito do Município de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>6128</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6128/prot._004_req_001_informacoes_ponte_vila_aurora.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6128/prot._004_req_001_informacoes_ponte_vila_aurora.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Qual o valor gasto na construção da ponte de madeira do bairro Vila Aurora?_x000D_
 •	Estão sendo realizados estudos para construção de uma ponte mais segura no local, como por exemplo de concreto? Em caso positivo que informem uma previsão para a conclusão destes estudos, e em caso negativo solicita-se que o façam devido à necessidade ali existente.</t>
   </si>
   <si>
     <t>6129</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6129/prot._005_req_002_informacoes_hospital_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6129/prot._005_req_002_informacoes_hospital_municipal.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se houve repasse do Governo Federal e do Governo Estadual para reforma do prédio do Hospital Municipal? _x000D_
 •	Que informe os valores aplicados na reforma advindos de todas as esferas do Governo (Federal, Estadual e Municipal);_x000D_
 •	Que encaminhem cópia de todos os Termos Aditivos referentes à prazos e valores das obras do Hospital Municipal desde o início até a data de protocolo deste.</t>
   </si>
   <si>
     <t>6130</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6130/prot._009_req_003_informacoes_estrategia_defasagem_escolas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6130/prot._009_req_003_informacoes_estrategia_defasagem_escolas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais estratégias o município irá adotar com relação a defasagem de servidores que há nas escolas, principalmente com relação aos serviços gerais?</t>
   </si>
   <si>
     <t>6131</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6131/prot._010_req_004_informacoes_aquisicao_tubos_de_drenagem.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6131/prot._010_req_004_informacoes_aquisicao_tubos_de_drenagem.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município deu entrada em parceria junto ao Governo do Estado para aquisição de tubos de drenagem através de convênio com o IAT? Em caso positivo que encaminhe os documentos comprobatórios deste convênio, e em caso negativo que informem o motivo de não o terem realizado.</t>
   </si>
   <si>
     <t>6132</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6132/prot._018_req_005_informacoes_cronograma_e_mapeamento_melhorias_estradas_rurais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6132/prot._018_req_005_informacoes_cronograma_e_mapeamento_melhorias_estradas_rurais.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há um cronograma e se foi realizado um mapeamento para recuperação/manutenção das estradas rurais do município? Em caso positivo que encaminhem cópia contendo o local (bairro) e o mês previsto para a realização das melhorias, já em caso negativo solicita-se que elaborem estratégias neste sentido visando as melhorias antes do período chuvoso e das colheitas.</t>
   </si>
   <si>
     <t>6133</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6133/prot._021_req_006_informacoes_projetos_ambientais_adesao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6133/prot._021_req_006_informacoes_projetos_ambientais_adesao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há estratégias no município para parcerias junto ao Estado visando a adesão aos Projetos Ambientais com recursos do acordo com a Petrobras.</t>
   </si>
   <si>
     <t>6134</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6134/prot._024_req_007_informacoes_adesao_vacina_criancas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6134/prot._024_req_007_informacoes_adesao_vacina_criancas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Como tem sido a adesão à vacinação contra COVID-19 das crianças no município? _x000D_
 •	Qual o percentual já vacinado entre 05 e 11 anos?_x000D_
 •	O município adotou alguma estratégia para atraí-los à vacinação, tais como: Brindes, sorteios, fantasias, dentre outras? Em caso negativo que sejam elaboradas medidas nesse sentido.</t>
   </si>
   <si>
     <t>6135</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6135/prot._027_req_008_cisnorpi_informacoes_fisioterapia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6135/prot._027_req_008_cisnorpi_informacoes_fisioterapia.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Presidente do Consórcio Público Intermunicipal de Saúde do Norte Pioneiro (CISNORPI), senhor Marcelo Palhares, para que este determine ao setor competente, que, dentro do prazo legal (15 dias), informem a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais os municípios que realizaram credenciamento com clínicas de fisioterapia? Qual o valor pago, em média, pelas sessões?_x000D_
 •	Como foi realizado esse credenciamento?_x000D_
 •	O município de Cambará realizou esse credenciamento? Qual o valor que o município irá pagar por sessão?</t>
   </si>
   <si>
     <t>6136</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6136/prot._028_req_009_informacoes_verbas_hospital_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6136/prot._028_req_009_informacoes_verbas_hospital_municipal.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	O município recebe, ainda, verbas advindas do Governo Federal e/ou estadual, referente a Programas, destinados ao Hospital Municipal?</t>
   </si>
   <si>
     <t>6137</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6137/prot._030_req_010_informacoes_fundeb.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6137/prot._030_req_010_informacoes_fundeb.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Há saldo remanescente do FUNDEB? Em caso positivo que informe que finalidade será dada a este valor.</t>
   </si>
   <si>
     <t>6138</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6138/prot._034_req_011_informacoes_exames_cancer.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6138/prot._034_req_011_informacoes_exames_cancer.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há represálias, do ano de 2021, de exames preventivos ao câncer de mama e câncer de próstata, tais como: mamografias, ultrassom de mama, exames de sangue, dentre outros. _x000D_
 •	Em caso positivo que informe o tipo e o quantitativo de exames represados.</t>
   </si>
   <si>
     <t>6139</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6139/prot._035_req_012_informacoes_estrategias_e_casos_dengue.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6139/prot._035_req_012_informacoes_estrategias_e_casos_dengue.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quantitativo de munícipes com dengue;_x000D_
 •	Em ordem decrescente, quais são os bairros do município que apresentam maior quantitativo de focos de dengue, com respectivos números de casos; _x000D_
 •	Quais estratégias foram elaboradas e quais medidas estão sendo tomadas para prevenção ao avanço de casos no município?_x000D_
 •	Se há a possibilidade de à Vigilância Sanitária emitir diariamente boletim epidemiológico de monitoramento dos casos de dengue no município, publicando-o no Portal da Transparência do Executivo Municipal e nas redes sociais.</t>
   </si>
   <si>
     <t>6140</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6140/prot._036_req_013_informacoes_tac_creches.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6140/prot._036_req_013_informacoes_tac_creches.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Qual a demanda de vagas existentes no município para crianças de 0 a 3 anos nos Centros Municipais de Educação Infantil (CMEI) no município? Que encaminhem o quantitativo de crianças aguardando vagas e as respectivas idades;_x000D_
 •	Qual o motivo da demora para o retorno das aulas para crianças de 0 a 3 anos?_x000D_
 •	Quais estratégias serão adotadas pelo município para suprir a necessidade de vagas nos Centros Municipais de Educação Infantil (CMEI) para atender crianças de 0 a 3 anos, especificando quais são as medidas a curto, médio e lon</t>
   </si>
   <si>
     <t>6141</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6141/prot._037_req_014_informacoes_licitacao_leite.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6141/prot._037_req_014_informacoes_licitacao_leite.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Qual a previsão para que o Executivo realize a aquisição de leites (fórmula infantil e suplemento alimentar) e normalize a situação da entrega aos munícipes que fazem jus?_x000D_
 •	O município possui estratégias para aquisição de leite (fórmula infantil e suplemento alimentar), enquanto o Processo Licitatório de Registro de Preços encontra-se em curso e a aquisição efetiva não ocorre, tais como: Termos aditivos em contratos anteriores pelo tempo necessário; Contratação direta; Compra por meio do Regime de Adiantamento, dentre outras?</t>
   </si>
   <si>
     <t>6142</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6142/prot._041_req_015_informacoes_reforma_praca_dr._miguel_dinizo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6142/prot._041_req_015_informacoes_reforma_praca_dr._miguel_dinizo.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há projetos de melhorias e/ou reformas para ocorrerem na Praça Doutor Miguel Dinizo neste ano? Em caso positivo que encaminhem as propostas pretendidas para o local. Em caso negativo que insiram essa melhoria/reforma no rol de prioridades de execução.</t>
   </si>
   <si>
     <t>6143</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6143/prot._043_req_016_informacoes_concurso_e_cargos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6143/prot._043_req_016_informacoes_concurso_e_cargos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Há previsão para a realização de um novo Concurso Público no município? Em caso positivo que apresente detalhes. _x000D_
 •	Qual a previsão de retorno dos cargos extintos no ano de 2021, por meio de Projeto de Lei, para o rol dos cargos públicos?</t>
   </si>
   <si>
     <t>6169</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6169/prot._051_req_017_informacoes_vigilancia_sanitaria_mau_odor_analise.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6169/prot._051_req_017_informacoes_vigilancia_sanitaria_mau_odor_analise.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Após análise pela Vigilância Sanitária que encaminhem relatório sobre o que tem ocasionado mau odor nas proximidades da Avenida Deputado José Afonso e Avenida Tsuneto Matsubara;_x000D_
 •	Que relatem, como sugestão, as providências que podem ser tomadas para que esse problema seja sanado.</t>
   </si>
   <si>
     <t>6170</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6170/prot._057_req_018_informacoes_kits_de_acessibilidade_alunos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6170/prot._057_req_018_informacoes_kits_de_acessibilidade_alunos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município disponibiliza kits de acessibilidade aos alunos com deficiência.</t>
   </si>
   <si>
     <t>6171</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6171/prot._058_req_019_informacoes_estrategia_saude_jovens.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6171/prot._058_req_019_informacoes_estrategia_saude_jovens.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais são as estratégias adotadas pelo município, que estão sendo colocadas em prática, acerca de políticas públicas relacionadas à saúde dos jovens e dos adolescentes na Atenção Primária.</t>
   </si>
   <si>
     <t>6172</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6172/prot._065_req_020_informacoes_ambulantes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6172/prot._065_req_020_informacoes_ambulantes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 - Relação contendo todos os vendedores ambulantes que estão licenciados no município;_x000D_
 - Que informem como são realizadas as fiscalizações dos ambulantes que estão em dia com as taxas, nos termos do artigo 100 e seguintes do Código de Posturas; _x000D_
 - Sugere-se, ainda, que sejam instaladas placas, em pontos estratégicos do município, indicando que o comércio ambulante só é permitido com a licença e o pagamento de taxa, sob pena de imediata remoção do mesmo em caso de descumprimento.</t>
   </si>
   <si>
     <t>6173</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6173/prot._067_req_021_informacoes_duodecimo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6173/prot._067_req_021_informacoes_duodecimo.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	O duodécimo devolvido ao final do ano de 2021 pela Câmara Municipal ao Executivo, sendo R$ 756.610,73 (setecentos e cinquenta e seis mil, seiscentos e dez reais e setenta e três centavos) já foi investido/aplicado em algo? Em caso positivo que informem o valor e o local da aplicação. Em caso negativo que informem o planejamento que estão realizando quanto à essa aplicação.</t>
   </si>
   <si>
     <t>6233</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6233/prot._068_req_022_informacoes_repasse_icms.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6233/prot._068_req_022_informacoes_repasse_icms.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município de Cambará fará jus aos repasses de ICMS do Estado referente ao denominado ICMS Ecológico, desenvolvido pelo órgão ambiental estadual (IAT)? Em caso positivo que encaminhe simulação do valor do repasse. Em caso negativo que informe o motivo do município não receber tais valores.</t>
   </si>
   <si>
     <t>6234</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6234/prot._073_req_023_informacoes_aulas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6234/prot._073_req_023_informacoes_aulas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se alguma escola pública do município ficou sem aulas no mês de fevereiro. Em caso positivo que informe quais escolas, quantos dias os alunos ficaram sem aulas, especificando o período, e o motivo que levou à esta interrupção. _x000D_
 •	Há planejamento existente para evitar interrupção das aulas por motivos semelhantes futuramente? Em caso positivo que informem os procedimentos a serem adotados.</t>
   </si>
   <si>
     <t>6235</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6235/prot._074_req_024_informacoes_ultrassom_sao_lucas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6235/prot._074_req_024_informacoes_ultrassom_sao_lucas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	O aparelho de ultrassom do município, localizado no São Lucas, encontra-se em devido funcionamento?_x000D_
 •	O mesmo esteve quebrado neste ano, tendo os pacientes que realizarem exames em cidades vizinhas? Em caso positivo, em qual período o mesmo não esteve em funcionamento, especificando a data em que o mesmo quebrou e a data de reparo. _x000D_
 •	Caso ainda não esteja em funcionamento que informe o prazo previsto para os devidos consertos.</t>
   </si>
   <si>
     <t>6236</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6236/prot._076_req_025_informacoes_fluxo_neurocirurgiao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6236/prot._076_req_025_informacoes_fluxo_neurocirurgiao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Qual o fluxo de pacientes do município que aguardam por consultas e/ou cirurgias com neurocirurgiões?</t>
   </si>
   <si>
     <t>6237</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6237/prot._077_req_026_informacoes_cisnorpi_fluxo_neurocirurgiao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6237/prot._077_req_026_informacoes_cisnorpi_fluxo_neurocirurgiao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Presidente do Consórcio Público Intermunicipal de Saúde do Norte Pioneiro (CISNORPI), senhor Marcelo Palhares, para que este determine ao setor competente, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais são os procedimentos adotados pelo CISNORPI para indicar os pacientes que necessitam para consultas e/ou cirurgias com neurocirurgiões? Que apresentem o fluxo que se aplica neste caso.</t>
   </si>
   <si>
     <t>6238</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6238/prot._080_req_027_informacoes_rua_apae.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6238/prot._080_req_027_informacoes_rua_apae.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Há uma “rua” localizada entre a APAE e as residências do Conjunto Pinheiro, de quem é a responsabilidade por este trecho?_x000D_
 •	Que neste local sejam tomadas as providências devidas para notificação do proprietário ou a limpeza imediata.</t>
   </si>
   <si>
     <t>6239</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6239/prot._082_req_029_informacoes_transporte_crianca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6239/prot._082_req_029_informacoes_transporte_crianca.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Que sejam apurados e encaminhados à esta Casa de Leis os fatos ocorridos no dia 26 de fevereiro de 2022 com relação ao envio de uma ambulância para buscar uma criança na cidade de Londrina, tendo em vista que o mesmo recebeu alta às 22h30min, a ambulância saiu do município às 23h28min e chegou em Londrina apenas às 04h30min. _x000D_
 - Quais providências serão tomadas para que situações semelhantes de esperas por longos períodos não venham a ocorrer desta forma, principalmente com crianças?</t>
   </si>
   <si>
     <t>6240</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6240/prot._087_req_030_informacoes_nucleo_de_educacao_aulas_noturno.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6240/prot._087_req_030_informacoes_nucleo_de_educacao_aulas_noturno.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Núcleo Regional de Educação de Jacarezinho, para que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivos pelos quais não estão tendo aulas para Ensino Médio no período noturno nas Escolas Estaduais do município.</t>
   </si>
   <si>
     <t>6273</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6273/prot._090_req_032_informacoes_ultrassom.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6273/prot._090_req_032_informacoes_ultrassom.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quantos aparelhos de ultrassonografia estão em funcionamento no município?_x000D_
 •	Quantos médicos atuam nos exames de ultrassom no município? Que indique o nome desses profissionais. _x000D_
 •	Há fila de espera para realização de ultrassom no município? Em caso positivo que informe quantidade de pessoas na fila e tempo médio de espera para realização dos exames.</t>
   </si>
   <si>
     <t>6274</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6274/prot._096_req_033_informacoes_depen_retirada_veiculos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6274/prot._096_req_033_informacoes_depen_retirada_veiculos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Departamento Penitenciário do Estado do Paraná (DEPEN-PR) para que que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há previsão para retirada dos veículos que se encontram localizados em frente à Delegacia de Polícia no município, inclusive às margens da BR369. Em caso positivo que informem qual o prazo previsto para este fim, e em caso negativo solicita-se que realizem estudos e providenciem a retirada necessária.</t>
   </si>
   <si>
     <t>6275</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6275/prot._105_req_034_informacoes_sala_tomografo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6275/prot._105_req_034_informacoes_sala_tomografo.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se no Hospital Municipal já há uma sala adequada para instalação do aparelho de tomografia, a qual atenda ANVISA. _x000D_
 Em caso positivo que sejam encaminhadas fotos da mencionada sala e dados de suas especificações. Em caso negativo que sejam tomadas providências para já adequar um local para este fim.</t>
   </si>
   <si>
     <t>6276</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6276/prot._107_req_035_informacoes_nucleo_de_educacao_uniformes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6276/prot._107_req_035_informacoes_nucleo_de_educacao_uniformes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Núcleo Regional de Educação de Jacarezinho, para que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Serão entregues uniformes aos alunos do Colégio Estadual Cívico-Militar Doutor Generoso Marques? Em caso positivo, qual a previsão para que ocorra tal entrega?</t>
   </si>
   <si>
     <t>6277</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6277/prot._109_req_036_informacoes_terceirizados.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6277/prot._109_req_036_informacoes_terceirizados.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	A contratação de funcionários terceirizados pelo município já ocorreu? Em caso positivo que informe quantas pessoas foram contratadas para cada função, o valor do salário que será pago para cada um e o valor do vale-alimentação que farão jus.</t>
   </si>
   <si>
     <t>6278</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6278/prot._119_req_037_cisnop_telefone_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6278/prot._119_req_037_cisnop_telefone_samu.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, os vereadores que abaixo subscrevem, requerem a Vossa Excelência, que se digne a enviar ofício ao CISNOP (Consórcio Intermunicipal de Saúde do Norte do Paraná), para que este solicite a empresa OZZ, a qual presta o serviço de atendimento do SAMU na Regional de Saúde de Jacarezinho, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivo pelo qual as ligações feitas pelos munícipes são atendidas pela central em Cornélio Procópio;_x000D_
 •	Há a possibilidade das ligações ao SAMU serem atendidas dentro do próprio município? Em caso positivo que informem as providências a serem tomadas para este fim, e em caso negativo que busquem um meio das ligações serem atendidas no município que originou a chamada, visando agilidade no serviço prestado.</t>
   </si>
   <si>
     <t>6279</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6279/prot._120_req_038_governo_federal_inss.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6279/prot._120_req_038_governo_federal_inss.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, os vereadores que abaixo subscrevem, requerem a Vossa Excelência, que se digne a enviar ofício Presidente do Instituto Nacional de Previdência Social (INSS), senhor José Carlos Oliveira, que determine ao setor responsável, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivo pelo qual a Agência do INSS localizada no município de Cambará/PR encontra-se fechada;_x000D_
 •	O que é necessário para a reabertura do local e atendimento da população;_x000D_
 •	Se há previsão para reabertura. Em caso positivo que informe o prazo, em caso negativo que sejam tomadas as providências necessárias para este fim.</t>
   </si>
   <si>
     <t>6280</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6280/prot._121_req_039_cisnop_ambulancia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6280/prot._121_req_039_cisnop_ambulancia.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, os vereadores que abaixo subscrevem, requerem a Vossa Excelência, que se digne a enviar ofício ao CISNOP (Consórcio Intermunicipal de Saúde do Norte do Paraná), para que este solicite a empresa OZZ, a qual presta o serviço de atendimento do SAMU na Regional de Saúde de Jacarezinho, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivos pelos quais não utilizaram a ambulância disponibilizada pelo município de Cambará para atendimento do SAMU na cidade, tendo em vista que o veículo a ele pertencente encontrava-se em oficina mecânica.</t>
   </si>
   <si>
     <t>6281</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6281/prot._128_req_041_informacoes_progressao_e_promocao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6281/prot._128_req_041_informacoes_progressao_e_promocao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há previsão para abertura de edital e, posteriormente, pagamento da Progressão e da Promoção aos servidores públicos municipais que fazem jus, conforme Plano de Carreira. _x000D_
 - Em caso positivo que encaminhe cópia do cronograma, contendo a previsão com possíveis prazos e datas;_x000D_
 - Em caso negativo que tomem as providências e deem agilidade a tal questão.</t>
   </si>
   <si>
     <t>6282</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6282/prot._131_req_042_informacoes_parques_infantis_bairros.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6282/prot._131_req_042_informacoes_parques_infantis_bairros.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, a vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há previsão para instalação de parques infantis nas seguintes localidades: Bairro São Francisco, Conjunto Irmã Paulina e Bairro Estação?_x000D_
 - Em caso positivo que encaminhem cronograma com as datas previstas para tais instalações de demais informações relevantes;_x000D_
 - Em caso negativo que sejam tomadas providências, de forma ágil, para que ocorra a instalação nestes pontos, os quais necessitam.</t>
   </si>
   <si>
     <t>6283</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6283/prot._132_req_043_cisnop_salario_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6283/prot._132_req_043_cisnop_salario_samu.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, os vereadores que abaixo subscrevem, requerem a Vossa Excelência, que se digne a enviar ofício ao CISNOP (Consórcio Intermunicipal de Saúde do Norte do Paraná), para que este solicite a empresa OZZ, a qual presta o serviço de atendimento do SAMU na Regional de Saúde de Jacarezinho, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivos pelos quais o pagamento dos salários dos funcionários do SAMU do município de Cambará encontra-se em atraso;_x000D_
 •	Se há uma previsão para que efetuem o pagamento devido. Em caso positivo que informem e em caso negativo que sejam tomadas providências urgentes para regularizar folha salarial;_x000D_
 •	Medidas que pretendem tomar para que tal problema não volte a ocorrer.</t>
   </si>
   <si>
     <t>6284</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6284/prot._133_req_044_fase_area_industrial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6284/prot._133_req_044_fase_area_industrial.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, os vereadores que abaixo subscrevem, requerem a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Em qual fase se encontra o andamento do Distrito Industrial Benedito Menossi?_x000D_
 - Caso haja um cronograma com previsão de prazos para conclusão, que encaminhem cópia à esta Casa de Leis.</t>
   </si>
   <si>
     <t>6285</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6285/prot._136_req_045_informacoes_caixa_dagua.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6285/prot._136_req_045_informacoes_caixa_dagua.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há no município levantamento sobre o número de residências e pontos comerciais que possuem caixas d’água sem tampa._x000D_
 - Em caso positivo que encaminhe cópia à esta Casa de Leis;_x000D_
 - Em caso negativo solicita-se que o mesmo seja realizado. _x000D_
 * Que após levantamento em mãos o município busque realizar parcerias junto ao Governo do Estado e/ou SANEPAR para a troca destas caixas d’água.</t>
   </si>
   <si>
     <t>6319</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6319/prot._137_req_046_informacoes_posto_de_saude_centro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6319/prot._137_req_046_informacoes_posto_de_saude_centro.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há previsão para reabertura do Posto de Saúde do Centro? Em caso positivo que informe qual o cronograma para este fim;_x000D_
 •	Os usuários do Posto de Saúde do Centro, atualmente, são atendidos em qual Posto de Saúde? Solicita-se que realizem a divulgação desta informação por meio das redes sociais e afixação de cartazes em pontos estratégicos para ciência dos munícipes.</t>
   </si>
   <si>
     <t>6320</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6320/prot._140_req_047_informacoes_atendimentos_postos_de_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6320/prot._140_req_047_informacoes_atendimentos_postos_de_saude.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Como ocorrerem os atendimentos dos pacientes nos Postos de Saúde do município?_x000D_
 - Há quantitativo máximo de munícipes que são atendidos por período (manhã e tarde)?_x000D_
 - Motivo pelo qual um paciente ao buscar o Posto de Saúde Central e passar pela triagem, onde foi constatada pressão alta (19x13), foi dispensado pela médica que estava realizando os atendimentos, alegando que só poderia atender 10 pessoas naquele período e ele seria o 11º?</t>
   </si>
   <si>
     <t>6321</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6321/prot._143_req_048_informacoes_posto_de_saude_medicos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6321/prot._143_req_048_informacoes_posto_de_saude_medicos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Relação com os nomes dos médicos que atuam nos Postos de Saúde do município, especificando o local de atuação, bem como dias e períodos em que realizam os atendimentos.</t>
   </si>
   <si>
     <t>6322</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6322/prot._145_req_049_informacoes_melhorias_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6322/prot._145_req_049_informacoes_melhorias_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há previsão para serem realizadas construções de calçadas nas proximidades da Escola Municipal Ignez Panichi Hamzé e do Centro Municipal de Educação Infantil Cláudia Helena Negrão Batista, no Conjunto Ignez Panichi, bem como sinalizações horizontais e verticais neste mesmo local._x000D_
 - Em caso positivo que encaminhe o cronograma de tais melhorias para esta Casa de Leis. Em caso negativo que sejam tomadas providências com urgência para sua realização.</t>
   </si>
   <si>
     <t>6323</t>
   </si>
   <si>
     <t>Geraldinho PHN, João Mattar, Junior Olivato, Karen Dadona, Márcio Albertini, Raffaello Frascati, Rogérinho do Karatê, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6323/prot._147_req_050_amunorpi_e_19a_regional_de_saude_consultas_cancer.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6323/prot._147_req_050_amunorpi_e_19a_regional_de_saude_consultas_cancer.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, os vereadores que abaixo subscrevem, requerem a Vossa Excelência, que se digne a enviar ofício à AMUNORPI (Associação de Municípios do Norte Pioneiro), bem como à 19ª Regional de Saúde, para que os departamentos responsáveis, dentro do prazo legal (15 dias), informem a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivos pelo quais as consultas dos pacientes no Hospital do Câncer de Londrina (HCL) tem demorado a ocorrer? _x000D_
 •	Quais providências estão sendo tomadas para que tais pacientes sejam atendidos com maior agilidade?</t>
   </si>
   <si>
     <t>6324</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6324/prot._150_req_051_informacoes_bb_obras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6324/prot._150_req_051_informacoes_bb_obras.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Gerente do Banco do Brasil da agência de Cambará, para que este, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Qual o prazo previsto para conclusão das obras na Agência do Banco do Brasil no município? Há uma previsão de retorno para funcionamento de saques nos caixas eletrônicos?</t>
   </si>
   <si>
     <t>6325</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6325/prot._153_req_052_informacoes_limpeza_br369.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6325/prot._153_req_052_informacoes_limpeza_br369.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	A quem compete realizar a limpeza/roçagem das marginais da BR369, especificamente próximo ao trevo localizado em frente à antiga Rodoflash? _x000D_
 - Que os responsáveis sejam notificados para que efetuem as melhorias que ali se fazem necessárias com relação à limpeza/roçagem.</t>
   </si>
   <si>
     <t>6326</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6326/prot._162_req_054_informacoes_falta_carne.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6326/prot._162_req_054_informacoes_falta_carne.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivos pelos quais tem faltado carne nas merendas das Escolas Municipais e dos Centros Municipais de Educação Infantil, bem como manteiga/margarina;_x000D_
 •	Há quanto tempo isso tem ocorrido;_x000D_
 •	Quais as medidas que estão sendo tomadas e o prazo previsto para solucionar tais questões;_x000D_
 •	Qual leite tem sido ofertado aos alunos nas Escolas Municipais e dos Centros Municipais de Educação Infantil;_x000D_
 •	Quais são os critérios estabelecidos para a aquisição de leite? Como ocorre a análise de controle de qualidade do mesmo pelo município?</t>
   </si>
   <si>
     <t>6370</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6370/prot._163_req_055_informacoes_cisnorpi_equipe_tea.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6370/prot._163_req_055_informacoes_cisnorpi_equipe_tea.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Presidente do Consórcio Público Intermunicipal de Saúde do Norte Pioneiro (CISNORPI), senhor Marcelo Palhares, para que este determine ao setor competente, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o Consórcio possui uma equipe multidisciplinar destinada ao atendimento dos pacientes com Transtorno Espectro Autista (TEA);_x000D_
 •	Caso não possua, há a possibilidade de serem destinados profissionais como: psiquiatra, pediatra, fisioterapeuta, fonoaudiólogo, terapeuta ocupacional, psicólogo e neurologista, capacitados ao tratamento de TEA, para os municípios que compõem à 19ª Regional de Saúde?</t>
   </si>
   <si>
     <t>6371</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6371/prot._164_req_056_informacoes_nucleo_de_educacao_tea.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6371/prot._164_req_056_informacoes_nucleo_de_educacao_tea.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Núcleo Regional de Educação de Jacarezinho, para que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há uma equipe multidisciplinar disponível para atendimento dos alunos com Transtorno Espectro Autista (TEA). Em caso positivo que informe quais profissionais a compõem;_x000D_
 •	Quais são as medidas aplicadas pelo Núcleo de Educação nas escolas que possuem alunos com Transtorno Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>6372</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6372/prot._165_req_057_informacoes_sec._estadual_de_saude_tea.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6372/prot._165_req_057_informacoes_sec._estadual_de_saude_tea.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Secretário Estadual de Saúde, senhor Carlos Alberto Gebrim Preto, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o Estado disponibiliza uma equipe multidisciplinar com profissionais como: psiquiatra, fisioterapeuta, terapeuta ocupacional, fonoaudiólogo, psicólogo e neurologista, capacitados para atender pacientes com Transtorno Espectro Autista (TEA);_x000D_
 - Em caso positivo que informe quais os procedimentos para que os munícipes tenham acesso à tais profissionais, e em caso negativo que sejam criadas tais equipes para atendimento nas Regionais e Consórcios de Saúde._x000D_
 •	Quais são as políticas públicas de inclusão daqueles que possuem Transtorno Espectro Autista, aplicadas pelo Estado?_x000D_
 •	Qual a aplicabili</t>
   </si>
   <si>
     <t>6373</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6373/prot._175_req_059_informacoes_lei_reducao_de_carga_horaria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6373/prot._175_req_059_informacoes_lei_reducao_de_carga_horaria.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se algum servidor público municipal faz jus e usufrui do direito legal à redução de carga horária, segundo à Lei nº. 8.112/90, artigo 98, §3º. Em caso positivo que encaminhe os nomes e funções;_x000D_
 •	Há servidores que solicitaram este direito e ainda não foram atendidos? em caso positivo que informe nomes e funções;_x000D_
 •	O município tem previsão de regulamentar essa questão e inserir no Estatuto do Servidor o direito de redução da jornada de trabalho em 50% (cinquenta por cento) para os servidores públicos pais de autistas e/ou que ten</t>
   </si>
   <si>
     <t>6374</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6374/prot._177_req_060_informacoes_nucleo_de_educacao_uniformes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6374/prot._177_req_060_informacoes_nucleo_de_educacao_uniformes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Núcleo Regional de Educação de Jacarezinho, para que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há previsão de entrega dos uniformes do Colégio Estadual Cívico-Militar Doutor Generoso Marques aos alunos que ainda não foram contemplados.</t>
   </si>
   <si>
     <t>6389</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6389/prot._182_req_061_informacoes_lei_1733_carteirinhas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6389/prot._182_req_061_informacoes_lei_1733_carteirinhas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município têm realizado a distribuição de carteirinhas de identificação das pessoas com Transtorno Espectro Autista, Mielomeningocele e Hidrocefalia e seus respectivos responsáveis para facilitação da concessão da prioridade estabelecida na Lei nº 1.733/18, tal qual estabelecido em seu artigo 4º;_x000D_
 •	Se afirmativo, que encaminhe a relação das famílias beneficiadas até o presente momento e, se negativo, que justifique os motivos da sua não implementação._x000D_
 •	Por fim, que apresente quais providências neces</t>
   </si>
   <si>
     <t>6390</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6390/prot._183_req_062_informacoes_plano_de_saude_servidores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6390/prot._183_req_062_informacoes_plano_de_saude_servidores.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há a possibilidade de o município firmar convênio com empresa responsável por Planos de Saúde, a fim de ofertá-los aos servidores públicos municipais._x000D_
 - Em caso positivo que informe os procedimentos a serem realizados para que se torne uma realidade e, em caso negativo, que tomem as providências para que este convênio ocorra.</t>
   </si>
   <si>
     <t>6391</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6391/prot._184_req_063_informacoes_medicamentos_atraso.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6391/prot._184_req_063_informacoes_medicamentos_atraso.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais são as estratégias adotadas pelo município quando há atraso na entrega de medicamentos pelo Governo do Estado para que os munícipes não sejam prejudicados?</t>
   </si>
   <si>
     <t>6392</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6392/prot._186_req_065_informacoes_providencias_terreno_apae.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6392/prot._186_req_065_informacoes_providencias_terreno_apae.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais providências foram tomadas pelo Executivo Municipal, até o momento, com relação ao terreno de Cadastro Imobiliário nº. 6.415 localizado próximo à APAE e as residências do Conjunto Pinheiro, o qual se encontra com o mato alto, ocorrendo a proliferação de animais peçonhentos, insetos e escorpiões.</t>
   </si>
   <si>
     <t>6393</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6393/prot._188_req_066_informacoes_previne_brasil_ace.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6393/prot._188_req_066_informacoes_previne_brasil_ace.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivos pelos quais os Agentes Comunitários de Endemias (ACE) não foram inclusos no rol de quem faz jus ao recebimento do Incentivo por Desempenho do Programa Previne Brasil, da Lei Municipal nº. 1.908, de 23 de junho de 2021.</t>
   </si>
   <si>
     <t>6394</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6394/prot._190_req_067_informacoes_chamada_publica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6394/prot._190_req_067_informacoes_chamada_publica.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Cópia integral da Chamada Pública nº. 01/2020, sendo de capa a capa, nítidas e legíveis.</t>
   </si>
   <si>
     <t>6401</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6401/prot._191_req_068_informacoes_dengue.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6401/prot._191_req_068_informacoes_dengue.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Como se encontra o nível de infestação de dengue no município, conforme armadilhas inteligentes instaladas pelos Agentes Comunitários de Endemias;_x000D_
 - Que apresente tais informações especificando o nível e o bairro._x000D_
 •	Há possibilidade deste nível ser divulgado para a população?</t>
   </si>
   <si>
     <t>6402</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6402/prot._196_req_069_informacoes_sanepar_escorpiao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6402/prot._196_req_069_informacoes_sanepar_escorpiao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício à SANEPAR para que, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	A quem compete a limpeza e a dedetização dos bueiros do município, especificamente nas redes de esgoto?_x000D_
 •	Quais providências são tomadas quando há infestações de baratas, e consequentemente dos seus predadores, sendo escorpiões, nas redes de esgoto?_x000D_
 •	Há previsão para que efetuem a limpeza e dedetização de tais locais?_x000D_
 •	Qual a possibilidade de serem realizadas orientações nos bairros, com entregas de folders, acerca da prevenção para infestações de escorpiões?</t>
   </si>
   <si>
     <t>6403</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6403/prot._197_req_070_informacoes_programa_estrada_e_integracao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6403/prot._197_req_070_informacoes_programa_estrada_e_integracao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município aderiu ou pretende aderir ao Programa Estradas Rurais Integradas aos Princípios e Sistemas Conservacionistas – Estradas da Integração – visando o controle da erosão por meio da redução da poluição dos cursos de água e melhoria da trafegabilidade, e ainda, garantindo o acesso aos serviços de saúde, transporte escolar, escoamento da produção, lazer e turismo rural.</t>
   </si>
   <si>
     <t>6404</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Presidente do Consórcio Público Intermunicipal de Saúde do Norte Pioneiro (CISNORPI), senhor Marcelo Palhares, para que este determine ao setor competente, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o CEO (Centro de Especialidade de Odontologia) tem ofertado aparelhos ortodônticos? Em caso negativo que informem o motivo;_x000D_
 •	Possuem parceria com o Programa do Governo Federal Brasil Sorridente?</t>
   </si>
   <si>
     <t>6405</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se estão sendo realizados atendimentos de dentistas em todos os Postos de Saúde do município:_x000D_
 - Caso não estejam sendo realizados que informem em quais Postos de Saúde, motivo de não estarem atendendo e prazo previsto para retorno;_x000D_
 - Nos que estão tendo atendimentos que informem o nome do profissional que realiza o atendimento, dias e horários de atuação no local._x000D_
 •	Há equipamentos de atendimento odontológico em manutenção? Caso tenham que informem quais são e a quais Postos pertencem.</t>
   </si>
   <si>
     <t>6413</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6413/prot._202_req_073_informacoes_programa_de_volta_para_casa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6413/prot._202_req_073_informacoes_programa_de_volta_para_casa.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Há munícipes que recebem o auxílio do Programa de Volta para Casa? Em caso positivo que informem o quantitativo;_x000D_
 •	O município pretende aderir a este Programa?</t>
   </si>
   <si>
     <t>6414</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6414/prot._203_req_074_informacoes_exploracao_sexual.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6414/prot._203_req_074_informacoes_exploracao_sexual.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Com relação ao “Maio Laranja”: Quais são as estratégias e políticas públicas adotadas pelo município acerca do combate ao abuso e a exploração sexual de crianças e adolescentes.</t>
   </si>
   <si>
     <t>6415</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6415/prot._205_req_075_informacoes_maio_amarelo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6415/prot._205_req_075_informacoes_maio_amarelo.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais serão as estratégias e ações adotadas pelo município acerca do “Maio Amarelo”, visando a conscientização e redução de sinistros de trânsito?</t>
   </si>
   <si>
     <t>6416</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6416/prot._206_req_076_informacoes_lei_1969_2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6416/prot._206_req_076_informacoes_lei_1969_2021.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se houve contratação da operação de crédito entre o Poder Executivo Municipal e a Caixa Econômica Federal autorizada pela Lei nº. 1.969, de 06 de outubro de 2021? Em caso positivo que encaminhe cópia do documento que comprove essa contratação;_x000D_
 •	Já ocorreu a liberação de algum valor desta operação de crédito? Em caso positivo que informe o valor, bem como a sua destinação/aplicação;_x000D_
 •	Há cronograma financeiro para liberação dos valores e realização das obras? Em caso positivo que encaminhe cópia do mesmo.</t>
   </si>
   <si>
     <t>6417</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6417/prot._207_req_077_informacoes_cisnorpi_cadeiras_motorizadas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6417/prot._207_req_077_informacoes_cisnorpi_cadeiras_motorizadas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Presidente do Consórcio Público Intermunicipal de Saúde do Norte Pioneiro (CISNORPI), senhor Marcelo Palhares, para que este determine ao setor competente, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há a possibilidade de serem realizadas revisões e manutenções nas cadeiras de rodas motorizadas que foram entregues aos munícipes entre os anos de 2013 e 2014?_x000D_
 •	Há estudos para serem entregues novas cadeiras de rodas motorizadas àqueles que necessitam?</t>
   </si>
   <si>
     <t>6418</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6418/prot._211_req_079_informacoes_fila_de_espera_cirurgia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6418/prot._211_req_079_informacoes_fila_de_espera_cirurgia.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Planilha contendo os dados abaixo relacionados, dos pacientes que se encontram em fila de espera no município para realização de cirurgia de hérnia inguinal e de vesícula:_x000D_
 _x000D_
 Procedimento	Data de protocolo do pedido de cirurgia (Data e hora do registro)	Ordem na fila de espera	Nome do servidor que realizou a inclusão da solicitação no sistema 	Iniciais do paciente_x000D_
 Ex1. _x000D_
 Cirurgia de hérnia inguinal_x000D_
 	_x000D_
 12/04/2021_x000D_
 13h47min	_x000D_
 14ª	_x000D_
 Fulana de Tal	_x000D_
 A. B. O._x000D_
 Ex. 2_x000D_
 Cirurgia de hérnia inguinal_x000D_
 	_x000D_
 15/03/2022	_x000D_
 3º Pedido médico de urgência	_x000D_
 Ful</t>
   </si>
   <si>
     <t>6419</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Como se encontra a disponibilidade de terrenos para doações e compras no Cemitério Municipal? _x000D_
 •	O município realiza a doação de terrenos aos munícipes no Cemitério Municipal? Como ocorre essa doação? Há pagamento de taxas? Qual o tempo de utilização?_x000D_
 •	A venda de terrenos no Cemitério ocorre de que maneira? Quem é responsável pela mesma? Qual a média do valor cobrado?_x000D_
 •	Há outros meios dos munícipes adquirirem terrenos no Cemitério Municipal? Em caso positivo que informe quais e detalhe a forma que ocorre.</t>
   </si>
   <si>
     <t>6420</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município dá ciência aos munícipes sobre o Programa “Banco da Mulher Paranaense” visando estimular o empreendedorismo feminino por meio de linhas de financiamento com taxas de juros reduzidas para apoiar pequenos negócios? Em caso positivo que informe de que forma ocorre essa ampla divulgação e quantas pessoas no município já realizaram a adesão ao mesmo.</t>
   </si>
   <si>
     <t>6435</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6435/prot._219_req_083_informacoes_lei_transparencia_vacina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6435/prot._219_req_083_informacoes_lei_transparencia_vacina.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quem possui a responsabilidade de fornecer dados acerca da vacinação contra o COVID-19 no município?_x000D_
 •	A quem pertence a responsabilidade de alimentar o site oficial do município divulgando a lista de vacinados contra o COVID-19?_x000D_
 •	Motivos pelos quais não está sendo cumprido o artigo 2º, da Lei Municipal nº. 1.876, de 08 de março de 2021, que estabelece que as informações divulgadas devem ser atualizadas diariamente, enquanto consta no site do Executivo Municipal que a última atualização ocorreu com dados de 26 de abril de 2021.</t>
   </si>
   <si>
     <t>6436</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6436/prot._221_req_084_informacoes_violencia_domestica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6436/prot._221_req_084_informacoes_violencia_domestica.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	O município possui estratégias e políticas públicas relacionadas ao combate à violência doméstica? Em caso positivo que informe quais, e em caso negativo solicita-se que sejam tomadas providências necessárias no sentido de adotar medicas relacionadas à violência doméstica.</t>
   </si>
   <si>
     <t>6437</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6437/prot._226_req_085_informacoes_concurso.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6437/prot._226_req_085_informacoes_concurso.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Há previsão para a realização de um novo Concurso Público no município para suprir a necessidade de servidores existentes em diversas Secretarias, em especial na Secretaria Municipal de Saúde? Em caso positivo que informe a data prevista para este fim, em caso negativo que informe quais atitudes estão sendo tomadas para que essa necessidade de servidores seja sanada o mais breve possível;_x000D_
 •	Que seja encaminhado cópia das verificações e dos levantamentos que foram realizados até o momento pelo Executivo Municipal com o objetivo</t>
   </si>
   <si>
     <t>6438</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6438/prot._227_req_086_informacoes_reurb-e.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6438/prot._227_req_086_informacoes_reurb-e.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis, acerca do Projeto de Lei Complementar nº. 002/2022, de autoria do Poder Executivo, que “Autoriza a venda direta aos ocupantes de áreas públicas, no âmbito do Município de Cambará, objeto da REURB-e, conforme o art. 98, in fine, da Lei Federal nº. 13.465/17”:_x000D_
 _x000D_
 a)	Quais imóveis do Município de Cambará (com especificações acerca de sua localização, área, matrícula, valor estimado, benfeitorias e destinação atual) atualmente se encontram na posse de particulares, na situação prevista no art. 2º do mencionado Projeto de Lei, que poderão ser</t>
   </si>
   <si>
     <t>6483</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6483/prot._232_req_087_gov._do_estado_rodovias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6483/prot._232_req_087_gov._do_estado_rodovias.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, os vereadores que abaixo subscrevem, requerem a Vossa Excelência, que se digne a enviar ofício ao Governador do Estado do Paraná, senhor Carlos Massa Ratinho Junior, para que este determine ao setor competente, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Com o encerramento das atividades nas Praças de Pedágio do Estado, a quem pertence, atualmente, a responsabilidade de reparo nas vias?_x000D_
 •	Como estão sendo delegadas as funções para reparos nas vias? Há cronogramas para cada região? Que detalhem essa situação e encaminhem cópia dos cronogramas, caso haja; _x000D_
 •	Os veículos que trafegam pelas vias estaduais e necessitam de socorro estão sendo atendidos? Como esse atendimento é realizado? Quem presta este atendimento?</t>
   </si>
   <si>
     <t>6484</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6484/prot._233_req_088_gov._do_estado_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6484/prot._233_req_088_gov._do_estado_samu.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, os vereadores que abaixo subscrevem, requerem a Vossa Excelência, que se digne a enviar ofício ao Governador do Estado do Paraná, senhor Carlos Massa Ratinho Junior, para que este determine ao setor competente, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais medidas e estratégias estão sendo adotadas pelo Estado com relação ao SAMU, para que o mesmo mantenha suas atividades de forma incessante, tendo em vista o fato de que é pública a questão de que em diversos locais os funcionários não estão recebendo seus pagamentos e podem encerrar suas atividades, citando como exemplo a região do Norte Pioneiro.</t>
   </si>
   <si>
     <t>6485</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, os vereadores que abaixo subscrevem, requerem a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis referente a Contribuição de Custeio de Iluminação Pública (COSIP), regida pela Lei Complementar nº. 69/2016:_x000D_
 _x000D_
 •	Motivos pelos quais os proprietários de unidades imobiliárias autônomas localizadas na zona rural classificada como rurais pela concessionária do Serviço Público de Energia Elétrica, os quais possuem isenção conforme disposto no artigo 10, IV, da Lei Complementar nº. 69/2016, estão recebendo cobranças de Contribuição para o Custeio do Serviço de Iluminação Pública;_x000D_
 •	Quais providências serão tomadas sobre a questão supramencionada?_x000D_
 •	Que sejam encaminhadas Planilhas de cálculo geradas vigentes ao ano de 2017, sen</t>
   </si>
   <si>
     <t>6486</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6486/prot._235_req_090_informacoes_lei_horta_comunitaria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6486/prot._235_req_090_informacoes_lei_horta_comunitaria.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	A Lei Municipal nº. 1.879, de 24 de março de 2021, a qual criou o Programa de “Horta Comunitária” no município foi regulamentada, conforme dispõe o artigo 9º, onde consta que “O Poder Executivo regulamentará a presente Lei, no que couber, no prazo de 90 (noventa) dias de sua publicação”? Em caso positivo que encaminhe a mencionada regulamentação, e em caso negativo que informem o motivo de não o terem feito mesmo já tendo cessado o prazo;_x000D_
 •	Quais medidas devem ser tomadas para que o Programa “Horta Comunitária” tenha início efe</t>
   </si>
   <si>
     <t>6487</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6487/prot._236_req_091_informacoes_portaria_1105-2022.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6487/prot._236_req_091_informacoes_portaria_1105-2022.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município de Cambará pretende aderir à Portaria CM/MS nº. 1.105, de 15 de maio de 2022, a qual “altera a Portaria de Consolidação GM/MS nº 6, de 28 de setembro de 2017, para instituir o incentivo financeiro federal de custeio, destinado à implementação de ações de atividade física na Atenção Primária à Saúde (APS)”. _x000D_
 - Em caso positivo, que informe em quais bairros irão implementar e quantas adesões pretendem realizar;_x000D_
 - Em caso negativo, que informem o motivo pelo qual optaram pela não adesão.</t>
   </si>
   <si>
     <t>6488</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6488/prot._238_req_092_informacoes_adequacao_5g.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6488/prot._238_req_092_informacoes_adequacao_5g.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais providências estão sendo tomadas visando a adequação da Legislação Municipal com a Lei Geral de Antenas (Lei nº. 13.116/2015) e o Decreto Federal nº. 10.480/2020, para viabilizar e acelerar a instalação da infraestrutura necessária para a rede de conexão 5G?</t>
   </si>
   <si>
     <t>6489</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6489/prot._240_req_093_informacoes_pagamento_licenca_premio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6489/prot._240_req_093_informacoes_pagamento_licenca_premio.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais são os procedimentos que devem ser realizados pelos servidores para realizarem a solicitação da conversão da licença-prêmio não gozada em espécie?_x000D_
 •	Que informe quantidade, nome e função dos servidores que já realizaram o requerimento desta conversão, especificando se obtiveram o benefício em pecúnia ou se este lhes foi negado, justificando o motivo da negativa, caso tenha ocorrido. _x000D_
 •	Que apresente, de forma justificada, qual dispositivo legal se aplica nessas situações de conversão do benefício da licença em espécie, te</t>
   </si>
   <si>
     <t>6490</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6490/prot._242_req_094_informacoes_programa_nossa_gente_parana.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6490/prot._242_req_094_informacoes_programa_nossa_gente_parana.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município de Cambará aderiu ao Programa Nossa Gente Paraná, o qual é uma ação do Governo do Estado que visa a superação da pobreza e o acompanhamento intersetorial das famílias em situação de vulnerabilidade social, objetivando, portanto, promover a melhoria das condições de vida das famílias com maior grau de vulnerabilidade social por meio da oferta de um conjunto de ações intersetoriais planejadas, segundo a necessidade de cada família e as especificidades do território onde ela reside. O foco do programa é promover a p</t>
   </si>
   <si>
     <t>6540</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6540/prot._244_req_095_informacoes_exame_dengue.docx</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6540/prot._244_req_095_informacoes_exame_dengue.docx</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais os tipos de testes e exames que são realizados pelo município para o diagnóstico de dengue nos pacientes?_x000D_
 •	Como cada um destes é realizado e qual o tempo médio para que o paciente obtenha o resultado?_x000D_
 •	O município encontra-se preparado para a realização de uma alta demanda de exames e testes de dengue, tendo em vista a crescente de casos suspeitos?_x000D_
 •	Sabendo-se que há testes rápidos para diagnósticos de possíveis casos de infecção pelo vírus da dengue, os quais demoram menos de 20 minutos para identificar se o vírus est</t>
   </si>
   <si>
     <t>6541</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Sabendo-se que o município não possui uma equipe multidisciplinar destinada ao atendimento de pacientes com transtorno espectro autista, especialmente crianças e jovens, fazendo com que seus pais procurem atendimentos particulares em municípios circunvizinhos:_x000D_
 - Qual o suporte ofertado pelo município a estes que necessitam, mas realizam tratamentos particulares? _x000D_
 - O município oferta transporta aos pacientes e acompanhantes, nestas situações, que se deslocam a cidades como Ourinhos, Jacarezinho e Santo Antônio da Platina? Em ca</t>
   </si>
   <si>
     <t>6542</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6542/prot._250_req_098_informacoes_sec._mun._saude_encaminhamentos.docx</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6542/prot._250_req_098_informacoes_sec._mun._saude_encaminhamentos.docx</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, para que este, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais providências são tomadas pela Secretaria Municipal de Saúde ao encaminharem pacientes para tratamentos, consultas e/ou exames em outros municípios?_x000D_
 •	Os municípios para os quais são efetuados os encaminhamentos são comunicados para que possam dar suporte aos pacientes, atendendo-os e orientando-os de modo adequado? _x000D_
 - Em caso positivo que informem como os contatos são realizados e quais providências são tomadas pelos municípios que irão receber os pacientes;_x000D_
 - Em caso negativo que sejam tomadas providências no sentido de que haja comunicação entre as Secretarias e consequentem</t>
   </si>
   <si>
     <t>6543</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6543/prot._254_req_099_informacoes_asfalto.docx</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6543/prot._254_req_099_informacoes_asfalto.docx</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quem é responsável pela melhoria asfáltica do trecho que dá acesso ao Scandolo Riguetti Eco Resort e a Arena Comelli? _x000D_
 •	Há como serem realizadas melhorias, pelo município, neste e em outros pontos que são parte do turismo rural e fomentam a economia local?</t>
   </si>
   <si>
     <t>6544</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6544/prot._255_req_100_informacoes_cooperativas.docx</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6544/prot._255_req_100_informacoes_cooperativas.docx</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais cooperativas encontram-se ativas no município? _x000D_
 •	Com quais dessas o município já firmou parceria?_x000D_
 •	Como são realizadas estas parcerias entre o Poder Executivo e as cooperativas?_x000D_
 •	Quais são os incentivos ofertados pelo município às cooperativas?_x000D_
 •	Além da Cooperativa do Mel, em andamento, o município almeja a criação de outras cooperativas, tais como: Peixe e Agricultura Familiar?</t>
   </si>
   <si>
     <t>6545</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6545/prot._257_req_101_informacoes_adesao_programas_cohapar.docx</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6545/prot._257_req_101_informacoes_adesao_programas_cohapar.docx</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município de Cambará aderiu ou pretende aderir aos programas de regularização fiduciária junto à COHAPAR, sendo: Morar Legal Paraná e Escrituração Direta. _x000D_
 - Caso já tenha aderido que informe quais são as formas que o município utiliza para dar publicidade destes Programas à população;_x000D_
 - Em caso de não adesão que justifique o motivo de não o tê-lo feito até o momento.</t>
   </si>
   <si>
     <t>6546</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6546/prot._258_req_102_informacoes_progressao_e_promocao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6546/prot._258_req_102_informacoes_progressao_e_promocao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, os vereadores que abaixo subscrevem, requerem a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Tendo em vista o Memorando nº. 014/2022, encaminhado pelo Departamento de Recursos Humanos da Prefeitura Municipal, em resposta ao requerimento protocolado sob nº. 128/2022, onde consta que estavam realizando verificações e levantamentos com o objetivo de realização da Progressão e da Promoção dos servidores públicos municipais no ano corrente de 2022:_x000D_
 - Que encaminhem cópia dos levantamentos e das averiguações acima mencionados, os quais já foram realizados até o momento;_x000D_
 - Que informem se após os tramites supramencionados já há uma previsão para abertura de edital e, posteriormente, pagamento da Progressão e da Promo</t>
   </si>
   <si>
     <t>6547</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6547/prot._259_req_103_informacoes_reiteracao_reurb-e.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6547/prot._259_req_103_informacoes_reiteracao_reurb-e.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, REITERAM requerimento a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis, acerca do Projeto de Lei Complementar nº. 002/2022, de autoria do Poder Executivo, que “Autoriza a venda direta aos ocupantes de áreas públicas, no âmbito do Município de Cambará, objeto da REURB-e, conforme o art. 98, in fine, da Lei Federal nº. 13.465/17”:_x000D_
 _x000D_
 a)	Quais imóveis do Município de Cambará (com especificações acerca de sua localização, área, matrícula, valor estimado, benfeitorias e destinação atual) atualmente se encontram na posse de particulares, na situação prevista no art. 2º do mencionado Projeto de Lei, qu</t>
   </si>
   <si>
     <t>6548</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6548/prot._261_req_105_informacoes_indicadores_previne_brasil.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6548/prot._261_req_105_informacoes_indicadores_previne_brasil.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Tendo em vista que o desempenho em indicadores é um dos três critérios para definir os repasses federais aos municípios pelo Programa Previne Brasil, e que ao todo serão 21 (vinte e um) a serem implementados gradualmente para monitorar as ações dos serviços de atenção primária à saúde:_x000D_
 - Que aponte os indicadores vigentes até o momento, a quais ações estratégicas pertencem, qual o parâmetro, as metas e o peso de cada um;_x000D_
 - O cálculo de resultado do município em cada indicador;_x000D_
 •	Baseado nos parâmetros (que indicam a performance</t>
   </si>
   <si>
     <t>6549</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6549/prot._262_req_106_informacoes_educacao_especial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6549/prot._262_req_106_informacoes_educacao_especial.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis, em relação a educação especial:_x000D_
 _x000D_
 •	Quantos alunos com espectro autista ou com necessidades especiais há matriculados nas escolas municipais de Cambará? Há algum aluno que não está sendo assistido por professora de apoio? Quem é o responsável por indicar/conceder/avaliar a necessidade de um professor de apoio?_x000D_
 •	Como é realizado a integração das crianças na educação especial? É feito algum acompanhamento periódico destas crianças para avaliação de seu desempenho? Existe uma integração entre os profissionais da equipe multidisciplin</t>
   </si>
   <si>
     <t>6550</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, REITERAM a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Que encaminhe o cronograma físico financeiro das obras que estão sendo realizadas por meio da operação de crédito contratada entre o Poder Executivo Municipal e a Caixa Econômica Federal autorizada pela Lei nº. 1.969, de 06 de outubro de 2021. Esclareça que a documentação supra é documento indispensável para a liberação das parcelas do financiamento, conforme consta no item 17.2.1, inciso I, alínea a, da cláusula décima sétima, do contrato em voga._x000D_
 _x000D_
 JUSTIFICATIVA</t>
   </si>
   <si>
     <t>6551</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6551/prot._282_req_108_informacoes_copel_maria_paulina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6551/prot._282_req_108_informacoes_copel_maria_paulina.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do artigo 178 da Resolução nº 08/96 – Regimento Interno, O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, requerem a Vossa Excelência, que se digne a enviar ofício à COPEL, para que esta, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Motivos pelos quais constantemente vem ocorrendo falta de energia no Bairro Maria Paulina, neste município de Cambará e se já está sendo tomadas as providências cabíveis para sanar tal problema.</t>
   </si>
   <si>
     <t>6552</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6552/prot._287_req_109_informacoes_prestacao_de_contas_fundeb.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6552/prot._287_req_109_informacoes_prestacao_de_contas_fundeb.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do artigo 178 da Resolução nº 08/96 – Regimento Interno, O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Cópia dos relatórios e das atas do Conselho Municipal de Educação e do FUNDEB, bem como do Controle Social, referentes às prestações de contas anual do fundo, dos anos de 2020 e 2021.</t>
   </si>
   <si>
     <t>6553</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6553/prot._290_req_110_informacoes_pedido_de_fumace.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6553/prot._290_req_110_informacoes_pedido_de_fumace.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do artigo 178 da Resolução nº 08/96 – Regimento Interno, o vereador Rogério Frutuoso, por meio deste, requer a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 - Cópia dos pedidos de envio de fumacê ao município, efetuados ao Governo do Estado do Paraná, formulados pela servidora municipal Leisimari Ferraz Penedo de Araújo, coordenadora do Comitê Intersetorial do Combate à endemias, contendo as datas e o número do protocolo de tais pedidos.</t>
   </si>
   <si>
     <t>6554</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6554/prot._292_req_111_informacoes_acidente_veiculo_jomar_medeiros.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6554/prot._292_req_111_informacoes_acidente_veiculo_jomar_medeiros.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Se a central de monitoramento possui as imagens do acidente ocorrido no dia 17/06/2022, no cruzamento da Avenida Brasil com a Rua Alceu Guaita, cujo veículo envolvido é o da empresa JOMAR FRANCISCO MEDEIROS, inscrita no CNPJ nº 04.759.257/0001-82, o qual é utilizado pelo Poder Executivo para propaganda volante. Se positivo, que encaminhe cópia da aludida gravação;_x000D_
 - Que informe se o veículo em questão estava exercendo o trabalho de divulgação para o Poder Executivo no momento do acidente. Se positivo, que encaminhe a documentaç</t>
   </si>
   <si>
     <t>6555</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6555/prot._295_req_112_informacoes_capacitacao_primeiros_socorros.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6555/prot._295_req_112_informacoes_capacitacao_primeiros_socorros.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis, em relação a educação especial:_x000D_
 _x000D_
 •	Se o Município realiza a capacitação em noções básicas de primeiros socorros do corpo docente e funcional das escolas municipais e creches, segundo determina a Lei Municipal nº 1.711, de 13 de junho de 2018? Com qual frequência?_x000D_
 •	O Município têm disponibilizado kits de primeiros socorros, conforme orientação das entidades especializadas em atendimento emergencial à população?_x000D_
 •	Que encaminhe todos os documentos comprobatórios como certificado de conclusão de cursos e recibo de entrega dos aludid</t>
   </si>
   <si>
     <t>6556</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6556/prot._298_req_113_informacoes_renovacao_de_receitas_medicas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6556/prot._298_req_113_informacoes_renovacao_de_receitas_medicas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se os postos de saúde do município disponibilizam a opção de solicitação de receitas médicas, de medicamento de uso contínuo, via telefone? _x000D_
 •	Se afirmativo, que encaminhe a orientação técnica de tais medidas. Se negativo, que informe os motivos pelos quais não foi implantada tal providência, eis que diante do cenário ocasionado pela Covid-19, tem-se por dispensável – em determinados casos – o comparecimento pessoal nas unidades de saúde básica para solicitação de receitas médicas a fim de evitar a propagação do vírus.</t>
   </si>
   <si>
     <t>6620</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6620/prot._303_req_114_informacoes_pa_projeto_estruturacao_administrativa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6620/prot._303_req_114_informacoes_pa_projeto_estruturacao_administrativa.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Cópia integral (capa a capa), do PA nº MPPR-0130.18.000265-6, que versa sobre as orientações para a elaboração do Projeto de Lei que modifica a estrutura administrativa do município de cambará, que deu origem a Lei Complementar nº 94, de 04 de julho de 2019;</t>
   </si>
   <si>
     <t>6621</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6621/prot._304_req_115_informacoes_posto_de_saude_do_centro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6621/prot._304_req_115_informacoes_posto_de_saude_do_centro.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	O que está faltando para que o Posto de Saúde do Centro seja finalmente reativado. Há um prazo estipulado para que o mesmo volte com os atendimentos? Quais medidas já estão sendo tomadas para a sua reativação?_x000D_
 •	Há previsão para que a farmácia municipal seja transferida para o Hospital Municipal? Quais medidas são necessárias para que isto ocorra?</t>
   </si>
   <si>
     <t>6622</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6622/prot._306_req_116_informacoes_programa_opera_parana.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6622/prot._306_req_116_informacoes_programa_opera_parana.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município tem conhecimento do Programa Estadual intitulado “Opera Paraná”. _x000D_
 •	Se positivo, que informe se foram tomadas as devidas providências para que o município seja incluído no aludido programa._x000D_
 •	Quais medidas o município têm adotado para diminuir as filas de espera de cirurgias eletivas._x000D_
 •	Por fim, que encaminhe a esta Casa de Leis a lista de espera para cirurgias de coluna, quadril e joelho.</t>
   </si>
   <si>
     <t>6623</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6623/prot._310_req_117_reiteracao_informacoes_duodecimo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6623/prot._310_req_117_reiteracao_informacoes_duodecimo.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini requerem a Vossa Excelência que que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, REITERANDO o requerimento protocolado sob o nº 067 em 21/02/2022 para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	O duodécimo devolvido ao final do ano de 2021 pela Câmara Municipal ao Executivo, sendo R$ 756.610,73 (setecentos e cinquenta e seis mil, seiscentos e dez reais e setenta e três centavos) já foi investido/aplicado em algo? Em caso positivo que informem o valor e o local da aplicação. Em caso negativo que informem o planejamento que estão realizando quanto à essa aplicação.</t>
   </si>
   <si>
     <t>6624</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6624/prot._311_req_118_informacoes_curso_de_especializacao_motoristas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6624/prot._311_req_118_informacoes_curso_de_especializacao_motoristas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini requerem a Vossa Excelência que que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quantos motoristas de transporte coletivo e escolar há no município? Todos estão com o curso de especialização, conforme exigência da resolução nº 168/2004 do Contran em dia? Se negativo, que informe a relação dos motoristas que não fizeram o curso em questão e o motivo da não realização._x000D_
 •	Qual a data do último curso realizado? Há previsão de realização de novos cursos para este ano?</t>
   </si>
   <si>
     <t>6625</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6625/prot._315_req_119_informacoes_reuniao_fundeb.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6625/prot._315_req_119_informacoes_reuniao_fundeb.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do artigo 178 da Resolução nº 08/96 – Regimento Interno, a Mesa Diretiva, composta pelos Vereadores Márcio José Albertini, Karen Aparecida Daniel e Walmir Joaquim, por meio deste, requerem a Vossa Excelência, que se digne a enviar ofício ao Presidente do Conselho Municipal do FUNDEB, senhor Chefe do Executivo Municipal, senhor Donizete Palmeira, para que este, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 - Cópia da ATA da reunião do Conselho de Acompanhamento e Controle Social do FUNDEB, realizada no dia 27 de julho do corrente ano, bem como a cópia da gravação e a lista de presença da aludida reunião.</t>
   </si>
   <si>
     <t>6626</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6626/prot._327_req_120_projeto_arborizacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6626/prot._327_req_120_projeto_arborizacao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do artigo 178 da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Aparecida Daniel e Marcio José Albertini, por meio deste, requerem a Vossa Excelência, que que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Existe um plano de arborização no projeto de revitalização da Rua Genaro Resende? Quais são os projetos de arborização do município? Existe uma previsão para sua implementação?_x000D_
 - Se positivo, que encaminhe a esta Casa de Leis cópias dos planos de arborização já existentes.</t>
   </si>
   <si>
     <t>6627</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6627/prot._330_req_121_informacoes_cosip.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6627/prot._330_req_121_informacoes_cosip.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do artigo 178 da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Aparecida Daniel e Marcio José Albertini, por meio deste, requerem a Vossa Excelência, que que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), apresente a esta Casa de Leis:_x000D_
 _x000D_
 - Fotocópia dos documentos referentes aos procedimentos de compra relacionados a iluminação pública do ano de 2022, sendo: _x000D_
 1)	Requisições;_x000D_
 2)	Empenhos vinculados as requisições; _x000D_
 3)	Notas fiscais vinculados aos empenhos; _x000D_
 4)	Ordens de pagamento. _x000D_
 _x000D_
 - Planilhas de cálculo que regem o ano de 2021 até data de protocolo deste._x000D_
 * A referida planilha se trata do disposto no artigo 3º, §2º, da Lei Complementar nº. 069/2016, onde consta: _x000D_
 Art. 3º. Considera-se como custeio do serviço de iluminação pública o custo d</t>
   </si>
   <si>
     <t>6681</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6681/prot._332_req_122_sanepar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6681/prot._332_req_122_sanepar.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do art. 178 da Resolução nº 08/96 – Regimento Interno, o vereador Rogério Frutuoso, por meio deste, requer a Vossa Excelência que se digne a enviar ofício à Companhia de Saneamento do Paraná (SANEPAR) a fim de que, no prazo legal de 15 (quinze) dias, apresente a esta Casa de Leis cópia integral do termo aditivo de contrato entabulado no exercício de 2007 entre Município de Cambará e SANEPAR.</t>
   </si>
   <si>
     <t>6682</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6682/prot._333_req_123_denuncia_barracao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6682/prot._333_req_123_denuncia_barracao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do art. 178 da Resolução nº 08/96 – Regimento Interno, o vereador Rogério Frutuoso, por meio deste, requer a Vossa Excelência que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, no intuito de que sejam prestadas as informações cabíveis e, ainda, tomadas as devidas providências para apuração de responsabilidades em decorrência da notícia de que teria havido construção irregular de um barracão de lixo em terreno de propriedade do município, situado no alto do Bairro Votorantim.</t>
   </si>
   <si>
     <t>6680</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6680/prot._341_req_124_correios.docx.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6680/prot._341_req_124_correios.docx.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do art. 178 da Resolução nº 08/96 – Regimento Interno, a vereadora Karen Dadona, acompanhada pelos vereadores Marcio José Albertini e Walmir Joaquim, por meio deste, requer a Vossa Excelência que se digne a enviar ofício a agência dos Correios de Cambará  a fim de que, no prazo legal de 15 (quinze) dias, informe a esta Casa de Leis:_x000D_
 - Motivos pelos quais os correios não estão fazendo entrega das correspondências do Bairro Irmãos Francisco, sobretudo na Rua Orlando Grande;_x000D_
 - Há outras ruas e bairros que não estão sendo entregues as correspondências?_x000D_
 - Quais dificuldades/obstáculo dos correios para a realização do serviço de entrega de correspondência no município de Cambará?</t>
   </si>
   <si>
     <t>6683</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6683/prot._347_req_125_informacoes_vacinacao_cambara.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6683/prot._347_req_125_informacoes_vacinacao_cambara.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do artigo 178 da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Aparecida Daniel e Marcio José Albertini, por meio deste, requerem a Vossa Excelência, que que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), apresente e informe a esta Casa de Leis:_x000D_
 _x000D_
 - Quantidade/Lista de crianças e adolescentes que tomara as vacinas obrigatórias no Munícipio no ano de 2022;_x000D_
 - Cronograma Vacinal do Município;_x000D_
 - A Secretaria Municipal de Saúde pretende executar algum plano de ação rápida para maior vacinação das crianças e adolescentes?_x000D_
 - Há possibilidade de ser realizado uma busca ativa das crianças e adolescentes que ainda não foram imunizados?</t>
   </si>
   <si>
     <t>6684</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6684/prot._348_req_126_reiteracao_informacoes_duodecimo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6684/prot._348_req_126_reiteracao_informacoes_duodecimo.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini requerem a Vossa Excelência que que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, REITERANDO os requerimentos protocolados sob o nº 067 em 21/02/2022 e nº 310, de 01/08/2022 para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	O duodécimo devolvido ao final do ano de 2021 pela Câmara Municipal ao Executivo, sendo R$ 756.610,73 (setecentos e cinquenta e seis mil, seiscentos e dez reais e setenta e três centavos) já foi investido/aplicado em algo? Em caso positivo que informem o valor e o local da aplicação. Em caso negativo que informem o planejamento que estão realizando quanto à essa aplicação.</t>
   </si>
   <si>
     <t>6741</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6741/prot._356_req_127_carros_postos_de_saude_visita_domiciliar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6741/prot._356_req_127_carros_postos_de_saude_visita_domiciliar.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do artigo 178 da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Aparecida Daniel e Marcio José Albertini, por meio deste, requerem a Vossa Excelência, que que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Todos os veículos dos Postos de Saúde (APS) do município estão em condições de uso? Há algum veículo que está em manutenção ou paralisado? Se sim, que informe o prazo para reparo e se esta paralisação tem afetado as visitas domiciliares;_x000D_
 - Quantos usuários fazem uso do Serviço de Atenção Domiciliar – SADAs? As visitas ocorrem com qual frequência? Hoje, há algum empecilho para que a mesma não seja realizada?</t>
   </si>
   <si>
     <t>6742</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6742/prot._357_req_128_lavanderia_postos_de_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6742/prot._357_req_128_lavanderia_postos_de_saude.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do artigo 178 da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Aparecida Daniel e Marcio José Albertini, por meio deste, requerem a Vossa Excelência, que que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Como é realizada a lavagem dos panos de chão e toalhas utilizadas na limpeza dos Postos de Saúde do Município? É disponibilizado alguma máquina de lavar roupas/tanquinho? Há algum Posto de Saúde que ainda não possui?_x000D_
 - Em caso de não haver, há possibilidade de aquisição de tais objetos?</t>
   </si>
   <si>
     <t>6743</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6743/prot._359_req_129_informacoes_limpeza_br369.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6743/prot._359_req_129_informacoes_limpeza_br369.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	A quem compete realizar a limpeza/roçagem das marginais da BR369, especificamente na curva logo após o pontilhão? _x000D_
 - Que os responsáveis sejam notificados para que efetuem imediatamente as melhorias que ali se fazem necessárias com relação à limpeza/roçagem e que seja encaminhada a esta Casa cópia da aludida notificação.</t>
   </si>
   <si>
     <t>6744</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6744/prot._360_req_130_informacoes_dermato_oncologico_sesa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6744/prot._360_req_130_informacoes_dermato_oncologico_sesa.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Secretário Estadual de Saúde, senhor Carlos Alberto Gebrim Preto, para que este que determine aos departamentos competentes da SESA, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Qual o tempo médio para agendamento/atendimento com especialista em dermatologia oncológica na macrorregião Norte? Há quantos profissionais atuantes nesta área?_x000D_
 •	Existe previsão de contratação de mais profissionais desta área? Quais soluções podem ser tomadas para agilizar o atendimento destes pacientes?</t>
   </si>
   <si>
     <t>6745</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6745/prot._361_req_131_reiteracao_informacoes_exames_cancer.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6745/prot._361_req_131_reiteracao_informacoes_exames_cancer.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, REITERAM, requerimento direcionado a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há represálias, do ano de 2021, de exames preventivos ao câncer de mama e câncer de próstata, tais como: mamografias, ultrassom de mama, exames de sangue, dentre outros. _x000D_
 •	Em caso positivo que informe o tipo e o quantitativo de exames represados.</t>
   </si>
   <si>
     <t>6746</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, A vereadora Karen Dadona, acompanhada pelos vereadores Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe  a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais os impedimentos/obstáculos que o município possui que o impede de realizar a pavimentação asfáltica de toda a travessa 22?_x000D_
 •	Existe alguma previsão para que a mesma seja realizada?_x000D_
 •	Há possibilidade de desapropriação de possíveis terrenos que impedem a realização da aludida pavimentação? O município já tomou as medidas cabíveis para tal?</t>
   </si>
   <si>
     <t>6747</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6747/prot._376_req_133_informacoes_baixa_renda_aluguel.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6747/prot._376_req_133_informacoes_baixa_renda_aluguel.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício a Secretária Municipal de Assistência Social, senhora Ana Paula Moro Rafael, para que esta, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quantas pessoas, inscritas no cadastro único, bem como os idosos que percebem renda de até dois salários mínimos mensais pagam aluguel? Quantas destas pessoas fazem uso do auxílio moradia?</t>
   </si>
   <si>
     <t>6810</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6810/prot._384_req_134_informacoes_cohapar_ivasores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6810/prot._384_req_134_informacoes_cohapar_ivasores.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, A Mesa Diretiva, formada pelos Vereadores Marcio José Albertini, Walmir Joaquim e Karen Dadona, por meio deste, requererem a Vossa Excelência, que se digne a enviar ofício ao Coordenador do Escritório Regional da COHAPAR, Sr. Michael Faleiros, para que este, dentro do prazo legal (15 dias) informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais medidas estão sendo adotadas para a retirada das pessoas que tomaram posse de forma irregular das casas liberadas para o município de Cambará?_x000D_
 •	Há previsão para a desocupação e, por conseguinte, a liberação das casas aos contemplados?_x000D_
 •	Quantas famílias contempladas ainda não puderam tomar posse de suas casas?</t>
   </si>
   <si>
     <t>6811</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6811/prot._385_req_135_informacoes_metodos_contraceptivos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6811/prot._385_req_135_informacoes_metodos_contraceptivos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do artigo 178 da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Aparecida Daniel e Marcio José Albertini, por meio deste, requerem a Vossa Excelência, que que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Quais os métodos contraceptivos disponibilizados pelo Município?_x000D_
 - Dentre eles, há a disponibilização do DIU? Se positivo, que informe a quantidade de pessoas interessadas no mesmo, a data prevista para sua colocação, o médico responsável pela implantação, bem como o critério utilizado para a escolha das mulheres beneficiadas pelo método.</t>
   </si>
   <si>
     <t>6826</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6826/prot._402_req_136_informacoes_estrategia_outubro_rosa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6826/prot._402_req_136_informacoes_estrategia_outubro_rosa.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais estratégias de chamamento ao público o município adotou durante a campanha do outubro rosa, com o objetivo de conscientizar as mulheres para a prevenção e detecção precoce do câncer de mama, como eventos, palestras, café da manhã distribuição de brindes e etc?_x000D_
 •	Quanto o município investiu na campanha? Que encaminhe cópia dos documentos relativos aos gastos e indique a dotação orçamentária utilizada.</t>
   </si>
   <si>
     <t>6827</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6827/prot._404_req_137_informacoes_copel_interrupcao_servicos_29_de_outubro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6827/prot._404_req_137_informacoes_copel_interrupcao_servicos_29_de_outubro.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do artigo 178 da Resolução nº 08/96 – Regimento Interno, os vereadores abaixo assinados, por meio deste, requerem a Vossa Excelência, que se digne a enviar ofício à COPEL, para que esta, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Motivos pelos quais vários bairros do Município ficaram sem energia elétrica por mais de 12 (doze) horas ininterruptas nos dias 29 e 30 de outubro do corrente ano?_x000D_
 - Quais medidas a concessionária adota para evitar que ocorra queda de energia nos dias de fortes chuvas? _x000D_
 - Qual o tempo máximo de interrupção dos serviços é permitido por Lei?_x000D_
 - Quais medidas foram adotadas para a reparação dos serviços na data alhures? Quantas pessoas trabalharam para o restabelecimento dos serviços? _x000D_
 - Quanto tempo a concessionário levou para iniciar os trabalhos de reparo na rede elétrica? Que justifique, se possível, documentalmente.</t>
   </si>
   <si>
     <t>6828</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6828/prot._405_req_138_informacoes_cosip.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6828/prot._405_req_138_informacoes_cosip.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do artigo 178 da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Aparecida Daniel e Marcio José Albertini, por meio deste, requerem a Vossa Excelência, que que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Se após as substituições das lâmpadas comuns pelas de LED houve redução no consumo. _x000D_
 - Que encaminhe os documentos comprobatórios referentes ao questionamento acima, tais como: as planilhas de cálculos referente ao ano de 2022, encontro de contas de maio até a presente data e notas de empenho dos serviços prestados.</t>
   </si>
   <si>
     <t>6829</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6829/prot._406_req_139_informacoes_progressao_e_promocao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6829/prot._406_req_139_informacoes_progressao_e_promocao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se houve abertura de edital no ano de 2022 e posterior pagamento da Progressão e da Promoção aos servidores públicos municipais que fazem jus, conforme Plano de Carreira. _x000D_
 - Em caso positivo que encaminhe cópia do cronograma, contendo a data dos pagamentos e/ou sua previsão com possíveis prazos e datas;_x000D_
 - Em caso negativo que justifique a razão pela não concessão dos mesmos e, ato contínuo, que tomem as providências e deem agilidade a tal questão eis que se trata de um direito do servidor, concedendo-se, inclusive, o pagamento dos valores retroativos.</t>
   </si>
   <si>
     <t>6830</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6830/prot.408__req_140_informacoes_fila_de_espera_urologista.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6830/prot.408__req_140_informacoes_fila_de_espera_urologista.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Planilha contendo a relação dos pacientes que se encontram em fila de espera no município para consulta com especialista em urologia, bem como espera de exame de próstata, contendo: a data do protocolo, iniciais do paciente e ordem na fila de espera;_x000D_
 •	 Quais as estratégias de chamamento ao público o município irá adotar durante a campanha do novembro azul, com o objetivo de conscientizar os homens para a prevenção e detecção precoce do câncer de próstata?</t>
   </si>
   <si>
     <t>6831</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6831/prot.409__req_141_informacoes_alimentacao_dados_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6831/prot.409__req_141_informacoes_alimentacao_dados_saude.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe e encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Qual o sistema utilizado pelos postos de saúde para alimentação de dados referente a produção/atendimento/metas/indicadores? Qual o custo mensal para mantê-lo?_x000D_
 •	Quem é o responsável pela alimentação dos dados e o envio dos mesmos para o Governo Federal? Qual a periodicidade de suas atualizações?_x000D_
 •	Quando foi a última atualização e, por conseguinte, a última remessa de dados enviados ao Governo Federal? Baseado nos parâmetros (que indicam a performance ideal que se espera alcançar para cada indicador, conforme leitura) e metas (pontos de partida mí</t>
   </si>
   <si>
     <t>6832</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6832/prot.412__req_142_informacoes_gepatria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6832/prot.412__req_142_informacoes_gepatria.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Rogério Frutuoso, acompanhado pelo vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, requerem a Vossa Excelência, que se digne a enviar ofício a Promotora de Justiça do Grupo Especializado na Proteção do Patrimônio Público e no Combate à Improbidade Administrativa da cidade de Santo Antônio da Platina, doutora Kele Cristiani Diogo Bahena, para que esta junto ao departamento competente, que dentro do prazo legal (15 dias), a esta Casa de Leis:_x000D_
 _x000D_
 •	Tendo em vista que embora o Contrato de Concessão n. 168/77, que tem como objeto “Contrato de Concessão para exploração dos serviços públicos de abastecimento de água e remoção de esgotos sanitários, que entre si fazem a Companhia de Saneamento do Paraná-SANEPAR e a Prefeitura Municipal de CAMBARÁ”, onde consta na cláusula segunda como encargos da Concessionária: “a) est</t>
   </si>
   <si>
     <t>6833</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6833/prot.418__req_143_informacoes_portaria_3906.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6833/prot.418__req_143_informacoes_portaria_3906.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Segundo consta na Portaria GM/MS Nº 3.906, DE 1º DE NOVEMBRO DE 2022, a qual suspende na parcela outubro de 2022, a transferência de incentivos financeiros das equipes e serviços da Atenção Primária, com ausência de alimentação do Sistema de Informação em Saúde para a Atenção Básica (SISAB), questiona-se: - Por qual razão o município deixou de receber o incentivo? Houve falha na alimentação do Sistema de Informação em Saúde para a Atenção Básica - SISAB? _x000D_
 - Quais medidas estão sendo adotadas para que o Município não fique sem receber o incentivo novamente? _x000D_
 -</t>
   </si>
   <si>
     <t>6834</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6834/prot.419_req_144_informacoes_proteses_dentarias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6834/prot.419_req_144_informacoes_proteses_dentarias.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis, em relação aos a empresa para prestação de serviços especializados de confecção de próteses dentárias:_x000D_
 _x000D_
 - Qual a periodicidade da prestação dos serviços? Está sendo realizado a contento?_x000D_
 - Se negativo, que informe para onde estão sendo encaminhados os pacientes para confecção das próteses e qual o valor despendido pelo município?_x000D_
 - Quantas próteses foram confeccionadas no ano de 2022?</t>
   </si>
   <si>
     <t>6835</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6835/prot.421_req_145_informacoes_medicacao_em_gotas_pediatria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6835/prot.421_req_145_informacoes_medicacao_em_gotas_pediatria.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis. Considerando que para a administração em crianças pequenas recomenda-se a administração de forma farmacêutica líquida:_x000D_
  _x000D_
 - A Farmácia Municipal possui disponibilidade de medicação em gotas/líquido? Quais?_x000D_
 - Houve a inclusão da apresentação de ibuprofeno comprimido 300 mg e a_x000D_
 substituição da apresentação suspensão oral 20 mg/mL por ibuprofeno gotas 50 mg/mL, tal qual orientado pelo RENAME?</t>
   </si>
   <si>
     <t>6854</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6854/prot._439_req_150_app_sindicato_e_cme_licitacao_sistema_de_ensino.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6854/prot._439_req_150_app_sindicato_e_cme_licitacao_sistema_de_ensino.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Presidente da APP Sindicato, Sr. Elias Carlos Panichi, bem como para a Presidente do Conselho Municipal de Educação, Sra. Heloísa de Souza Silva, para que estes, dentro do prazo legal (15 dias), informe e envie a esta Casa de Leis:_x000D_
 _x000D_
 - Tendo em vista o termo de inexigibilidade de licitação nº 51/2022, publicado no Diário Oficial do Município, questiona-se: o sistema de ensino escolhido foi aprovado pelo CME e, também, pela APP Sindicato? Que encaminhem cópias dos pareceres emitidos pelo Conselho sobre a qualidade do sistema escolhido, bem como da ata da reunião que foi deliberado o assunto._x000D_
 - Quais outros sistemas foram avaliados? _x000D_
 -Dentre os sistemas avaliados, estava incluído o sistema de ensino fornecido gratuitamente pelo Governo Federal? _x000D_
 - O sistema d</t>
   </si>
   <si>
     <t>6861</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6861/prot._453_req_151_informacoes_enchentes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6861/prot._453_req_151_informacoes_enchentes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Se há monitoramento sobre a situação dos rios que passam próximos às residências no município. Em caso positivo que informem como esse monitoramento ocorre;_x000D_
 - Há locais que apresentam riscos de enchentes? Quais?_x000D_
 - Quais as medidas preventivas que o município tem realizado para evitar a ocorrência das mesmas?_x000D_
 - Quais as estratégias adotadas pelo município sobre esse assunto de suma importância?</t>
   </si>
   <si>
     <t>6862</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6862/prot._456_req_152_informacoes_licitacao_leite.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6862/prot._456_req_152_informacoes_licitacao_leite.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Qual a previsão para que o Executivo realize a aquisição de leites (fórmula infantil e suplemento alimentar) e normalize a situação da entrega aos munícipes que fazem jus?_x000D_
 •	O município possui estratégias para aquisição de leite (fórmula infantil e suplemento alimentar), enquanto o Processo Licitatório de Registro de Preços encontra-se em curso e a aquisição efetiva não ocorre, tais como: Termos aditivos em contratos anteriores pelo tempo necessário; Contratação direta; Compra por meio do Regime de Adiantamento, dentre outras? Em caso positivo que informe qua</t>
   </si>
   <si>
     <t>6863</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6863/prot._457_req_153_informacoes_ambulancias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6863/prot._457_req_153_informacoes_ambulancias.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Situação em que se encontram as ambulâncias do município, especificando uma a uma por meio da placa;_x000D_
 •	Há novas frotas de ambulâncias a serem entregues?_x000D_
 •	As emendas parlamentares destinadas ao município para aquisição de ambulâncias já foram utilizadas?_x000D_
 •	Há ambulâncias novas que ainda não foram colocadas em uso? Em caso positivo que explique o motivo.</t>
   </si>
   <si>
     <t>6864</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6864/prot._459_req_154_informacoes_castracoes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6864/prot._459_req_154_informacoes_castracoes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há previsão de serem realizadas castrações pelo município no ano de 2023? Em caso positivo que encaminhem o planejamento, e em caso negativo que tomem as providências necessárias para que sejam realizadas.</t>
   </si>
   <si>
     <t>6884</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Secretário Estadual de Saúde, senhor Carlos Alberto Gebrim Preto, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis sobre:_x000D_
 _x000D_
 •	Tratamentos para câncer; cirurgias de alta e média complexidade com urologista; neurocirurgião de coluna; psiquiatra infantil; prestador para cabeça e pescoço; atendimentos relacionados ao câncer de pele:_x000D_
 - Qual a fila de espera; _x000D_
 - Tempo médio para atendimento/tratamento;_x000D_
 - Média de atendimentos mensais; _x000D_
 - Quantidade de profissionais que atendem na área pelo Estado; _x000D_
 - Previsão de contratações de mais profissionais; _x000D_
 - Planejamento para agilizar os atendimentos e diminuir a demanda.</t>
   </si>
   <si>
     <t>6885</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6885/prot._468_req_156_informacoes_parceria_ourinhos_cancer.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6885/prot._468_req_156_informacoes_parceria_ourinhos_cancer.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há possibilidade do município, atrás dos meios legais, realizar parceria junto ao município de Ourinhos/SP para atendimento dos pacientes em tratamento de câncer. Justificando a possibilidade ou não.</t>
   </si>
   <si>
     <t>6886</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6886/prot._472_req_158_informacoes_soterramento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6886/prot._472_req_158_informacoes_soterramento.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, a Mesa Diretiva, comporta pelos vereadores Marcio José Albertini, Walmir Joaquim e Karen Dadona, solicitam que seja encaminhado ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), encaminhe informações/documentos a esta Casa de Leis sobre o soterramento ocorrido no dia 16 de dezembro, no Parque do Conjunto Gonzaga, tais como:_x000D_
 _x000D_
 a)	Cópia da Ordem de Serviço;_x000D_
 b)	Nome dos funcionários envolvidos;_x000D_
 c)	Contratos dos terceirizados;_x000D_
 d)	Nome do responsável pela obra;_x000D_
 e)	Maquinários e veículos envolvidos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -8434,67 +8434,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6174/prot._001_ind_001_banheiro_e_lixeira_praca_dr._miguel_dinizo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6175/prot._002_ind_002_melhorias_batalhao_pm.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6176/prot._003_ind_003_placas_de_sinalizacao_avenida_brasil.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6177/prot._006_ind_004_internet_gratuita_reparticoes_publicas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6178/prot._007_ind_005_salas_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6179/prot._008_ind_006_portal_da_transparencia_percentual_educacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6180/prot._011_ind_007_contratacao_testes_swab.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6181/prot._012_ind_008_reativacao_caesc.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6182/prot._013_ind_009_alambrado_casa_de_velorios.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6183/prot._014_ind_010_aumento_servidores_tenda_sentinela.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6184/prot._015_ind_011_limpeza_rio_parque_alambari.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6185/prot._016_ind_012_parque_rua_dos_expedicionarios.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6186/prot._017_ind_013_calcada_escola_profissionalizante.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6187/prot._019_ind_014_procon.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6188/prot._015_ind_011_limpeza_rio_parque_alambari.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6189/prot._022_ind_016_asfalto_travessa_22.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6190/prot._023_ind_017_limpeza_e_recape_rua_do_bico.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6191/prot._025_ind_018_transporte_solidario.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6192/prot._026_ind_019_controle_carro_de_som_aplicativo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6193/prot._029_ind_020_pl_fundo_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6194/prot._031_ind_021_dep._estadual_pedro_paulo_bazana_carreta_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6195/prot._032_ind_022_sao_lucas_contratacao_servidor_atendimento_prioritario.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6196/prot._033_ind_023_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6197/prot._038_ind_024_19_regional_de_saude_vigilancia_analise_da_agua.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6198/prot._039_ind_025_dep._estadual_adelino_ribeiro_microonibus.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6199/prot._040_ind_026_melhorias_praca_igreja_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6200/prot._042_ind_027_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6201/prot._044_ind_028_rua_alambari_providencias_brecha.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6202/prot._045_ind_029_copel_rua_joao_evangelista_barreiros_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6203/prot._046_ind_030_melhorias_praca_doutor_miguel_dinizo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6204/prot._047_ind_031_parque_gonzaga_melhorias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6205/prot._048_ind_032_bebedouro_campo_de_bocha.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6206/prot._049_ind_033_horarios_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6207/prot._050_ind_034_iluminacao_rua_dr._genaro_resende_circo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6208/prot._052_ind_035_acessibilidade_orgaos_publicos.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6209/prot._053_ind_036_melhorias_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6210/prot._054_ind_037_der_redutor_de_velocidade_br369.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6211/prot._055_ind_038_melhorias_transito.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6212/prot._056_ind_039_isencao_cosip_idosos_e_aposentados.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6213/prot._059_ind_040_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6214/prot._060_ind_041_calcada_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6215/prot._061_ind_042_melhorias_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6216/prot._062_ind_043_escolas_municipais_aula_de_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6217/prot._063_ind_044_melhorias_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6218/prot._064_ind_045_semaforo_e_faixa_de_pedestres_br369.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6219/prot._066_ind_046_vacinacao_domingo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6221/prot._069_ind_047_mudanca_e_melhorias_samu.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6222/prot._070_ind_048_melhorias_limpeza_terrenos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6223/prot._071_ind_049_dep._estadual_pedro_paulo_bazana_emenda_apae.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6224/prot._072_ind_050_construcao_samu.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6225/prot._075_ind_051_dep._estadual_mauro_moraes_lazer_colegio_agricola.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6226/prot._078_ind_052_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6227/prot._079_ind_053_academia_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6228/prot._083_ind_054_melhorias_gm.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6229/prot._084_ind_055_asfalto_conjunto_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6230/prot._085_ind_056_maquinas_pesadas_avenida_brasil.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6231/prot._086_ind_057_canil_municipal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6232/prot._089_ind_058_melhorias_campo_sintetico_conj._ignez.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6286/prot._091_ind_059_pl_auxilio_atleta.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6287/prot._092_ind_060_melhorias_limpezas.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6288/prot._093_ind_061_melhorias_estrada_pedreira.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6289/prot._094_ind_062_asfalto_travessa_gentil_justo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6290/prot._095_ind_063_portal_de_entrada_conj._votorantim.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6291/prot._097_ind_064_caps.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6292/prot._098_ind_065_meio_fio_rua_sao_manoel_sao_jose_i.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6293/prot._099_ind_066_sinalizacao_e_correcao_ponte.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6294/prot._100_ind_067_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6295/prot._101_ind_068_iluminacao_e_poda_parques.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6296/prot._102_ind_069_atendimento_prioritario_saude.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6297/prot._103_ind_070_dnit_redutor_de_velocidade_br369.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6298/prot._104_ind_071_autorizacao_limpeza_rios.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6299/prot._106_ind._072_reiteracao_prot._019_procon.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6300/prot._108_ind_073_reforma_casa_de_velorios.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6301/prot._110_ind_074_reforma_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6302/prot._111_ind_075_sec._municipal_de_industria_e_comercio.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6303/prot._112_ind_076_ventilacao_e_internet_casa_de_velorios.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6304/prot._113_ind_077_fundo_e_conselho_municipal_animal.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6305/prot._114_ind_078_secretaria_municipal_de_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6306/prot._115_ind_079_central_do_povo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6308/prot._117_ind_081_cameras_de_seguranca_cemiterio_e_entradas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6309/prot._118_ind_082_aluguel_barracao_empresas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6310/prot._122_ind_083_base_avancada_samu.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6311/prot._124_ind_084_reiteracao_prot._060_calcada_e_placas_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6312/prot._125_ind_085_recapeamento_asfaltico_rua_marechal_deodoro_da_fonseca_e_joao_gnaspini.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6313/prot._126_ind_086_ajuste_salarial_agentes_de_endemias_e_de_saude.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6314/prot._127_ind_087_monitores_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6315/prot._129_ind_088_faixa_de_pedestres_e_sinalizacao_col._est._carolina_lupion.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6316/prot._130_ind_089_recape_rua_major_barbosa.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6317/prot._134_ind_090_incentivo_plantio_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6318/prot._135_ind_091_mutirao_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6327/prot._138_ind_092_sistema_de_senhas_agendamento.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6328/prot._139_ind_093_iptu_carne_informacoes.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6329/prot._141_ind_094_semaforo_br369.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6330/prot._142_ind_095_reparos_bueiro_conjunto_vitoria_crivari.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6331/prot._144_ind_096_saude_na_hora.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6332/prot._146_ind_097_central_de_empregos_deficientes.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6333/prot._148_ind_098_sec._mun._esportes_campeonatos.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6334/prot._149_ind_099_sec._mun._de_agricultura_limpeza_parques_e_lagos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6335/prot._151_ind_100_pl_jovem_aprendiz_terceirizada.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6336/prot._152_ind_101_analise_da_agua.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6337/prot._154_ind_102_parceria_campeonato_empresas.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6338/prot._155_ind_103_transporte_pacientes_curitiba.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6339/prot._156_ind_104_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6340/prot._157_ind_105_remissao_iptu.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6341/prot._158_ind_106_pagamento_samu.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6342/prot._159_ind_107_sec._mun._saude_internamento_andarilho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6343/prot._160_ind_108_lixeira_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6375/prot._167_ind_110_reiteracao_prot._093_melhorias_estrada_pedreira.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6377/prot._169_ind_112_praca_conj._vitoria_crivari.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6378/prot._170_ind_113_melhorias_pracas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6379/prot._171_ind_114_sinalizacao_transito.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6380/prot._172_ind_115_reiteracao_prot._017_calcada_escola_profissionalizante.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6381/prot._173_ind_116_sec._municipal_de_esportes_futebol_feminino.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6382/prot._176_ind_117_recape_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6383/prot._178_ind_118_cisnorpi_trabalho_em_rede.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6384/prot._179_ind_119_sec._mun_saude_trabalho_em_rede_planifica_sus.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6385/prot._180_ind_120_sec._mun_saude_capacitacao_equipes.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6386/prot._181_ind_121_agentes_de_endemias_notificar_e_multar.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6387/prot._187_ind_122_repelente_e_orientacoes_dengue.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6388/prot._189_ind_123_lixeiras_e_bags.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6395/prot._192_ind_124_gm_entrada_e_saida_escolas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6396/prot._193_ind_125_19a_regional_de_saude_fumace.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6397/prot._194_ind_126_dep._estadual_mauro_moraes_onibus_saude.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6398/prot._195_ind_127_operacao_noite_fria_abrigo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6399/prot._200_ind_128_recape_jardim_das_acacias.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6400/prot._201_ind_129_calcamento_rua_julio_marques_figueiredo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6406/prot._204_ind_130_agua_santa_ercilia.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6407/prot._209_ind_131_festa_das_nacoes_expocia.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6408/prot._210_ind_132_sec._mun._saude_agendamento.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6409/prot._214_ind_133_viver_mais_parana.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6410/prot._216_ind_134_rocagem_conj._gonzaga.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6411/prot._217_ind_135_salario_agentes_de_endemias_e_de_saude_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6412/prot._218_ind_136_placa_saida_jacarezinho.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6439/prot._220_ind_137_ponto_biometrico_e_vestiario_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6440/prot._222_ind_138_programa_qualifica_mulheres.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6441/prot._223_ind_139_cisnorpi_cisnop_19_regional_de_saude_samu.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6442/prot._224_ind_140_sec._mun_agricultura_melhoria_estrada_rural_agua_das_antas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6443/prot._225_ind_141_asfalto_rua_antonio_michelato.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6444/prot._228_ind_142_sinalizacao_rua_joao_mischiatti.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6445/prot._229_ind_143_lixeira_comunitaria_estacao_de_trem.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6446/prot._230_ind_144_parque_conj._sao_jose_i.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6447/prot._231_ind_145_reforma_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6479/prot._237_ind._146_reiteracao_prot._097_caps.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6480/prot._239_ind_147_dep._federal_felipe_francischini_coletes.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6481/prot._241_ind_148_reparos_bueiro_equipe.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6482/prot._243_ind_149_poda_arvores.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6557/prot._245_ind_150_muro_barracao_municipal.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6558/prot._247_ind_151_copel_isencao_cosip_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6560/prot._251_ind_153_contratacao_setor_de_documentacoes.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6561/prot._252_ind_154_melhorias_arena_conj._gonzaga.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6562/prot._253_ind._155_estrada_erosao.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6563/prot._256_ind._156_reiteracao__prot._022_asfalto_travessa_22.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6564/prot._264_ind_157_ar_condicionado_e_internet_casa_de_velorios.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6565/prot._265_ind_158_melhoria_asfaltica_estrada_agua_dos_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6566/prot._266_ind_159_reiteracao_sec._mun_agricultura_melhoria_estrada_rural_agua_das_antas.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6567/prot._267_ind_160_entulhos_rua_domingos_villas.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6568/prot._268_ind_161_recape_e_sinalizacao_rua_maria_aparecida_fantinellii.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6569/prot._269_ind_162_classificacao_de_risco_ps.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6570/prot._271_ind_163_rotam_rondas_ostensivas_quinto_dia_ultil.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6571/prot._272_ind_164_orientacao_nas_escolas_pipas.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6572/prot._273_ind_165_gm_rondas_pipas.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6573/prot._274_ind_166_parque_infantil_sementes_sorria.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6574/prot._275_ind_167_bebedouro_sao_jose_ii.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6575/prot._276_ind_168_recape_rua_oswaldo_cruz.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6576/prot._277_ind_169_nomes_bairros.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6577/prot._278_ind_170_incentivo_associacoes_de_bairros.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6578/prot._279_ind_171_caminhao_pipa_avenida_brasil.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6579/prot._280_ind_172_camara_reestruturacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6580/prot._281_ind_173_salario_diretores_e_pedagogos.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6581/prot._283_ind_174_rampa_de_acesso_campo_ignezl.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6582/prot._284_ind_175_melhorias_creche_ignezl.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6583/prot._285_ind_176_melhoria_asfaltica_estrada_agua_do_boi.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6584/prot._286_ind_177_comunicado_reuniao_fundeb.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6586/prot._289_ind_179_empilhadeira_e_caminhao_reciclam.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6587/prot._291_ind_180_contratacao_funpar_consultor.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6588/prot._293_ind_181_aposentadoria_especial_agentes_de_endemias_e_de_saude.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6589/prot._294_ind_182_calcada_ligando_bairros_sao_jose_ao_ignez.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6590/prot._296_ind_183_caminhao_pipa_estiagem.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6591/prot._297_ind_184_campanha_contra_queimadas.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6631/prot._299_ind_185_melhorias_limpeza_travessa_antonio_castanho.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6632/prot._300_ind_186__reitera_pl_primeiro_emprego.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6633/prot._301_ind_187_reitera_classificacao_de_risco_ps.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6634/prot._302_ind_188_melhorias_recepcao_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6635/prot._305_ind_189_19_regional_de_saude_vigilancia_analise_da_agua.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6636/prot._307_ind_190_transporte_solidario.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6637/prot._308_ind_191_notificacao_reforma_predio_oi.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6638/prot._309_ind_192_alteracao_nomenclatura_merendeiras.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6639/prot._312_ind_193_mauro_moraes_contingente_policial.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6640/prot._313_ind_194_gov._do_estado_contingente_policial.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6641/prot._314_ind_195_veiculos_depen.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6642/prot._316_ind_196_reitera_parque_rua_dos_expedicionarios.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6643/prot._317_ind_197_melhoria_parquinho_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6644/prot._318_ind_198_vigilancia_sanitaria_fiscalizacao_imovel.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6645/prot._319_ind_199_caminhao_pipa_morada_do_soll.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6646/prot._320_ind_200_parceria_clinicas_veterinarias_e_canil_municipal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6647/prot._321_ind_201_levantamento_quantidade_animais_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6648/prot._322_ind_202_aumento_diarias.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6649/prot._323_ind_203_vigilancia_sanitaria_analise_da_agua.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6650/prot._324_ind_204_sanepar_analise_da_agua.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6651/prot._325_ind_205_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6652/prot._326_ind_206_van_adaptada_deficientes_e_idosos.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6653/prot._328_ind_207_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6654/prot._329_ind_208_reitera_fundo_municipal_animal.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6686/prot._334_ind_210_reinvindicacoes_apae.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6687/prot._335_ind_211_reinvindicacoes_apae.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6688/prot._336_ind_212_reinvindicacoes_apae.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6689/prot._337_ind_213_parque_jardim_das_acacias.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6690/prot._338_ind_214_medicacao_de_uso_continuo_nos_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6691/prot._339_ind_215_coleta_de_lixo_periodo_noturno.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6692/prot._340_ind_216_buraco_rua_joao_mischiati.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6693/prot._342_ind_217_reitera_recape_rua_oswaldo_cruz.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6694/prot._343_ind_218_limpeza_rio_alambari.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6695/prot._344_ind_219_pavimentacao_rua_do_bico.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6696/prot._345_ind_220_deputado_estadual_michele_caputo_aumento_efetivo_policial.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6697/prot._346_ind_221_campanha_de_vacinacao_divulgacao.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6698/prot._349_ind_222_sec._mun_saude_trabalho_em_rede_planifica_sus.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6699/prot._350_ind_223_informatizacao_guias_e_pedidos_medicos.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6700/prot._351_ind_224_ordem_desfiles.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6737/prot._352_ind_225_sistema_de_drenagem_genaro_resende.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6738/prot._353_ind_226_pagamento_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6739/prot._354_ind_227_extensao_de_rede_prefeito_airton_costa_pinto.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6740/prot._355_ind_228_parque_infantil_todos_os_bairros.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6748/prot._358_ind_229_cameras_de_seguranca_cemiterio_e_entradas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6749/prot._362_ind_230_publicidade_lei_13.767.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6750/prot._363_ind_231_placa_delegacia.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6751/prot._364_ind_232_lixeiras_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6752/prot._365_ind_233_exame_de_vista_escolas.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6753/prot._366_ind_234_melhorias_calcadas_creche_ingez.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6754/prot._367_ind_235_reativacao_conselho_municipal_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6755/prot._368_ind_236_guarda_municipal_da_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6756/prot._369_ind_237_intensificacao_diagnostico_autismo_questionario_mchat.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6757/prot._370_ind_238_quebra_molas_irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6758/prot._371_ind_239_grade_escolar_ed_financeira_politica_e_ambiental.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6759/prot._372_ind_240_boca_de_lobo_travessa_22.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6760/prot._374_ind_241_reitera_bebedouro_campo_de_bocha.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6761/prot._377_ind_242_reitera_reforma_bebedouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6762/prot._378_ind_243_questionario_qualidade_atendimento_postos_de_saude_e_hospital.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6763/prot._379_ind_244_informatizacao_guias_e_pedidos_medicos_cisnorpi.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6764/prot._380_ind_245_reiteracao_melhorias_campos_de_areia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6765/prot._373_ind_246_reitera_banheiro_e_lixeira_praca_dr._miguel_dinizo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6812/prot._382_ind_247_reitera_melhoria_asfaltica_estrada_agua_do_boi.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6813/prot._383_ind_248_reparos_rua_coronel_batista.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6814/prot._386_ind_249_melhorias_conj._sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6815/prot._387_ind_250_arena_e_parque_rotary__estadual_romanelli.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6816/prot._388_ind_251_reitera_fundo_municipal_animal.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6817/prot._389_ind_252_reiteracao_abrigo_animais.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6818/prot._390_ind_253_reiteracao_contratacoes_temporarias_e_concurso_veterinario.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6819/prot._391_ind._254_reiteracao_caps.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6820/prot._392_ind_255_contratacao_cras.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6821/prot._393_ind_256_iluminacao_reparo.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6837/prot._395_ind_258_camera_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6838/prot._396_ind_259_contratacao_sao_lucas.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6839/prot._397_ind_260_sec._municipal_de_agricultura_estradas_agua_do_vieira.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6840/prot._398_ind_261_multa_maus_tratos_animais.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6841/prot._400_ind_262_academia_bairro_rotary.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6842/prot._401_ind_263_reitera_parque_conj._sao_jose_i.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6843/prot._403_ind_264_programa_escola_da_inteligencia.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6844/prot._407_ind_265_instalacao_bebedouro_reciclam.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6845/prot.410_ind_266_banheiro_e_vestiario_tiro_de_guerra.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6846/prot.411_ind_267_aplicativo_interacao_com_o_cidadao.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6847/prot.413_ind_268_tapa_buracos_rodovia_da_liberdade.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6848/prot.414_ind_269_embarque_e_desembarque_pacientes_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6849/prot.415_ind_270_embarque_e_desembarque_clinicas_particulares.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6850/prot.416_ind_271_lixeiras_e_placas_de_sinalizacao_comercio.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6851/prot.417_ind_272_duodecimo_investimento.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6852/prot.420_ind_273_reitera_laboratorio_municipal_de_proteses_dentarias.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6853/prot.422_ind_274_poco_artesiano_sao_jose_i_e_ii.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6855/prot._437_ind_285_recape_asfaltico_airton_costa_pinto.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6856/prot._438_ind_286_recape_asfaltico_barao_do_cerro_azul.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6857/prot._444_ind_291_vale-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6858/prot._445_ind_292_capela_sao_jose_creche.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6859/prot._446_ind_293_reativacao_conselho_municipal_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6860/prot._447_ind_294_defesa_civil_arvore_rua_c.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6865/prot._448_ind_295_executar_emendas_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6866/prot._449_ind_296_executar_emendas_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6867/prot._450_ind_297_executar_emendas_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6868/prot._451_ind_298_gm_e_pm_rondas_comercio.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6869/prot._452_ind_299_limpeza_rios_e_manutencao_esgoto.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6870/prot._454_ind_300_veiculos_sucateados_leilao.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6871/prot._455_ind_301_manutencao_pocos_artesianos.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6872/prot._458_ind_302_reparo_asfaltico_br369_yoki.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6873/prot._460_ind_303_seguranca_pracas.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6874/prot._461_ind_304_conselho_municipal_drogas.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6887/prot._462_ind_305_buraco_rua_nicolau_p._de_marco.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6888/prot._463_ind_306_estrada_rural_agua_do_vieira.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6889/prot._464_ind_307_estrada_rural_agua_do_boi.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6890/prot._465_ind_308_reducao_itbi.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6891/prot._466_ind_309_limpeza_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6892/prot._469_ind_310_batalhao_pm_e_sec._est._seg._publica_policiamento.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6893/prot._470_ind_311_de._est._romanelli_seg._publica.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6121/pdl_001.2022_mocao_de_aplausos_leonardo.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6122/pdl_002_2022_merito_esportivo_nana.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6241/pdl_003.2022_mocao_de_congratulacoes_cesar_mota.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6434/proposta_de_decreto_legislativo_04_2022_titulo_de_cidadao_honorario_pastor.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6369/01_oficio_no._084_2022_-_encaminhamento_plc_xx_2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6433/02_plc_02-2022_-_autoriza_venda_direta_o_reurb-e.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6496/plc_no_03-2021_-_piso_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6593/01_plce_-_04_2022_-_autoriza_a_compra_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6594/any_scanner_08_10_2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6655/plc_06_oficio_159-2022_-_plc_06__-_altera_redacao_do_inciso_iv_do_art.2_da_lc_207-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6656/plc_07_oficio_160-2022_-_plc_07_-_reboga_o_2_do_art.3_da_lc_108-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6657/plc_08_oficio_161-2022_-_plc_08_-_institui_o_programa_de_recuperacao_de_creditos_municipais_-_refis_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6658/plc_09_oficio_162-2022_-_plc_09_-_altera_a_lc_47-2014.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6659/plc_10_oficio_170-2022_-_plc_10_-__altera_lc_31-2012_-_valor_fixo_das_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6714/plc_11_-_altera_lc_115_uso_e_ocupacao_do_solo_urbano.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6715/plc_12_-_altera_lc_120_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6723/plc_14_-_xx_2022_-_lei_de_uso_e_ocupacao_do_solo_urbano_regra_de_transicao.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6724/plc_15_-_xx_2022_-_altera_multas_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6779/plc_16_-_regulamenta_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6780/02_plce_-_17_2022_-_altera_a_lc_78-2017_novo_1.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6793/plce_xx_-_altera_dispositivos_da_lc31-2012.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6822/plc_19_-_autoriza_permuta_de_imovel_publico_com_particular_-_rua_morada_do_sol_ok.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6114/01_-_revisao_geral_anual.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6115/02_-_institui_o_diario_oficial_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6145/pl03al1.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6147/pl04al1.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6148/pl_05_autoriza_credito_especial_na_importancia_de_ate_1.00000_um_mil_reais..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6149/pl06al1.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6150/pl07al1.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6151/pl08au1.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6152/pl_09_-_revisao_geral_anual_-_piso_magisterio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6153/pl_10.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6154/pl_11.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6155/pl_12.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6156/pl_13.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6157/pl_14.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6158/pl_15.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6159/pl_16_-_consignado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6160/pl_17.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6161/pl_18.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6162/pl_19.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6163/pl_20.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6164/pl_21.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6165/pl_22.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6166/pl_23.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6167/pl_24.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6168/pl_25.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6220/pl_26_-_autoriza_venda_direta_-_reurb-e.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6264/27_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6265/28_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6266/29_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6267/30_projeto_de_lei_ppa.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6268/31_-_projeto_de_lei_-_ldo_1.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6269/32_-_projeto_de_lei_loa_1.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6270/33_-_projeto_de_lei__-_ppa_1.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6271/34_-_projeto_de_lei_-_ldo_2.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6272/35_-_projeto_de_lei_loa_2.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6245/pl_36.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6244/pl_37.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6248/pl_38.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6247/pl_39.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6246/pl_40.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6249/pl_41.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6250/pl_42.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6251/pl_43.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6252/pl_44.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6253/pl_45.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6254/pl_46.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6255/pl_47.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6256/pl_48.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6257/pl_49.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6258/pl_50.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6259/pl_51.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6260/pl_52.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6261/pl_53.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6262/pl_54.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6263/pl_55.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6344/pl_56.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6345/pl_57.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6346/pl_58.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6347/pl_59.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6348/pl_60.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6349/pl_61.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6350/pl_62.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6351/pl_63.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6352/pl_64.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6353/pl_65.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6354/pl_66.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6355/pl_67.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6356/pl_68.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6357/pl_69.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6358/pl_70.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6359/pl_71_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6360/pl_72.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6361/pl_73.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6362/pl_74.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6363/pl_75.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6364/pl_76.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6365/pl_77.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6366/pl_78.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6367/pl_79.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6368/pl_80.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6421/pl_81.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6422/pl_82.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6423/pl_83.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6424/pl_84.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6425/pl_85.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6426/pl_86.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6427/pl_87.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6428/pl_88.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6429/pl_89.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6448/pl_90_-_projeto_de_lei__-_ppa_-.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6449/pl_91_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6450/pl_92_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6451/pl_93_projeto_de_lei_-_ppa_-_excesso_saude_327.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6452/pl_94_projeto_de_lei_-_ldo_-_excesso_saude_327.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6453/pl_95_projeto_de_lei_-_loa_-_excesso_saude_327.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6454/pl_96_projeto_de_lei__-_ppa_-.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6455/pl_97_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6456/pl_98_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6457/pl_99_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6458/pl_100_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6459/pl_101_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6460/pl_102_projeto_de_lei__-_ppa_1.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6461/pl_103_projeto_de_lei__-_ldo_-_1.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6462/pl_104_projeto_de_lei_loa_1.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6463/pl_105_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6464/pl_106_-_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6465/pl_107_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6466/pl_108_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6467/pl_109_-_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6468/pl_110_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6469/pl_111_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6470/pl_112.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6471/pl_113_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6472/pl_114_36_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6473/pl_115_36_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6474/pl_116_-_projeto_de_lei__-_loa.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6475/pl_117_37-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6476/pl_118_36_-_projeto_de_lei__-_ldo_1.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6477/pl_119_37_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6478/pl_120_-_licitacoes_compartilhadas_-_cisnorpi.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6492/pl_121_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6493/pl_122_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6494/pl_123_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6501/pl_124_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6502/pl_125_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6503/pl_126_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6504/pl_127_-projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6505/pl_128_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6506/pl_129_-projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6508/pl_131_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6509/pl_132_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6510/pl_133_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6511/pl_134_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6512/pl_135_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6513/pl_136_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6514/pl_137_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6515/pl_138_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6516/pl_139__projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6517/pl_140_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6518/pl_141_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6519/pl_142_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6520/pl_143_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6521/pl_144_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6522/pl_145_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6523/pl_146_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6525/pl_148_-projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6526/pl_149_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6527/pl_150_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6528/pl_151_-__projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6529/pl_152_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6530/pl_153_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6531/pl_154_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6532/pl_155_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6533/pl_156_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6534/pl_157_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6536/pl_159_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6537/pl_160_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6538/pl_161_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6539/pl_162_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6597/163_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6598/164_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6599/165_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6600/166_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6602/168_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6603/169_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6604/170_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6605/171_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6606/172-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6607/173_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6608/174-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6609/175_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6610/176_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6611/177_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6612/178_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6613/179_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6614/180_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6615/pl_181_-_altera_lei_1969-2021_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6616/pl_182_-_2022_-_deficit_atuarial.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6617/pl_183_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6618/pl_184_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6619/pl_185-projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6628/pl_186_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6629/pl_187_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6630/pl_188_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6660/pl_189_oficio_163-2022_-_pl_189_-__altera_anexos_da_lei_2021-2021_-_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6661/pl_190_oficio_164-2022_-_pl_190_-_altera_anexos_da_lei_2169-2021_diretrizes_lei_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6662/pl_191_oficio_165-2022_-_pl_191_-_estima_receita_e_fiza_despesa_para_o_exercicio_financeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6663/pl_192_oficio_166-2022_-_pl_192_-_cria_o_comupa.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6664/pl_193_oficio_167-2022_-_pl_193_-_cria_conselho_municipal_da_pessoa_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6665/pl_194_oficio_168-2022_-_pl_194__-_autoriza_poder_executivo_a_ratificar_alteracoes_no_prot_intencoes_-_samu-cisnorpi.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6666/pl_195_oficio_169-2022_-_pl_195_-_dispoe_sobre_o_programa_de_conectividade_movel_5g.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6667/pl_196_-__projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6668/pl_197_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6669/pl_198_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6670/pl_199_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6671/pl_200_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6672/pl_201_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6674/pl_202_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6675/pl_203_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6676/pl_204_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6677/pl_205_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6678/pl_206_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6679/pl_207_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6702/pl_208_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6703/pl_209_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6704/pl_210_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6705/pl_211_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6706/pl_212_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6707/pl_213_-_loa.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6708/pl_214_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6709/pl_215.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6710/pl_216.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6711/pl_217_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6712/pl_218_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6713/pl_219_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6717/pl_220_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6718/pl_221_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6719/pl_222_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6720/pl_223_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6721/pl_224_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6722/pl_225_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6725/pl_226_-projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6726/pl_227_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6727/pl_228_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6728/pl_229_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6729/pl_230_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6730/pl_231_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6731/pl_232_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6732/pl_233_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6733/pl_234_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6734/pl_235_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6735/pl_236_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6736/pl_237_-projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6766/01_oficio_no._190_2022_-_encaminhamento_ploe_xx_2022.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6767/pl_239_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6768/pl_240_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6769/pl_241.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6770/pl_242_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6771/pl_243_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6772/pl_244_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6773/pl_245_-_declaracao_de_utilidade_publica__-_divina_providencia.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6774/pl_246_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6775/pl_247_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6776/pl_248_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6781/pl_249_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6782/pl_250_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6783/pl_251_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6784/pl_252_-_projeto_de_lei__-_ppa_-.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6785/pl_253_-_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6786/pl_254_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6787/pl_255_-_projeto_de_lei_-ppa.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6788/pl_256_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6789/pl_257_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6790/pl_258_-_projeto_de_lei_-ppa.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6791/pl_259_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6792/pl_260_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6795/pl_261_-projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6796/pl_262_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6797/pl_263_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6798/pl_264_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6799/pl_265_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6800/pl_266_-_loa.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6801/pl_267_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6802/pl_268_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6803/pl_269_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6804/pl_270_-_projeto_de_lei__-_ppa_-.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6805/pl_271_-_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6806/pl_272_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6807/pl_273_-_projeto_de_lei__-_ppa_-.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6808/pl_274_-_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6809/pl_275_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6823/pl_276_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6824/pl_277_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6825/pl_278_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6875/pl_279_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6876/pl_280_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6877/pl_281_-_projeto_de_lei___loa_87.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6878/pl_282_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6879/pl_283_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6880/pl_284_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6881/pl_285_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6882/pl_286_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6883/pl_287_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6116/projeto_de_lei_no_01_2022_-_reposicao_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6117/projeto_de_lei_no_02_2022_-_revisao_geral_anual_vereadores.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6118/projeto_de_lei_no_03_2022_-_revisao_geral_anual_prefeito_e_vice.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6119/projeto_de_lei_no_04_2022_-_refixa_o_subsidio_do_secretarios.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6120/projeto_de_lei_no_05_2022_-_auxilio-alimentacao_alteracao.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6123/projeto_de_lei_no_06_2022_-_denomina_predio_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6124/projeto_de_lei_no_07_2022_-_compostagem_podas_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6125/projeto_de_lei_no_08_2022_-_programa_de_recolhimento_e_reciclagem_do_oleo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6126/projeto_de_lei_no_09_2022_-_semana_municipal_disfagia.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6146/projeto_de_lei_no_10_2022_-_dia_passagem_principe_gales.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6243/projeto_de_lei_no_11_2022_-banco_de_materiais_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6242/projeto_de_lei_no_12_2022_-_aplicacao_mchat_-_tea.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6430/projeto_de_lei_no_13_2022_-_declaracao_de_utilidade_publica_reciclam.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6431/projeto_de_lei_no_14_2022_-_denomina_ruas_residencial_bela_toscana.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6432/projeto_de_lei_no_15_2022_-_denomina_rua_c_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6491/projeto_de_lei_no_16_2022_-_denomina_ruas_residencial_bella_toscana.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6495/projeto_de_lei_no_17_2022_-_declaracao_de_utilidade_publica_projeto_cambara.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6497/projeto_de_lei_no_18_2022_-_denomina_ruas_ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6498/projeto_de_lei_no_19_2022_-_cavalgada.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6499/projeto_de_lei_no_20_2022_-_vitamina_d.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6500/projeto_de_lei_no_21_2022_-_denomina_ruas_bella_toscana.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6592/projeto_de_lei_no_22_2022_-banco_de_materiais_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6673/projeto_de_lei_no_23_2022_-_cavalgada.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6701/projeto_de_lei_no_24_2022_-_denomina_praca_no_entorno_da_igreja_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6777/projeto_de_lei_no_25_2022_-_denomina_rua_projetada_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6778/projeto_de_lei_no_26_2022_-_agosto_lilas.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6794/projeto_de_lei_no_27_2022_-_cao_comunitario.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6144/projeto_de_resolucao_01_2022_altera_consignado_camara.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6596/projeto_de_resolucao_02_2022_proposta_orcamento_parcial_2023.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6595/projeto_de_resolucao_03_2022_nova_proposta_orcamento_parcial_2023.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6127/proposta_de_emenda_a_lei_organica_no_01-2022_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6128/prot._004_req_001_informacoes_ponte_vila_aurora.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6129/prot._005_req_002_informacoes_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6130/prot._009_req_003_informacoes_estrategia_defasagem_escolas.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6131/prot._010_req_004_informacoes_aquisicao_tubos_de_drenagem.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6132/prot._018_req_005_informacoes_cronograma_e_mapeamento_melhorias_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6133/prot._021_req_006_informacoes_projetos_ambientais_adesao.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6134/prot._024_req_007_informacoes_adesao_vacina_criancas.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6135/prot._027_req_008_cisnorpi_informacoes_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6136/prot._028_req_009_informacoes_verbas_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6137/prot._030_req_010_informacoes_fundeb.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6138/prot._034_req_011_informacoes_exames_cancer.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6139/prot._035_req_012_informacoes_estrategias_e_casos_dengue.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6140/prot._036_req_013_informacoes_tac_creches.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6141/prot._037_req_014_informacoes_licitacao_leite.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6142/prot._041_req_015_informacoes_reforma_praca_dr._miguel_dinizo.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6143/prot._043_req_016_informacoes_concurso_e_cargos.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6169/prot._051_req_017_informacoes_vigilancia_sanitaria_mau_odor_analise.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6170/prot._057_req_018_informacoes_kits_de_acessibilidade_alunos.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6171/prot._058_req_019_informacoes_estrategia_saude_jovens.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6172/prot._065_req_020_informacoes_ambulantes.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6173/prot._067_req_021_informacoes_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6233/prot._068_req_022_informacoes_repasse_icms.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6234/prot._073_req_023_informacoes_aulas.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6235/prot._074_req_024_informacoes_ultrassom_sao_lucas.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6236/prot._076_req_025_informacoes_fluxo_neurocirurgiao.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6237/prot._077_req_026_informacoes_cisnorpi_fluxo_neurocirurgiao.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6238/prot._080_req_027_informacoes_rua_apae.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6239/prot._082_req_029_informacoes_transporte_crianca.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6240/prot._087_req_030_informacoes_nucleo_de_educacao_aulas_noturno.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6273/prot._090_req_032_informacoes_ultrassom.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6274/prot._096_req_033_informacoes_depen_retirada_veiculos.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6275/prot._105_req_034_informacoes_sala_tomografo.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6276/prot._107_req_035_informacoes_nucleo_de_educacao_uniformes.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6277/prot._109_req_036_informacoes_terceirizados.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6278/prot._119_req_037_cisnop_telefone_samu.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6279/prot._120_req_038_governo_federal_inss.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6280/prot._121_req_039_cisnop_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6281/prot._128_req_041_informacoes_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6282/prot._131_req_042_informacoes_parques_infantis_bairros.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6283/prot._132_req_043_cisnop_salario_samu.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6284/prot._133_req_044_fase_area_industrial.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6285/prot._136_req_045_informacoes_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6319/prot._137_req_046_informacoes_posto_de_saude_centro.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6320/prot._140_req_047_informacoes_atendimentos_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6321/prot._143_req_048_informacoes_posto_de_saude_medicos.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6322/prot._145_req_049_informacoes_melhorias_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6323/prot._147_req_050_amunorpi_e_19a_regional_de_saude_consultas_cancer.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6324/prot._150_req_051_informacoes_bb_obras.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6325/prot._153_req_052_informacoes_limpeza_br369.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6326/prot._162_req_054_informacoes_falta_carne.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6370/prot._163_req_055_informacoes_cisnorpi_equipe_tea.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6371/prot._164_req_056_informacoes_nucleo_de_educacao_tea.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6372/prot._165_req_057_informacoes_sec._estadual_de_saude_tea.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6373/prot._175_req_059_informacoes_lei_reducao_de_carga_horaria.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6374/prot._177_req_060_informacoes_nucleo_de_educacao_uniformes.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6389/prot._182_req_061_informacoes_lei_1733_carteirinhas.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6390/prot._183_req_062_informacoes_plano_de_saude_servidores.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6391/prot._184_req_063_informacoes_medicamentos_atraso.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6392/prot._186_req_065_informacoes_providencias_terreno_apae.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6393/prot._188_req_066_informacoes_previne_brasil_ace.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6394/prot._190_req_067_informacoes_chamada_publica.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6401/prot._191_req_068_informacoes_dengue.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6402/prot._196_req_069_informacoes_sanepar_escorpiao.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6403/prot._197_req_070_informacoes_programa_estrada_e_integracao.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6413/prot._202_req_073_informacoes_programa_de_volta_para_casa.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6414/prot._203_req_074_informacoes_exploracao_sexual.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6415/prot._205_req_075_informacoes_maio_amarelo.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6416/prot._206_req_076_informacoes_lei_1969_2021.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6417/prot._207_req_077_informacoes_cisnorpi_cadeiras_motorizadas.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6418/prot._211_req_079_informacoes_fila_de_espera_cirurgia.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6435/prot._219_req_083_informacoes_lei_transparencia_vacina.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6436/prot._221_req_084_informacoes_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6437/prot._226_req_085_informacoes_concurso.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6438/prot._227_req_086_informacoes_reurb-e.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6483/prot._232_req_087_gov._do_estado_rodovias.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6484/prot._233_req_088_gov._do_estado_samu.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6486/prot._235_req_090_informacoes_lei_horta_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6487/prot._236_req_091_informacoes_portaria_1105-2022.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6488/prot._238_req_092_informacoes_adequacao_5g.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6489/prot._240_req_093_informacoes_pagamento_licenca_premio.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6490/prot._242_req_094_informacoes_programa_nossa_gente_parana.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6540/prot._244_req_095_informacoes_exame_dengue.docx" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6542/prot._250_req_098_informacoes_sec._mun._saude_encaminhamentos.docx" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6543/prot._254_req_099_informacoes_asfalto.docx" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6544/prot._255_req_100_informacoes_cooperativas.docx" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6545/prot._257_req_101_informacoes_adesao_programas_cohapar.docx" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6546/prot._258_req_102_informacoes_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6547/prot._259_req_103_informacoes_reiteracao_reurb-e.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6548/prot._261_req_105_informacoes_indicadores_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6549/prot._262_req_106_informacoes_educacao_especial.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6551/prot._282_req_108_informacoes_copel_maria_paulina.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6552/prot._287_req_109_informacoes_prestacao_de_contas_fundeb.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6553/prot._290_req_110_informacoes_pedido_de_fumace.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6554/prot._292_req_111_informacoes_acidente_veiculo_jomar_medeiros.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6555/prot._295_req_112_informacoes_capacitacao_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6556/prot._298_req_113_informacoes_renovacao_de_receitas_medicas.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6620/prot._303_req_114_informacoes_pa_projeto_estruturacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6621/prot._304_req_115_informacoes_posto_de_saude_do_centro.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6622/prot._306_req_116_informacoes_programa_opera_parana.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6623/prot._310_req_117_reiteracao_informacoes_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6624/prot._311_req_118_informacoes_curso_de_especializacao_motoristas.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6625/prot._315_req_119_informacoes_reuniao_fundeb.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6626/prot._327_req_120_projeto_arborizacao.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6627/prot._330_req_121_informacoes_cosip.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6681/prot._332_req_122_sanepar.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6682/prot._333_req_123_denuncia_barracao.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6680/prot._341_req_124_correios.docx.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6683/prot._347_req_125_informacoes_vacinacao_cambara.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6684/prot._348_req_126_reiteracao_informacoes_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6741/prot._356_req_127_carros_postos_de_saude_visita_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6742/prot._357_req_128_lavanderia_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6743/prot._359_req_129_informacoes_limpeza_br369.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6744/prot._360_req_130_informacoes_dermato_oncologico_sesa.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6745/prot._361_req_131_reiteracao_informacoes_exames_cancer.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6747/prot._376_req_133_informacoes_baixa_renda_aluguel.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6810/prot._384_req_134_informacoes_cohapar_ivasores.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6811/prot._385_req_135_informacoes_metodos_contraceptivos.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6826/prot._402_req_136_informacoes_estrategia_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6827/prot._404_req_137_informacoes_copel_interrupcao_servicos_29_de_outubro.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6828/prot._405_req_138_informacoes_cosip.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6829/prot._406_req_139_informacoes_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6830/prot.408__req_140_informacoes_fila_de_espera_urologista.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6831/prot.409__req_141_informacoes_alimentacao_dados_saude.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6832/prot.412__req_142_informacoes_gepatria.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6833/prot.418__req_143_informacoes_portaria_3906.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6834/prot.419_req_144_informacoes_proteses_dentarias.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6835/prot.421_req_145_informacoes_medicacao_em_gotas_pediatria.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6854/prot._439_req_150_app_sindicato_e_cme_licitacao_sistema_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6861/prot._453_req_151_informacoes_enchentes.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6862/prot._456_req_152_informacoes_licitacao_leite.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6863/prot._457_req_153_informacoes_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6864/prot._459_req_154_informacoes_castracoes.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6885/prot._468_req_156_informacoes_parceria_ourinhos_cancer.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6886/prot._472_req_158_informacoes_soterramento.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6174/prot._001_ind_001_banheiro_e_lixeira_praca_dr._miguel_dinizo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6175/prot._002_ind_002_melhorias_batalhao_pm.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6176/prot._003_ind_003_placas_de_sinalizacao_avenida_brasil.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6177/prot._006_ind_004_internet_gratuita_reparticoes_publicas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6178/prot._007_ind_005_salas_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6179/prot._008_ind_006_portal_da_transparencia_percentual_educacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6180/prot._011_ind_007_contratacao_testes_swab.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6181/prot._012_ind_008_reativacao_caesc.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6182/prot._013_ind_009_alambrado_casa_de_velorios.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6183/prot._014_ind_010_aumento_servidores_tenda_sentinela.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6184/prot._015_ind_011_limpeza_rio_parque_alambari.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6185/prot._016_ind_012_parque_rua_dos_expedicionarios.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6186/prot._017_ind_013_calcada_escola_profissionalizante.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6187/prot._019_ind_014_procon.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6188/prot._015_ind_011_limpeza_rio_parque_alambari.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6189/prot._022_ind_016_asfalto_travessa_22.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6190/prot._023_ind_017_limpeza_e_recape_rua_do_bico.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6191/prot._025_ind_018_transporte_solidario.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6192/prot._026_ind_019_controle_carro_de_som_aplicativo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6193/prot._029_ind_020_pl_fundo_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6194/prot._031_ind_021_dep._estadual_pedro_paulo_bazana_carreta_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6195/prot._032_ind_022_sao_lucas_contratacao_servidor_atendimento_prioritario.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6196/prot._033_ind_023_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6197/prot._038_ind_024_19_regional_de_saude_vigilancia_analise_da_agua.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6198/prot._039_ind_025_dep._estadual_adelino_ribeiro_microonibus.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6199/prot._040_ind_026_melhorias_praca_igreja_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6200/prot._042_ind_027_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6201/prot._044_ind_028_rua_alambari_providencias_brecha.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6202/prot._045_ind_029_copel_rua_joao_evangelista_barreiros_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6203/prot._046_ind_030_melhorias_praca_doutor_miguel_dinizo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6204/prot._047_ind_031_parque_gonzaga_melhorias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6205/prot._048_ind_032_bebedouro_campo_de_bocha.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6206/prot._049_ind_033_horarios_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6207/prot._050_ind_034_iluminacao_rua_dr._genaro_resende_circo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6208/prot._052_ind_035_acessibilidade_orgaos_publicos.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6209/prot._053_ind_036_melhorias_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6210/prot._054_ind_037_der_redutor_de_velocidade_br369.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6211/prot._055_ind_038_melhorias_transito.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6212/prot._056_ind_039_isencao_cosip_idosos_e_aposentados.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6213/prot._059_ind_040_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6214/prot._060_ind_041_calcada_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6215/prot._061_ind_042_melhorias_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6216/prot._062_ind_043_escolas_municipais_aula_de_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6217/prot._063_ind_044_melhorias_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6218/prot._064_ind_045_semaforo_e_faixa_de_pedestres_br369.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6219/prot._066_ind_046_vacinacao_domingo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6221/prot._069_ind_047_mudanca_e_melhorias_samu.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6222/prot._070_ind_048_melhorias_limpeza_terrenos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6223/prot._071_ind_049_dep._estadual_pedro_paulo_bazana_emenda_apae.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6224/prot._072_ind_050_construcao_samu.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6225/prot._075_ind_051_dep._estadual_mauro_moraes_lazer_colegio_agricola.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6226/prot._078_ind_052_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6227/prot._079_ind_053_academia_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6228/prot._083_ind_054_melhorias_gm.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6229/prot._084_ind_055_asfalto_conjunto_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6230/prot._085_ind_056_maquinas_pesadas_avenida_brasil.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6231/prot._086_ind_057_canil_municipal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6232/prot._089_ind_058_melhorias_campo_sintetico_conj._ignez.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6286/prot._091_ind_059_pl_auxilio_atleta.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6287/prot._092_ind_060_melhorias_limpezas.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6288/prot._093_ind_061_melhorias_estrada_pedreira.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6289/prot._094_ind_062_asfalto_travessa_gentil_justo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6290/prot._095_ind_063_portal_de_entrada_conj._votorantim.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6291/prot._097_ind_064_caps.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6292/prot._098_ind_065_meio_fio_rua_sao_manoel_sao_jose_i.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6293/prot._099_ind_066_sinalizacao_e_correcao_ponte.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6294/prot._100_ind_067_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6295/prot._101_ind_068_iluminacao_e_poda_parques.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6296/prot._102_ind_069_atendimento_prioritario_saude.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6297/prot._103_ind_070_dnit_redutor_de_velocidade_br369.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6298/prot._104_ind_071_autorizacao_limpeza_rios.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6299/prot._106_ind._072_reiteracao_prot._019_procon.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6300/prot._108_ind_073_reforma_casa_de_velorios.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6301/prot._110_ind_074_reforma_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6302/prot._111_ind_075_sec._municipal_de_industria_e_comercio.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6303/prot._112_ind_076_ventilacao_e_internet_casa_de_velorios.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6304/prot._113_ind_077_fundo_e_conselho_municipal_animal.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6305/prot._114_ind_078_secretaria_municipal_de_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6306/prot._115_ind_079_central_do_povo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6308/prot._117_ind_081_cameras_de_seguranca_cemiterio_e_entradas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6309/prot._118_ind_082_aluguel_barracao_empresas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6310/prot._122_ind_083_base_avancada_samu.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6311/prot._124_ind_084_reiteracao_prot._060_calcada_e_placas_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6312/prot._125_ind_085_recapeamento_asfaltico_rua_marechal_deodoro_da_fonseca_e_joao_gnaspini.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6313/prot._126_ind_086_ajuste_salarial_agentes_de_endemias_e_de_saude.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6314/prot._127_ind_087_monitores_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6315/prot._129_ind_088_faixa_de_pedestres_e_sinalizacao_col._est._carolina_lupion.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6316/prot._130_ind_089_recape_rua_major_barbosa.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6317/prot._134_ind_090_incentivo_plantio_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6318/prot._135_ind_091_mutirao_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6327/prot._138_ind_092_sistema_de_senhas_agendamento.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6328/prot._139_ind_093_iptu_carne_informacoes.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6329/prot._141_ind_094_semaforo_br369.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6330/prot._142_ind_095_reparos_bueiro_conjunto_vitoria_crivari.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6331/prot._144_ind_096_saude_na_hora.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6332/prot._146_ind_097_central_de_empregos_deficientes.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6333/prot._148_ind_098_sec._mun._esportes_campeonatos.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6334/prot._149_ind_099_sec._mun._de_agricultura_limpeza_parques_e_lagos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6335/prot._151_ind_100_pl_jovem_aprendiz_terceirizada.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6336/prot._152_ind_101_analise_da_agua.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6337/prot._154_ind_102_parceria_campeonato_empresas.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6338/prot._155_ind_103_transporte_pacientes_curitiba.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6339/prot._156_ind_104_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6340/prot._157_ind_105_remissao_iptu.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6341/prot._158_ind_106_pagamento_samu.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6342/prot._159_ind_107_sec._mun._saude_internamento_andarilho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6343/prot._160_ind_108_lixeira_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6375/prot._167_ind_110_reiteracao_prot._093_melhorias_estrada_pedreira.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6377/prot._169_ind_112_praca_conj._vitoria_crivari.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6378/prot._170_ind_113_melhorias_pracas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6379/prot._171_ind_114_sinalizacao_transito.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6380/prot._172_ind_115_reiteracao_prot._017_calcada_escola_profissionalizante.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6381/prot._173_ind_116_sec._municipal_de_esportes_futebol_feminino.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6382/prot._176_ind_117_recape_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6383/prot._178_ind_118_cisnorpi_trabalho_em_rede.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6384/prot._179_ind_119_sec._mun_saude_trabalho_em_rede_planifica_sus.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6385/prot._180_ind_120_sec._mun_saude_capacitacao_equipes.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6386/prot._181_ind_121_agentes_de_endemias_notificar_e_multar.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6387/prot._187_ind_122_repelente_e_orientacoes_dengue.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6388/prot._189_ind_123_lixeiras_e_bags.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6395/prot._192_ind_124_gm_entrada_e_saida_escolas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6396/prot._193_ind_125_19a_regional_de_saude_fumace.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6397/prot._194_ind_126_dep._estadual_mauro_moraes_onibus_saude.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6398/prot._195_ind_127_operacao_noite_fria_abrigo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6399/prot._200_ind_128_recape_jardim_das_acacias.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6400/prot._201_ind_129_calcamento_rua_julio_marques_figueiredo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6406/prot._204_ind_130_agua_santa_ercilia.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6407/prot._209_ind_131_festa_das_nacoes_expocia.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6408/prot._210_ind_132_sec._mun._saude_agendamento.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6409/prot._214_ind_133_viver_mais_parana.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6410/prot._216_ind_134_rocagem_conj._gonzaga.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6411/prot._217_ind_135_salario_agentes_de_endemias_e_de_saude_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6412/prot._218_ind_136_placa_saida_jacarezinho.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6439/prot._220_ind_137_ponto_biometrico_e_vestiario_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6440/prot._222_ind_138_programa_qualifica_mulheres.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6441/prot._223_ind_139_cisnorpi_cisnop_19_regional_de_saude_samu.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6442/prot._224_ind_140_sec._mun_agricultura_melhoria_estrada_rural_agua_das_antas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6443/prot._225_ind_141_asfalto_rua_antonio_michelato.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6444/prot._228_ind_142_sinalizacao_rua_joao_mischiatti.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6445/prot._229_ind_143_lixeira_comunitaria_estacao_de_trem.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6446/prot._230_ind_144_parque_conj._sao_jose_i.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6447/prot._231_ind_145_reforma_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6479/prot._237_ind._146_reiteracao_prot._097_caps.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6480/prot._239_ind_147_dep._federal_felipe_francischini_coletes.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6481/prot._241_ind_148_reparos_bueiro_equipe.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6482/prot._243_ind_149_poda_arvores.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6557/prot._245_ind_150_muro_barracao_municipal.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6558/prot._247_ind_151_copel_isencao_cosip_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6560/prot._251_ind_153_contratacao_setor_de_documentacoes.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6561/prot._252_ind_154_melhorias_arena_conj._gonzaga.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6562/prot._253_ind._155_estrada_erosao.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6563/prot._256_ind._156_reiteracao__prot._022_asfalto_travessa_22.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6564/prot._264_ind_157_ar_condicionado_e_internet_casa_de_velorios.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6565/prot._265_ind_158_melhoria_asfaltica_estrada_agua_dos_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6566/prot._266_ind_159_reiteracao_sec._mun_agricultura_melhoria_estrada_rural_agua_das_antas.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6567/prot._267_ind_160_entulhos_rua_domingos_villas.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6568/prot._268_ind_161_recape_e_sinalizacao_rua_maria_aparecida_fantinellii.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6569/prot._269_ind_162_classificacao_de_risco_ps.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6570/prot._271_ind_163_rotam_rondas_ostensivas_quinto_dia_ultil.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6571/prot._272_ind_164_orientacao_nas_escolas_pipas.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6572/prot._273_ind_165_gm_rondas_pipas.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6573/prot._274_ind_166_parque_infantil_sementes_sorria.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6574/prot._275_ind_167_bebedouro_sao_jose_ii.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6575/prot._276_ind_168_recape_rua_oswaldo_cruz.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6576/prot._277_ind_169_nomes_bairros.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6577/prot._278_ind_170_incentivo_associacoes_de_bairros.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6578/prot._279_ind_171_caminhao_pipa_avenida_brasil.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6579/prot._280_ind_172_camara_reestruturacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6580/prot._281_ind_173_salario_diretores_e_pedagogos.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6581/prot._283_ind_174_rampa_de_acesso_campo_ignezl.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6582/prot._284_ind_175_melhorias_creche_ignezl.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6583/prot._285_ind_176_melhoria_asfaltica_estrada_agua_do_boi.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6584/prot._286_ind_177_comunicado_reuniao_fundeb.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6586/prot._289_ind_179_empilhadeira_e_caminhao_reciclam.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6587/prot._291_ind_180_contratacao_funpar_consultor.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6588/prot._293_ind_181_aposentadoria_especial_agentes_de_endemias_e_de_saude.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6589/prot._294_ind_182_calcada_ligando_bairros_sao_jose_ao_ignez.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6590/prot._296_ind_183_caminhao_pipa_estiagem.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6591/prot._297_ind_184_campanha_contra_queimadas.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6631/prot._299_ind_185_melhorias_limpeza_travessa_antonio_castanho.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6632/prot._300_ind_186__reitera_pl_primeiro_emprego.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6633/prot._301_ind_187_reitera_classificacao_de_risco_ps.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6634/prot._302_ind_188_melhorias_recepcao_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6635/prot._305_ind_189_19_regional_de_saude_vigilancia_analise_da_agua.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6636/prot._307_ind_190_transporte_solidario.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6637/prot._308_ind_191_notificacao_reforma_predio_oi.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6638/prot._309_ind_192_alteracao_nomenclatura_merendeiras.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6639/prot._312_ind_193_mauro_moraes_contingente_policial.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6640/prot._313_ind_194_gov._do_estado_contingente_policial.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6641/prot._314_ind_195_veiculos_depen.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6642/prot._316_ind_196_reitera_parque_rua_dos_expedicionarios.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6643/prot._317_ind_197_melhoria_parquinho_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6644/prot._318_ind_198_vigilancia_sanitaria_fiscalizacao_imovel.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6645/prot._319_ind_199_caminhao_pipa_morada_do_soll.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6646/prot._320_ind_200_parceria_clinicas_veterinarias_e_canil_municipal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6647/prot._321_ind_201_levantamento_quantidade_animais_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6648/prot._322_ind_202_aumento_diarias.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6649/prot._323_ind_203_vigilancia_sanitaria_analise_da_agua.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6650/prot._324_ind_204_sanepar_analise_da_agua.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6651/prot._325_ind_205_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6652/prot._326_ind_206_van_adaptada_deficientes_e_idosos.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6653/prot._328_ind_207_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6654/prot._329_ind_208_reitera_fundo_municipal_animal.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6686/prot._334_ind_210_reinvindicacoes_apae.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6687/prot._335_ind_211_reinvindicacoes_apae.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6688/prot._336_ind_212_reinvindicacoes_apae.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6689/prot._337_ind_213_parque_jardim_das_acacias.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6690/prot._338_ind_214_medicacao_de_uso_continuo_nos_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6691/prot._339_ind_215_coleta_de_lixo_periodo_noturno.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6692/prot._340_ind_216_buraco_rua_joao_mischiati.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6693/prot._342_ind_217_reitera_recape_rua_oswaldo_cruz.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6694/prot._343_ind_218_limpeza_rio_alambari.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6695/prot._344_ind_219_pavimentacao_rua_do_bico.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6696/prot._345_ind_220_deputado_estadual_michele_caputo_aumento_efetivo_policial.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6697/prot._346_ind_221_campanha_de_vacinacao_divulgacao.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6698/prot._349_ind_222_sec._mun_saude_trabalho_em_rede_planifica_sus.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6699/prot._350_ind_223_informatizacao_guias_e_pedidos_medicos.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6700/prot._351_ind_224_ordem_desfiles.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6737/prot._352_ind_225_sistema_de_drenagem_genaro_resende.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6738/prot._353_ind_226_pagamento_piso_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6739/prot._354_ind_227_extensao_de_rede_prefeito_airton_costa_pinto.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6740/prot._355_ind_228_parque_infantil_todos_os_bairros.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6748/prot._358_ind_229_cameras_de_seguranca_cemiterio_e_entradas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6749/prot._362_ind_230_publicidade_lei_13.767.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6750/prot._363_ind_231_placa_delegacia.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6751/prot._364_ind_232_lixeiras_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6752/prot._365_ind_233_exame_de_vista_escolas.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6753/prot._366_ind_234_melhorias_calcadas_creche_ingez.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6754/prot._367_ind_235_reativacao_conselho_municipal_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6755/prot._368_ind_236_guarda_municipal_da_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6756/prot._369_ind_237_intensificacao_diagnostico_autismo_questionario_mchat.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6757/prot._370_ind_238_quebra_molas_irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6758/prot._371_ind_239_grade_escolar_ed_financeira_politica_e_ambiental.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6759/prot._372_ind_240_boca_de_lobo_travessa_22.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6760/prot._374_ind_241_reitera_bebedouro_campo_de_bocha.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6761/prot._377_ind_242_reitera_reforma_bebedouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6762/prot._378_ind_243_questionario_qualidade_atendimento_postos_de_saude_e_hospital.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6763/prot._379_ind_244_informatizacao_guias_e_pedidos_medicos_cisnorpi.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6764/prot._380_ind_245_reiteracao_melhorias_campos_de_areia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6765/prot._373_ind_246_reitera_banheiro_e_lixeira_praca_dr._miguel_dinizo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6812/prot._382_ind_247_reitera_melhoria_asfaltica_estrada_agua_do_boi.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6813/prot._383_ind_248_reparos_rua_coronel_batista.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6814/prot._386_ind_249_melhorias_conj._sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6815/prot._387_ind_250_arena_e_parque_rotary__estadual_romanelli.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6816/prot._388_ind_251_reitera_fundo_municipal_animal.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6817/prot._389_ind_252_reiteracao_abrigo_animais.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6818/prot._390_ind_253_reiteracao_contratacoes_temporarias_e_concurso_veterinario.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6819/prot._391_ind._254_reiteracao_caps.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6820/prot._392_ind_255_contratacao_cras.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6821/prot._393_ind_256_iluminacao_reparo.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6837/prot._395_ind_258_camera_igreja_matriz.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6838/prot._396_ind_259_contratacao_sao_lucas.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6839/prot._397_ind_260_sec._municipal_de_agricultura_estradas_agua_do_vieira.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6840/prot._398_ind_261_multa_maus_tratos_animais.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6841/prot._400_ind_262_academia_bairro_rotary.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6842/prot._401_ind_263_reitera_parque_conj._sao_jose_i.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6843/prot._403_ind_264_programa_escola_da_inteligencia.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6844/prot._407_ind_265_instalacao_bebedouro_reciclam.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6845/prot.410_ind_266_banheiro_e_vestiario_tiro_de_guerra.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6846/prot.411_ind_267_aplicativo_interacao_com_o_cidadao.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6847/prot.413_ind_268_tapa_buracos_rodovia_da_liberdade.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6848/prot.414_ind_269_embarque_e_desembarque_pacientes_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6849/prot.415_ind_270_embarque_e_desembarque_clinicas_particulares.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6850/prot.416_ind_271_lixeiras_e_placas_de_sinalizacao_comercio.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6851/prot.417_ind_272_duodecimo_investimento.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6852/prot.420_ind_273_reitera_laboratorio_municipal_de_proteses_dentarias.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6853/prot.422_ind_274_poco_artesiano_sao_jose_i_e_ii.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6855/prot._437_ind_285_recape_asfaltico_airton_costa_pinto.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6856/prot._438_ind_286_recape_asfaltico_barao_do_cerro_azul.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6857/prot._444_ind_291_vale-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6858/prot._445_ind_292_capela_sao_jose_creche.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6859/prot._446_ind_293_reativacao_conselho_municipal_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6860/prot._447_ind_294_defesa_civil_arvore_rua_c.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6865/prot._448_ind_295_executar_emendas_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6866/prot._449_ind_296_executar_emendas_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6867/prot._450_ind_297_executar_emendas_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6868/prot._451_ind_298_gm_e_pm_rondas_comercio.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6869/prot._452_ind_299_limpeza_rios_e_manutencao_esgoto.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6870/prot._454_ind_300_veiculos_sucateados_leilao.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6871/prot._455_ind_301_manutencao_pocos_artesianos.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6872/prot._458_ind_302_reparo_asfaltico_br369_yoki.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6873/prot._460_ind_303_seguranca_pracas.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6874/prot._461_ind_304_conselho_municipal_drogas.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6887/prot._462_ind_305_buraco_rua_nicolau_p._de_marco.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6888/prot._463_ind_306_estrada_rural_agua_do_vieira.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6889/prot._464_ind_307_estrada_rural_agua_do_boi.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6890/prot._465_ind_308_reducao_itbi.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6891/prot._466_ind_309_limpeza_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6892/prot._469_ind_310_batalhao_pm_e_sec._est._seg._publica_policiamento.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6893/prot._470_ind_311_de._est._romanelli_seg._publica.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6121/pdl_001.2022_mocao_de_aplausos_leonardo.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6122/pdl_002_2022_merito_esportivo_nana.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6241/pdl_003.2022_mocao_de_congratulacoes_cesar_mota.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6434/proposta_de_decreto_legislativo_04_2022_titulo_de_cidadao_honorario_pastor.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6369/01_oficio_no._084_2022_-_encaminhamento_plc_xx_2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6433/02_plc_02-2022_-_autoriza_venda_direta_o_reurb-e.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6496/plc_no_03-2021_-_piso_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6593/01_plce_-_04_2022_-_autoriza_a_compra_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6594/any_scanner_08_10_2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6655/plc_06_oficio_159-2022_-_plc_06__-_altera_redacao_do_inciso_iv_do_art.2_da_lc_207-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6656/plc_07_oficio_160-2022_-_plc_07_-_reboga_o_2_do_art.3_da_lc_108-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6657/plc_08_oficio_161-2022_-_plc_08_-_institui_o_programa_de_recuperacao_de_creditos_municipais_-_refis_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6658/plc_09_oficio_162-2022_-_plc_09_-_altera_a_lc_47-2014.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6659/plc_10_oficio_170-2022_-_plc_10_-__altera_lc_31-2012_-_valor_fixo_das_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6714/plc_11_-_altera_lc_115_uso_e_ocupacao_do_solo_urbano.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6715/plc_12_-_altera_lc_120_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6723/plc_14_-_xx_2022_-_lei_de_uso_e_ocupacao_do_solo_urbano_regra_de_transicao.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6724/plc_15_-_xx_2022_-_altera_multas_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6779/plc_16_-_regulamenta_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6780/02_plce_-_17_2022_-_altera_a_lc_78-2017_novo_1.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6793/plce_xx_-_altera_dispositivos_da_lc31-2012.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6822/plc_19_-_autoriza_permuta_de_imovel_publico_com_particular_-_rua_morada_do_sol_ok.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6114/01_-_revisao_geral_anual.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6115/02_-_institui_o_diario_oficial_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6145/pl03al1.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6147/pl04al1.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6148/pl_05_autoriza_credito_especial_na_importancia_de_ate_1.00000_um_mil_reais..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6149/pl06al1.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6150/pl07al1.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6151/pl08au1.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6152/pl_09_-_revisao_geral_anual_-_piso_magisterio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6153/pl_10.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6154/pl_11.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6155/pl_12.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6156/pl_13.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6157/pl_14.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6158/pl_15.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6159/pl_16_-_consignado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6160/pl_17.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6161/pl_18.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6162/pl_19.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6163/pl_20.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6164/pl_21.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6165/pl_22.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6166/pl_23.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6167/pl_24.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6168/pl_25.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6220/pl_26_-_autoriza_venda_direta_-_reurb-e.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6264/27_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6265/28_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6266/29_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6267/30_projeto_de_lei_ppa.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6268/31_-_projeto_de_lei_-_ldo_1.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6269/32_-_projeto_de_lei_loa_1.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6270/33_-_projeto_de_lei__-_ppa_1.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6271/34_-_projeto_de_lei_-_ldo_2.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6272/35_-_projeto_de_lei_loa_2.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6245/pl_36.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6244/pl_37.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6248/pl_38.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6247/pl_39.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6246/pl_40.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6249/pl_41.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6250/pl_42.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6251/pl_43.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6252/pl_44.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6253/pl_45.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6254/pl_46.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6255/pl_47.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6256/pl_48.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6257/pl_49.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6258/pl_50.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6259/pl_51.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6260/pl_52.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6261/pl_53.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6262/pl_54.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6263/pl_55.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6344/pl_56.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6345/pl_57.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6346/pl_58.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6347/pl_59.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6348/pl_60.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6349/pl_61.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6350/pl_62.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6351/pl_63.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6352/pl_64.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6353/pl_65.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6354/pl_66.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6355/pl_67.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6356/pl_68.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6357/pl_69.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6358/pl_70.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6359/pl_71_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6360/pl_72.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6361/pl_73.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6362/pl_74.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6363/pl_75.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6364/pl_76.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6365/pl_77.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6366/pl_78.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6367/pl_79.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6368/pl_80.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6421/pl_81.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6422/pl_82.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6423/pl_83.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6424/pl_84.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6425/pl_85.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6426/pl_86.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6427/pl_87.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6428/pl_88.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6429/pl_89.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6448/pl_90_-_projeto_de_lei__-_ppa_-.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6449/pl_91_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6450/pl_92_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6451/pl_93_projeto_de_lei_-_ppa_-_excesso_saude_327.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6452/pl_94_projeto_de_lei_-_ldo_-_excesso_saude_327.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6453/pl_95_projeto_de_lei_-_loa_-_excesso_saude_327.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6454/pl_96_projeto_de_lei__-_ppa_-.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6455/pl_97_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6456/pl_98_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6457/pl_99_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6458/pl_100_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6459/pl_101_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6460/pl_102_projeto_de_lei__-_ppa_1.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6461/pl_103_projeto_de_lei__-_ldo_-_1.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6462/pl_104_projeto_de_lei_loa_1.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6463/pl_105_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6464/pl_106_-_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6465/pl_107_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6466/pl_108_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6467/pl_109_-_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6468/pl_110_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6469/pl_111_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6470/pl_112.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6471/pl_113_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6472/pl_114_36_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6473/pl_115_36_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6474/pl_116_-_projeto_de_lei__-_loa.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6475/pl_117_37-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6476/pl_118_36_-_projeto_de_lei__-_ldo_1.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6477/pl_119_37_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6478/pl_120_-_licitacoes_compartilhadas_-_cisnorpi.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6492/pl_121_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6493/pl_122_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6494/pl_123_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6501/pl_124_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6502/pl_125_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6503/pl_126_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6504/pl_127_-projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6505/pl_128_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6506/pl_129_-projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6508/pl_131_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6509/pl_132_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6510/pl_133_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6511/pl_134_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6512/pl_135_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6513/pl_136_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6514/pl_137_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6515/pl_138_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6516/pl_139__projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6517/pl_140_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6518/pl_141_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6519/pl_142_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6520/pl_143_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6521/pl_144_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6522/pl_145_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6523/pl_146_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6525/pl_148_-projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6526/pl_149_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6527/pl_150_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6528/pl_151_-__projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6529/pl_152_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6530/pl_153_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6531/pl_154_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6532/pl_155_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6533/pl_156_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6534/pl_157_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6536/pl_159_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6537/pl_160_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6538/pl_161_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6539/pl_162_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6597/163_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6598/164_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6599/165_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6600/166_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6602/168_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6603/169_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6604/170_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6605/171_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6606/172-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6607/173_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6608/174-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6609/175_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6610/176_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6611/177_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6612/178_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6613/179_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6614/180_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6615/pl_181_-_altera_lei_1969-2021_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6616/pl_182_-_2022_-_deficit_atuarial.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6617/pl_183_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6618/pl_184_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6619/pl_185-projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6628/pl_186_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6629/pl_187_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6630/pl_188_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6660/pl_189_oficio_163-2022_-_pl_189_-__altera_anexos_da_lei_2021-2021_-_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6661/pl_190_oficio_164-2022_-_pl_190_-_altera_anexos_da_lei_2169-2021_diretrizes_lei_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6662/pl_191_oficio_165-2022_-_pl_191_-_estima_receita_e_fiza_despesa_para_o_exercicio_financeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6663/pl_192_oficio_166-2022_-_pl_192_-_cria_o_comupa.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6664/pl_193_oficio_167-2022_-_pl_193_-_cria_conselho_municipal_da_pessoa_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6665/pl_194_oficio_168-2022_-_pl_194__-_autoriza_poder_executivo_a_ratificar_alteracoes_no_prot_intencoes_-_samu-cisnorpi.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6666/pl_195_oficio_169-2022_-_pl_195_-_dispoe_sobre_o_programa_de_conectividade_movel_5g.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6667/pl_196_-__projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6668/pl_197_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6669/pl_198_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6670/pl_199_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6671/pl_200_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6672/pl_201_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6674/pl_202_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6675/pl_203_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6676/pl_204_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6677/pl_205_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6678/pl_206_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6679/pl_207_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6702/pl_208_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6703/pl_209_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6704/pl_210_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6705/pl_211_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6706/pl_212_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6707/pl_213_-_loa.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6708/pl_214_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6709/pl_215.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6710/pl_216.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6711/pl_217_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6712/pl_218_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6713/pl_219_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6717/pl_220_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6718/pl_221_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6719/pl_222_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6720/pl_223_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6721/pl_224_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6722/pl_225_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6725/pl_226_-projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6726/pl_227_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6727/pl_228_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6728/pl_229_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6729/pl_230_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6730/pl_231_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6731/pl_232_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6732/pl_233_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6733/pl_234_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6734/pl_235_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6735/pl_236_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6736/pl_237_-projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6766/01_oficio_no._190_2022_-_encaminhamento_ploe_xx_2022.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6767/pl_239_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6768/pl_240_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6769/pl_241.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6770/pl_242_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6771/pl_243_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6772/pl_244_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6773/pl_245_-_declaracao_de_utilidade_publica__-_divina_providencia.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6774/pl_246_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6775/pl_247_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6776/pl_248_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6781/pl_249_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6782/pl_250_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6783/pl_251_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6784/pl_252_-_projeto_de_lei__-_ppa_-.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6785/pl_253_-_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6786/pl_254_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6787/pl_255_-_projeto_de_lei_-ppa.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6788/pl_256_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6789/pl_257_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6790/pl_258_-_projeto_de_lei_-ppa.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6791/pl_259_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6792/pl_260_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6795/pl_261_-projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6796/pl_262_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6797/pl_263_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6798/pl_264_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6799/pl_265_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6800/pl_266_-_loa.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6801/pl_267_-_projeto_de_lei_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6802/pl_268_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6803/pl_269_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6804/pl_270_-_projeto_de_lei__-_ppa_-.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6805/pl_271_-_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6806/pl_272_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6807/pl_273_-_projeto_de_lei__-_ppa_-.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6808/pl_274_-_projeto_de_lei__-_ldo_-.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6809/pl_275_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6823/pl_276_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6824/pl_277_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6825/pl_278_-_projeto_de_lei_-_loa.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6875/pl_279_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6876/pl_280_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6877/pl_281_-_projeto_de_lei___loa_87.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6878/pl_282_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6879/pl_283_-_projeto_de_lei__-_ldo.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6880/pl_284_-_projeto_de_lei__loa.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6881/pl_285_-_projeto_de_lei__-_ppa.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6882/pl_286_-_projeto_de_lei_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6883/pl_287_-_projeto_de_lei_loa.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6116/projeto_de_lei_no_01_2022_-_reposicao_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6117/projeto_de_lei_no_02_2022_-_revisao_geral_anual_vereadores.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6118/projeto_de_lei_no_03_2022_-_revisao_geral_anual_prefeito_e_vice.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6119/projeto_de_lei_no_04_2022_-_refixa_o_subsidio_do_secretarios.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6120/projeto_de_lei_no_05_2022_-_auxilio-alimentacao_alteracao.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6123/projeto_de_lei_no_06_2022_-_denomina_predio_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6124/projeto_de_lei_no_07_2022_-_compostagem_podas_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6125/projeto_de_lei_no_08_2022_-_programa_de_recolhimento_e_reciclagem_do_oleo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6126/projeto_de_lei_no_09_2022_-_semana_municipal_disfagia.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6146/projeto_de_lei_no_10_2022_-_dia_passagem_principe_gales.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6243/projeto_de_lei_no_11_2022_-banco_de_materiais_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6242/projeto_de_lei_no_12_2022_-_aplicacao_mchat_-_tea.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6430/projeto_de_lei_no_13_2022_-_declaracao_de_utilidade_publica_reciclam.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6431/projeto_de_lei_no_14_2022_-_denomina_ruas_residencial_bela_toscana.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6432/projeto_de_lei_no_15_2022_-_denomina_rua_c_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6491/projeto_de_lei_no_16_2022_-_denomina_ruas_residencial_bella_toscana.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6495/projeto_de_lei_no_17_2022_-_declaracao_de_utilidade_publica_projeto_cambara.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6497/projeto_de_lei_no_18_2022_-_denomina_ruas_ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6498/projeto_de_lei_no_19_2022_-_cavalgada.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6499/projeto_de_lei_no_20_2022_-_vitamina_d.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6500/projeto_de_lei_no_21_2022_-_denomina_ruas_bella_toscana.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6592/projeto_de_lei_no_22_2022_-banco_de_materiais_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6673/projeto_de_lei_no_23_2022_-_cavalgada.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6701/projeto_de_lei_no_24_2022_-_denomina_praca_no_entorno_da_igreja_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6777/projeto_de_lei_no_25_2022_-_denomina_rua_projetada_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6778/projeto_de_lei_no_26_2022_-_agosto_lilas.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6794/projeto_de_lei_no_27_2022_-_cao_comunitario.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6144/projeto_de_resolucao_01_2022_altera_consignado_camara.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6596/projeto_de_resolucao_02_2022_proposta_orcamento_parcial_2023.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6595/projeto_de_resolucao_03_2022_nova_proposta_orcamento_parcial_2023.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6127/proposta_de_emenda_a_lei_organica_no_01-2022_orcamento_impositivo.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6128/prot._004_req_001_informacoes_ponte_vila_aurora.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6129/prot._005_req_002_informacoes_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6130/prot._009_req_003_informacoes_estrategia_defasagem_escolas.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6131/prot._010_req_004_informacoes_aquisicao_tubos_de_drenagem.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6132/prot._018_req_005_informacoes_cronograma_e_mapeamento_melhorias_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6133/prot._021_req_006_informacoes_projetos_ambientais_adesao.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6134/prot._024_req_007_informacoes_adesao_vacina_criancas.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6135/prot._027_req_008_cisnorpi_informacoes_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6136/prot._028_req_009_informacoes_verbas_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6137/prot._030_req_010_informacoes_fundeb.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6138/prot._034_req_011_informacoes_exames_cancer.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6139/prot._035_req_012_informacoes_estrategias_e_casos_dengue.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6140/prot._036_req_013_informacoes_tac_creches.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6141/prot._037_req_014_informacoes_licitacao_leite.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6142/prot._041_req_015_informacoes_reforma_praca_dr._miguel_dinizo.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6143/prot._043_req_016_informacoes_concurso_e_cargos.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6169/prot._051_req_017_informacoes_vigilancia_sanitaria_mau_odor_analise.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6170/prot._057_req_018_informacoes_kits_de_acessibilidade_alunos.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6171/prot._058_req_019_informacoes_estrategia_saude_jovens.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6172/prot._065_req_020_informacoes_ambulantes.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6173/prot._067_req_021_informacoes_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6233/prot._068_req_022_informacoes_repasse_icms.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6234/prot._073_req_023_informacoes_aulas.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6235/prot._074_req_024_informacoes_ultrassom_sao_lucas.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6236/prot._076_req_025_informacoes_fluxo_neurocirurgiao.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6237/prot._077_req_026_informacoes_cisnorpi_fluxo_neurocirurgiao.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6238/prot._080_req_027_informacoes_rua_apae.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6239/prot._082_req_029_informacoes_transporte_crianca.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6240/prot._087_req_030_informacoes_nucleo_de_educacao_aulas_noturno.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6273/prot._090_req_032_informacoes_ultrassom.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6274/prot._096_req_033_informacoes_depen_retirada_veiculos.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6275/prot._105_req_034_informacoes_sala_tomografo.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6276/prot._107_req_035_informacoes_nucleo_de_educacao_uniformes.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6277/prot._109_req_036_informacoes_terceirizados.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6278/prot._119_req_037_cisnop_telefone_samu.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6279/prot._120_req_038_governo_federal_inss.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6280/prot._121_req_039_cisnop_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6281/prot._128_req_041_informacoes_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6282/prot._131_req_042_informacoes_parques_infantis_bairros.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6283/prot._132_req_043_cisnop_salario_samu.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6284/prot._133_req_044_fase_area_industrial.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6285/prot._136_req_045_informacoes_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6319/prot._137_req_046_informacoes_posto_de_saude_centro.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6320/prot._140_req_047_informacoes_atendimentos_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6321/prot._143_req_048_informacoes_posto_de_saude_medicos.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6322/prot._145_req_049_informacoes_melhorias_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6323/prot._147_req_050_amunorpi_e_19a_regional_de_saude_consultas_cancer.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6324/prot._150_req_051_informacoes_bb_obras.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6325/prot._153_req_052_informacoes_limpeza_br369.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6326/prot._162_req_054_informacoes_falta_carne.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6370/prot._163_req_055_informacoes_cisnorpi_equipe_tea.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6371/prot._164_req_056_informacoes_nucleo_de_educacao_tea.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6372/prot._165_req_057_informacoes_sec._estadual_de_saude_tea.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6373/prot._175_req_059_informacoes_lei_reducao_de_carga_horaria.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6374/prot._177_req_060_informacoes_nucleo_de_educacao_uniformes.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6389/prot._182_req_061_informacoes_lei_1733_carteirinhas.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6390/prot._183_req_062_informacoes_plano_de_saude_servidores.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6391/prot._184_req_063_informacoes_medicamentos_atraso.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6392/prot._186_req_065_informacoes_providencias_terreno_apae.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6393/prot._188_req_066_informacoes_previne_brasil_ace.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6394/prot._190_req_067_informacoes_chamada_publica.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6401/prot._191_req_068_informacoes_dengue.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6402/prot._196_req_069_informacoes_sanepar_escorpiao.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6403/prot._197_req_070_informacoes_programa_estrada_e_integracao.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6413/prot._202_req_073_informacoes_programa_de_volta_para_casa.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6414/prot._203_req_074_informacoes_exploracao_sexual.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6415/prot._205_req_075_informacoes_maio_amarelo.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6416/prot._206_req_076_informacoes_lei_1969_2021.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6417/prot._207_req_077_informacoes_cisnorpi_cadeiras_motorizadas.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6418/prot._211_req_079_informacoes_fila_de_espera_cirurgia.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6435/prot._219_req_083_informacoes_lei_transparencia_vacina.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6436/prot._221_req_084_informacoes_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6437/prot._226_req_085_informacoes_concurso.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6438/prot._227_req_086_informacoes_reurb-e.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6483/prot._232_req_087_gov._do_estado_rodovias.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6484/prot._233_req_088_gov._do_estado_samu.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6486/prot._235_req_090_informacoes_lei_horta_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6487/prot._236_req_091_informacoes_portaria_1105-2022.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6488/prot._238_req_092_informacoes_adequacao_5g.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6489/prot._240_req_093_informacoes_pagamento_licenca_premio.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6490/prot._242_req_094_informacoes_programa_nossa_gente_parana.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6540/prot._244_req_095_informacoes_exame_dengue.docx" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6542/prot._250_req_098_informacoes_sec._mun._saude_encaminhamentos.docx" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6543/prot._254_req_099_informacoes_asfalto.docx" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6544/prot._255_req_100_informacoes_cooperativas.docx" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6545/prot._257_req_101_informacoes_adesao_programas_cohapar.docx" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6546/prot._258_req_102_informacoes_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6547/prot._259_req_103_informacoes_reiteracao_reurb-e.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6548/prot._261_req_105_informacoes_indicadores_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6549/prot._262_req_106_informacoes_educacao_especial.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6551/prot._282_req_108_informacoes_copel_maria_paulina.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6552/prot._287_req_109_informacoes_prestacao_de_contas_fundeb.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6553/prot._290_req_110_informacoes_pedido_de_fumace.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6554/prot._292_req_111_informacoes_acidente_veiculo_jomar_medeiros.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6555/prot._295_req_112_informacoes_capacitacao_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6556/prot._298_req_113_informacoes_renovacao_de_receitas_medicas.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6620/prot._303_req_114_informacoes_pa_projeto_estruturacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6621/prot._304_req_115_informacoes_posto_de_saude_do_centro.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6622/prot._306_req_116_informacoes_programa_opera_parana.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6623/prot._310_req_117_reiteracao_informacoes_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6624/prot._311_req_118_informacoes_curso_de_especializacao_motoristas.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6625/prot._315_req_119_informacoes_reuniao_fundeb.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6626/prot._327_req_120_projeto_arborizacao.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6627/prot._330_req_121_informacoes_cosip.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6681/prot._332_req_122_sanepar.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6682/prot._333_req_123_denuncia_barracao.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6680/prot._341_req_124_correios.docx.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6683/prot._347_req_125_informacoes_vacinacao_cambara.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6684/prot._348_req_126_reiteracao_informacoes_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6741/prot._356_req_127_carros_postos_de_saude_visita_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6742/prot._357_req_128_lavanderia_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6743/prot._359_req_129_informacoes_limpeza_br369.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6744/prot._360_req_130_informacoes_dermato_oncologico_sesa.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6745/prot._361_req_131_reiteracao_informacoes_exames_cancer.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6747/prot._376_req_133_informacoes_baixa_renda_aluguel.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6810/prot._384_req_134_informacoes_cohapar_ivasores.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6811/prot._385_req_135_informacoes_metodos_contraceptivos.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6826/prot._402_req_136_informacoes_estrategia_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6827/prot._404_req_137_informacoes_copel_interrupcao_servicos_29_de_outubro.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6828/prot._405_req_138_informacoes_cosip.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6829/prot._406_req_139_informacoes_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6830/prot.408__req_140_informacoes_fila_de_espera_urologista.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6831/prot.409__req_141_informacoes_alimentacao_dados_saude.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6832/prot.412__req_142_informacoes_gepatria.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6833/prot.418__req_143_informacoes_portaria_3906.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6834/prot.419_req_144_informacoes_proteses_dentarias.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6835/prot.421_req_145_informacoes_medicacao_em_gotas_pediatria.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6854/prot._439_req_150_app_sindicato_e_cme_licitacao_sistema_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6861/prot._453_req_151_informacoes_enchentes.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6862/prot._456_req_152_informacoes_licitacao_leite.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6863/prot._457_req_153_informacoes_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6864/prot._459_req_154_informacoes_castracoes.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6885/prot._468_req_156_informacoes_parceria_ourinhos_cancer.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2022/6886/prot._472_req_158_informacoes_soterramento.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H781"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="184.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="183.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>