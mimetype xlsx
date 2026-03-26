--- v0 (2026-01-30)
+++ v1 (2026-03-26)
@@ -54,10103 +54,10103 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5310</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, Junior Olivato</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5310/prot._001_ind_001_plano_de_saude_servidores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5310/prot._001_ind_001_plano_de_saude_servidores.pdf</t>
   </si>
   <si>
     <t>Prot. 001_Ind_001_Plano de Saúde_Servidores</t>
   </si>
   <si>
     <t>5311</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5311/prot._002_ind_002_dep._federal_reinhold_s._junior_infraestrutura_distrito_industrial_votorantim.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5311/prot._002_ind_002_dep._federal_reinhold_s._junior_infraestrutura_distrito_industrial_votorantim.pdf</t>
   </si>
   <si>
     <t>Prot. 002_Ind_002_Dep. Federal Reinhold S. Junior_Infraestrutura_Distrito Industrial_Votorantim</t>
   </si>
   <si>
     <t>5312</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5312/prot._003_ind_003_infraestrutura_distrito_industrial_votorantim.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5312/prot._003_ind_003_infraestrutura_distrito_industrial_votorantim.pdf</t>
   </si>
   <si>
     <t>Prot. 003_Ind_003_Infraestrutura_Distrito Industrial_Votorantim</t>
   </si>
   <si>
     <t>5313</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5313/prot._004_ind_004_dep._federal_pedro_lupion_posto_de_saude_bergamaschi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5313/prot._004_ind_004_dep._federal_pedro_lupion_posto_de_saude_bergamaschi.pdf</t>
   </si>
   <si>
     <t>Prot. 004_Ind_004_Dep. Federal Pedro Lupion_Posto de Saúde_Bergamaschi</t>
   </si>
   <si>
     <t>5314</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5314/prot._005_ind_005_sec._municipal_de_industria_e_comercio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5314/prot._005_ind_005_sec._municipal_de_industria_e_comercio.pdf</t>
   </si>
   <si>
     <t>Prot. 005_Ind_005_Sec. Municipal de Industria e Comércio</t>
   </si>
   <si>
     <t>5315</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Karen Dadona, Geraldinho PHN, João Mattar, Márcio Albertini, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5315/prot._006_ind_006_limpeza_parque_alambari.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5315/prot._006_ind_006_limpeza_parque_alambari.pdf</t>
   </si>
   <si>
     <t>Prot. 006_Ind_006_Limpeza_Parque Alambari</t>
   </si>
   <si>
     <t>5316</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5316/prot._007_ind_007_extensao_de_rede_conj._irmaos_francisco.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5316/prot._007_ind_007_extensao_de_rede_conj._irmaos_francisco.pdf</t>
   </si>
   <si>
     <t>Prot. 007_Ind_007_Extensao de rede_Conj. Irmãos Francisco</t>
   </si>
   <si>
     <t>5317</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Karen Dadona, Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5317/prot._008_ind_008_escola_profissionalizante_campo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5317/prot._008_ind_008_escola_profissionalizante_campo.pdf</t>
   </si>
   <si>
     <t>Prot. 008_Ind_008_Escola Profissionalizante_Campo</t>
   </si>
   <si>
     <t>5318</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, Karen Dadona</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5318/prot._009_ind_009_revitalizacao_praca_bairro_estacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5318/prot._009_ind_009_revitalizacao_praca_bairro_estacao.pdf</t>
   </si>
   <si>
     <t>Prot. 009_Ind_009_Revitalização_Praça_Bairro Estação</t>
   </si>
   <si>
     <t>5319</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Walmir da Fisioterapia, Geraldinho PHN, João Mattar, Karen Dadona, Márcio Albertini</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5319/prot._010_ind_010_cisnorpi_aparelhos_auditivos_e_proteses.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5319/prot._010_ind_010_cisnorpi_aparelhos_auditivos_e_proteses.pdf</t>
   </si>
   <si>
     <t>Prot. 010_Ind_010_Cisnorpi_Aparelhos auditivos e próteses</t>
   </si>
   <si>
     <t>5320</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5320/prot._011_ind_011_mapas_inteligentes_atencao_basica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5320/prot._011_ind_011_mapas_inteligentes_atencao_basica.pdf</t>
   </si>
   <si>
     <t>Prot. 011_Ind_011_Mapas inteligentes_Atenção Básica</t>
   </si>
   <si>
     <t>5321</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Raffaello Frascati</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5321/prot._012_ind_012_fios_postes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5321/prot._012_ind_012_fios_postes.pdf</t>
   </si>
   <si>
     <t>Prot. 012_Ind_012_Fios_Postes</t>
   </si>
   <si>
     <t>5322</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5322/prot._013_ind_013_sec._municipal_de_saude_ginecologista.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5322/prot._013_ind_013_sec._municipal_de_saude_ginecologista.pdf</t>
   </si>
   <si>
     <t>Prot. 013_Ind_013_Sec. Municipal de Saúde_Ginecologista</t>
   </si>
   <si>
     <t>5323</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5323/prot._014_ind_014_pm_rondas_hospital_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5323/prot._014_ind_014_pm_rondas_hospital_municipal.pdf</t>
   </si>
   <si>
     <t>Prot. 014_Ind_014_PM_Rondas_Hospital Municipal</t>
   </si>
   <si>
     <t>5324</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5324/prot._015_ind_015_deputado_estadual_michela_caputo_kits_roboticos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5324/prot._015_ind_015_deputado_estadual_michela_caputo_kits_roboticos.pdf</t>
   </si>
   <si>
     <t>Prot. 015_Ind_015_Deputado Estadual Michela Caputo_Kits Roboticos</t>
   </si>
   <si>
     <t>5325</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5325/prot._016_ind_016_recapeamento_rua_tiradentes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5325/prot._016_ind_016_recapeamento_rua_tiradentes.pdf</t>
   </si>
   <si>
     <t>Prot. 016_Ind_016_Recapeamento_Rua Tiradentes</t>
   </si>
   <si>
     <t>5326</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5326/prot._019_ind_018_deputado_federal_filipe_barros_ambulancia_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5326/prot._019_ind_018_deputado_federal_filipe_barros_ambulancia_samu.pdf</t>
   </si>
   <si>
     <t>Prot. 019_Ind_018_Deputado Federal Filipe Barros_Ambulancia_SAMU</t>
   </si>
   <si>
     <t>5327</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5327/prot._020_ind_019_reforma_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5327/prot._020_ind_019_reforma_samu.pdf</t>
   </si>
   <si>
     <t>Prot. 020_Ind_019_Reforma_SAMU</t>
   </si>
   <si>
     <t>5328</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5328/prot._021_ind_020_conselho_municipal_de_protacao_e_defesa_dos_animais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5328/prot._021_ind_020_conselho_municipal_de_protacao_e_defesa_dos_animais.pdf</t>
   </si>
   <si>
     <t>Prot. 021_Ind_020_Conselho Municipal de Protação e Defesa dos Animais</t>
   </si>
   <si>
     <t>5329</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5329/prot._022_ind_021_mutirao_de_limpeza_fiscalizacao_de_terrenos_caixa_dagua.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5329/prot._022_ind_021_mutirao_de_limpeza_fiscalizacao_de_terrenos_caixa_dagua.pdf</t>
   </si>
   <si>
     <t>Prot. 022_Ind_021_Mutirão de limpeza_Fiscalização de terrenos_Caixa d'agua</t>
   </si>
   <si>
     <t>5330</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5330/prot._023_ind_022_deputado_federal_filipe_barros_castramovel.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5330/prot._023_ind_022_deputado_federal_filipe_barros_castramovel.pdf</t>
   </si>
   <si>
     <t>Prot. 023_Ind_022_Deputado Federal Filipe Barros_Castramóvel</t>
   </si>
   <si>
     <t>5331</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5331/prot._024_ind_023_parceria_municipio_e_clinica_veterinaria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5331/prot._024_ind_023_parceria_municipio_e_clinica_veterinaria.pdf</t>
   </si>
   <si>
     <t>Prot. 024_Ind_023_Parceria_Municipio e Clinica Veterinaria</t>
   </si>
   <si>
     <t>5332</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Karen Dadona, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5332/prot._026_ind_024_procon.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5332/prot._026_ind_024_procon.pdf</t>
   </si>
   <si>
     <t>Prot. 026_Ind_024_PROCON</t>
   </si>
   <si>
     <t>5347</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5347/prot._027_ind_025_melhorias_morada_do_sol.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5347/prot._027_ind_025_melhorias_morada_do_sol.pdf</t>
   </si>
   <si>
     <t>Prot. 027_Ind_025_Melhorias_Morada do Sol</t>
   </si>
   <si>
     <t>5333</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Márcio Albertini, Geraldinho PHN, João Mattar, Karen Dadona, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5333/prot._028_ind_026_limpeza_rio_jardim_santo_antonio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5333/prot._028_ind_026_limpeza_rio_jardim_santo_antonio.pdf</t>
   </si>
   <si>
     <t>Prot. 028_Ind_026_Limpeza_Rio_Jardim Santo Antônio</t>
   </si>
   <si>
     <t>5334</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5334/prot._029_ind_027_sec._municipal_de_agricultura_estradas_rurais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5334/prot._029_ind_027_sec._municipal_de_agricultura_estradas_rurais.pdf</t>
   </si>
   <si>
     <t>Prot. 029_Ind_027_Sec. Municipal de Agricultura_Estradas Rurais</t>
   </si>
   <si>
     <t>5335</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5335/prot._030_ind_028_area_verde_jardim_nova_america.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5335/prot._030_ind_028_area_verde_jardim_nova_america.pdf</t>
   </si>
   <si>
     <t>Prot. 030_Ind_028_Área verde_Jardim Nova América</t>
   </si>
   <si>
     <t>5336</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5336/prot._031_ind_029_salario_conselho_tutelar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5336/prot._031_ind_029_salario_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Prot. 031_Ind_029_Salário_Conselho Tutelar</t>
   </si>
   <si>
     <t>5337</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5337/prot._032_ind_030_melhoria_parque_conjunto_bergamaschi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5337/prot._032_ind_030_melhoria_parque_conjunto_bergamaschi.pdf</t>
   </si>
   <si>
     <t>Prot. 032_Ind_030_Melhoria_Parque_Conjunto Bergamaschi</t>
   </si>
   <si>
     <t>5345</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5345/prot._033_ind_031_cisnorpi_castramovel.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5345/prot._033_ind_031_cisnorpi_castramovel.pdf</t>
   </si>
   <si>
     <t>Prot. 033_Ind_031_Cisnorpi_Castramóvel</t>
   </si>
   <si>
     <t>5346</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5346/prot._034_ind_032_pl_doacao_de_lotes_construcao_de_moradias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5346/prot._034_ind_032_pl_doacao_de_lotes_construcao_de_moradias.pdf</t>
   </si>
   <si>
     <t>Prot. 034_Ind_032_PL_Doação de lotes_Construção de moradias</t>
   </si>
   <si>
     <t>5348</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5348/prot._035_ind_033_caps_i.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5348/prot._035_ind_033_caps_i.pdf</t>
   </si>
   <si>
     <t>Prot. 035_Ind_033_CAPS I</t>
   </si>
   <si>
     <t>5349</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5349/prot._036_ind_034_vacina_professores_e_alunos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5349/prot._036_ind_034_vacina_professores_e_alunos.pdf</t>
   </si>
   <si>
     <t>Prot. 036_Ind_034_Vacina_Professores e Alunos</t>
   </si>
   <si>
     <t>5350</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5350/prot._037_ind_035_seguranca_pista_de_skate.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5350/prot._037_ind_035_seguranca_pista_de_skate.pdf</t>
   </si>
   <si>
     <t>Prot. 037_Ind_035_Segurança_Pista de Skate</t>
   </si>
   <si>
     <t>5351</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>João Mattar, Geraldinho PHN, Karen Dadona, Márcio Albertini, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5351/prot._039_ind_036_seguro_de_vida_e_vale_alimentaao_servidores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5351/prot._039_ind_036_seguro_de_vida_e_vale_alimentaao_servidores.pdf</t>
   </si>
   <si>
     <t>Prot. 039_Ind_036_Seguro de vida e vale alimentaão_Servidores</t>
   </si>
   <si>
     <t>5352</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5352/prot._040_ind_037_vacina_covid_cuidadores_e_agentes_funerarios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5352/prot._040_ind_037_vacina_covid_cuidadores_e_agentes_funerarios.pdf</t>
   </si>
   <si>
     <t>Prot. 040_Ind_037_Vacina_Covid_Cuidadores e Agentes funerários</t>
   </si>
   <si>
     <t>5353</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5353/prot._041_ind_038_sec._municipal_de_saude_aparelho_glicemia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5353/prot._041_ind_038_sec._municipal_de_saude_aparelho_glicemia.pdf</t>
   </si>
   <si>
     <t>Prot. 041_Ind_038_Sec. Municipal de Saúde Aparelho glicemia</t>
   </si>
   <si>
     <t>5354</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5354/prot._042_ind_039_curso_menor_aprendiz.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5354/prot._042_ind_039_curso_menor_aprendiz.pdf</t>
   </si>
   <si>
     <t>Prot. 042_Ind_039_Curso Menor Aprendiz</t>
   </si>
   <si>
     <t>5355</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5355/prot._045_ind_040_empedramento_chacara_sao_joao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5355/prot._045_ind_040_empedramento_chacara_sao_joao.pdf</t>
   </si>
   <si>
     <t>Prot. 045_Ind_040_Empedramento_Chácara São João</t>
   </si>
   <si>
     <t>5356</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5356/prot._046_ind_041_zeladoria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5356/prot._046_ind_041_zeladoria.pdf</t>
   </si>
   <si>
     <t>Prot. 046_Ind_041_Zeladoria</t>
   </si>
   <si>
     <t>5357</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5357/prot._047_ind_042_melhorias_casa_de_velorio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5357/prot._047_ind_042_melhorias_casa_de_velorio.pdf</t>
   </si>
   <si>
     <t>Prot. 047_Ind_042_Melhorias_Casa de Velório</t>
   </si>
   <si>
     <t>5358</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5358/prot._048_ind_043_iluminacao_rua_sao_benedito.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5358/prot._048_ind_043_iluminacao_rua_sao_benedito.pdf</t>
   </si>
   <si>
     <t>Prot. 048_Ind_043_Iluminação_Rua São Benedito</t>
   </si>
   <si>
     <t>5359</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5359/prot._049_ind_044_manutencao_boca_de_lobo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5359/prot._049_ind_044_manutencao_boca_de_lobo.pdf</t>
   </si>
   <si>
     <t>Prot. 049_Ind_044_Manutenção_Boca de lobo</t>
   </si>
   <si>
     <t>5360</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5360/prot._050_ind_045_placas_ruas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5360/prot._050_ind_045_placas_ruas.pdf</t>
   </si>
   <si>
     <t>Prot. 050_Ind_045_Placas_Ruas</t>
   </si>
   <si>
     <t>5367</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5367/prot._051_ind_046_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5367/prot._051_ind_046_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam reativados o Conselho Municipal de Trânsito e o Conselho Municipal de Segurança.</t>
   </si>
   <si>
     <t>5370</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5370/prot._054_ind_047_sinalizacao_e_correcao_ponte.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5370/prot._054_ind_047_sinalizacao_e_correcao_ponte.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada a devida sinalização e também as correções necessárias como construção de uma calçada para passagem e a instalação de um corrimão adequado nas laterais da ponte que há próxima a ABRACAM, no Bairro Estação, ao final da Avenida Brasil.</t>
   </si>
   <si>
     <t>5371</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5371/prot._055_ind_048_semaforo_rua_joao_mischiatti.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5371/prot._055_ind_048_semaforo_rua_joao_mischiatti.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalado um semáforo na Rua João Mischiatti, próximo ao cruzamento com as ruas Francisco Hideto Kuribayashi e Vitório Scoparo, na esquina do campo de malha.</t>
   </si>
   <si>
     <t>5372</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5372/prot._056_ind_049_nomes_bairros.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5372/prot._056_ind_049_nomes_bairros.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam instaladas, no município, placas indicativas dos Bairros, incluindo a instalação de um Portal com a devida nomenclatura na entrada de cada um.</t>
   </si>
   <si>
     <t>5373</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Geraldinho PHN, João Mattar, Junior Olivato, Karen Dadona, Márcio Albertini, Raffaello Frascati, Rogérinho do Karatê, Tetinha, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5373/prot._058_ind_051_bolsa_atleta.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5373/prot._058_ind_051_bolsa_atleta.pdf</t>
   </si>
   <si>
     <t>Os vereadores que abaixo subscrevem, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que analise a viabilidade de ser implementado o Programa Municipal de auxílio ao esporte Bolsa Atleta.</t>
   </si>
   <si>
     <t>5375</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5375/prot._060_ind_052_campo_estacao_iluminacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5375/prot._060_ind_052_campo_estacao_iluminacao.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pela vereadora Karen Dadona, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos necessários na iluminação pública do campo do Bairro Estação, localizado nas proximidades da antiga Escola Profissionalizante.</t>
   </si>
   <si>
     <t>5377</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5377/prot._062_ind_053_contratacao_tecnico_de_seguranca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5377/prot._062_ind_053_contratacao_tecnico_de_seguranca.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a contratação de um Técnico em Segurança do Trabalho.</t>
   </si>
   <si>
     <t>5379</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5379/prot._064_ind_054_agencia_do_trabalhador_curriculo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5379/prot._064_ind_054_agencia_do_trabalhador_curriculo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que analise a possibilidade da Agência do Trabalhador realizar a elaboração e impressão de currículos para os munícipes que necessitam.</t>
   </si>
   <si>
     <t>5380</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5380/prot._065_ind_055_vacina_cronograma_e_aquisicao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5380/prot._065_ind_055_vacina_cronograma_e_aquisicao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que tome as providências necessárias para adquirirem doses de vacina contra a COVID-19 pela própria esfera municipal, bem como, que elaborem um cronograma de vacinação, como rol prioritário para àqueles que atuam em atividades essenciais e também em contato diário direto com o público.</t>
   </si>
   <si>
     <t>5382</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5382/prot._067_ind_056_ponto_biometrico_e_vestiario_cemiterio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5382/prot._067_ind_056_ponto_biometrico_e_vestiario_cemiterio.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja instalado um relógio de ponto biométrico no Cemitério Municipal, bem como, a construção de um vestiário no local.</t>
   </si>
   <si>
     <t>5383</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5383/prot._068_ind_057_adicional_de_insalubridade_equipe_de_enfermagem.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5383/prot._068_ind_057_adicional_de_insalubridade_equipe_de_enfermagem.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que tome as providências necessárias para que todos pertencentes à equipe de enfermagem recebam adicional de insalubridade referente ao grau máximo.</t>
   </si>
   <si>
     <t>5384</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5384/prot._069_ind_058_remocao_de_arvore_cupim.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5384/prot._069_ind_058_remocao_de_arvore_cupim.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize, urgentemente, a remoção de árvores com cupim existentes na Rua Doutor Genaro Resende cruzamento com a Travessa Genaro Resende.</t>
   </si>
   <si>
     <t>5385</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5385/prot._070_ind_059_clube_lazer_melhorias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5385/prot._070_ind_059_clube_lazer_melhorias.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam realizadas melhorias no Clube Lazer, tais como: construção de uma pista de caminhada ao redor do lago, instalação de uma academia da 3ª idade e de um parque infantil, construção de uma fachada na entrada, bem como melhorias na iluminação do campo e instalação de um alambrado no local.</t>
   </si>
   <si>
     <t>5386</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5386/prot._071_ind_060_convite_emater_acaf_e_sec._munic._de_agricultura_compostagem.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5386/prot._071_ind_060_convite_emater_acaf_e_sec._munic._de_agricultura_compostagem.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam que seja agendada uma reunião com o Presidente da ACAF, senhor Marcos Antônio Francisquini, responsável pela EMATER, senhor Almir Del Padre e o Secretário Municipal de Agricultura e Meio Ambiente, senhor Airton Kotaru Anabuki, para tratar sobre a compostagem no município de Cambará.</t>
   </si>
   <si>
     <t>5387</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5387/prot._072_ind_061_sec._municipal_de_saude_vacina_antirrabica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5387/prot._072_ind_061_sec._municipal_de_saude_vacina_antirrabica.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, que junto com os demais órgãos competentes, realize o fornecimento de insumos, tais como seringas, álcool, algodão e agulhas, bem como o procedimento referente a logística para vacinação antirrábica dos cães e gatos do município.</t>
   </si>
   <si>
     <t>5388</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>João Mattar, Geraldinho PHN, Junior Olivato, Márcio Albertini, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5388/prot._073_ind_062_asfalto_e_meio_fio_rua_david_guiotto_gonzaga.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5388/prot._073_ind_062_asfalto_e_meio_fio_rua_david_guiotto_gonzaga.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, por meio deste, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realizem os reparos necessários no meio fio, bem como no asfalto da Rua David Guiotto, próximo a residência n. 99 no Conjunto Gonzaga.</t>
   </si>
   <si>
     <t>5389</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5389/prot._074_ind_063_iluminacao_praca_vila_santana.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5389/prot._074_ind_063_iluminacao_praca_vila_santana.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize os reparos necessários na iluminação pública na Praça da Vila Santana.</t>
   </si>
   <si>
     <t>5390</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Geraldinho PHN, João Mattar, Karen Dadona, Márcio Albertini, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/</t>
+    <t>http://sapl.cambara.pr.leg.br/media/</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores João Mattar Olivato, Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis que este junto aos demais departamentos competentes da Administração Pública, tomem as providências necessárias para limpeza e realização das manutenções devidas na Tenda Sentinela.</t>
   </si>
   <si>
     <t>5392</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Geraldinho PHN, João Mattar, Junior Olivato, Márcio Albertini, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5392/prot._077_ind_065_tachoes_conjunto_sao_jose.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5392/prot._077_ind_065_tachoes_conjunto_sao_jose.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores João Mattar Olivato, Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a instalação de tachões (tartarugas) nas seguintes localidades:_x000D_
 - Avenida Tsuneto Matsubara, em frente ao Sacolão Popular;_x000D_
 - Rua São José, Conjunto São José I.</t>
   </si>
   <si>
     <t>5393</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5393/prot._078_ind_066_rebaixamento_rua_pontilhao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5393/prot._078_ind_066_rebaixamento_rua_pontilhao.pdf</t>
   </si>
   <si>
     <t>O vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que realize os estudos necessários e realize o rebaixamento da rua embaixo do pontilhão, e ainda, que sejam construídas mais bocas de lobo no local.</t>
   </si>
   <si>
     <t>5394</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Tetinha, Junior Olivato</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5394/prot._080_ind_068_pedagio_dep._estadual_romanelli.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5394/prot._080_ind_068_pedagio_dep._estadual_romanelli.pdf</t>
   </si>
   <si>
     <t>Os vereadores Marcos Roberto de Oliveira e Nelson Olivato Junior, por meio deste, solicitam ao Deputado Estadual Luiz Cláudio Romanelli, para que este, adote todas as providências necessárias para a não implementação do modelo das novas concessões do pedágio no Estado, nos moldes apresentados por meio de uma cobrança efetiva no sentido de proteger os interesses dos municípios paranaenses em especial os pequenos e médios municípios.</t>
   </si>
   <si>
     <t>5395</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Geraldinho PHN, Karen Dadona, Márcio Albertini, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5395/prot._081_ind._069_pedagio_dep._estadual_mauro_moraes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5395/prot._081_ind._069_pedagio_dep._estadual_mauro_moraes.pdf</t>
   </si>
   <si>
     <t>Os vereadores Marcio José Albertini, Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, por meio deste, solicitam ao Deputado Estadual Mauro Moraes, que este, adote todas as providências necessárias para a não implementação do modelo das novas concessões do pedágio no Estado, nos moldes apresentados por meio de uma cobrança efetiva no sentido de proteger os interesses dos municípios paranaenses em especial os pequenos e médios municípios.</t>
   </si>
   <si>
     <t>5396</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5396/prot._082_ind_070_pedagio_dep._estadual_michelle_caputo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5396/prot._082_ind_070_pedagio_dep._estadual_michelle_caputo.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, por meio deste, solicita ao Deputado Estadual Michele Caputo, que este, adote todas as providências necessárias para a não implementação do modelo das novas concessões do pedágio no Estado, nos moldes apresentados por meio de uma cobrança efetiva no sentido de proteger os interesses dos municípios paranaenses em especial os pequenos e médios municípios.</t>
   </si>
   <si>
     <t>5397</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5397/prot._083_ind_071_deputado_sandro_alex_pr431.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5397/prot._083_ind_071_deputado_sandro_alex_pr431.pdf</t>
   </si>
   <si>
     <t>Os vereadores que abaixo subscrevem, por meio deste, solicitam ao Secretário de Infraestrutura e Logística do Estado do Paraná, senhor Sandro Alex, que este determine ao setor competente, que seja tomada as devidas providências para maior efetividade, adequação e fiscalização na execução e finalização das obras de recapeamento realizadas na PR-431, que liga a cidade de Cambará/PR a Jacarezinho/PR, bem como que seja efetuado obras de melhorias nos trevos que dão acesso ao nosso Município.</t>
   </si>
   <si>
     <t>5398</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5398/prot._084_ind_072_placas_ciclistas_na_via.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5398/prot._084_ind_072_placas_ciclistas_na_via.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam à ECONORTE, que determine ao setor competente a instalação de placas de alerta com a frase “Cuidado Ciclistas ao longo da rodovia”, no trecho referente a concessão da Praça de Pedágio de Jacarezinho.</t>
   </si>
   <si>
     <t>5477</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5477/prot._086_ind_073_canaletas_limpeza.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5477/prot._086_ind_073_canaletas_limpeza.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que realize a limpeza necessária nas canaletas existentes na Zona Rural do município,_x000D_
 construindo-as nos locais que não possuem, além, ainda, de jogarem pedras e passarem o rolo compactador onde a limpeza ocorrer.</t>
   </si>
   <si>
     <t>5478</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5478/prot._087_ind_074_entulhos_estrada.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5478/prot._087_ind_074_entulhos_estrada.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que tomem as_x000D_
 providências necessárias com relação aos lixos e entulhos jogados às_x000D_
 margens das estradas.</t>
   </si>
   <si>
     <t>5479</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5479/prot._088_ind_075_placas_velocidade_maxima.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5479/prot._088_ind_075_placas_velocidade_maxima.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que instalem placas_x000D_
 indicativas de velocidade máxima permitida em alguns pontos do_x000D_
 município que se fazem necessários, tais como: Escola, Hospital,_x000D_
 Mercados, Creches, Farmácias, entre outros.</t>
   </si>
   <si>
     <t>5480</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5480/prot._089_ind_076_cronograma_limpeza_e_mutirao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5480/prot._089_ind_076_cronograma_limpeza_e_mutirao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que sejam elaborados e_x000D_
 divulgados cronogramas referentes a limpeza dos Bairros e Parques, bem_x000D_
 como da realização de mutirões de limpeza no município.</t>
   </si>
   <si>
     <t>5481</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5481/prot._090_ind_077_19_regional_de_saude_equipe_de_atencao_basica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5481/prot._090_ind_077_19_regional_de_saude_equipe_de_atencao_basica.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam à Chefe da_x000D_
 Divisão de Atenção Básica e Gestão à Saúde da 19ª Regional de Saúde,_x000D_
 senhora Mariana Salles, que envie uma equipe da Atenção Básica ao_x000D_
 município de Cambará visando auxiliar na reorganização dos Postos de_x000D_
 Saúde da cidade.</t>
   </si>
   <si>
     <t>5482</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5482/prot._091_ind_078_incentivo_plantio_de_arvores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5482/prot._091_ind_078_incentivo_plantio_de_arvores.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que incentive o plantio de_x000D_
 árvores frutíferas e ornamentais no município.</t>
   </si>
   <si>
     <t>5483</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5483/prot._093_ind_079_academia_guarda_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5483/prot._093_ind_079_academia_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que realize uma parceria_x000D_
 com academia do município, visando atender os Guardas Municipais com_x000D_
 atividades físicas, ou ainda, que sejam instalados aparelhos de_x000D_
 musculação e ginástica na sede da Guarda com este fim.</t>
   </si>
   <si>
     <t>5484</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5484/prot._094_ind_080_gov._do_estado_camburao_ou_van_guarda_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5484/prot._094_ind_080_gov._do_estado_camburao_ou_van_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Governador_x000D_
 do Estado do Paraná, senhor Carlos Massa Ratinho Junior, que este_x000D_
 determine aos órgãos competentes da Administração Pública Estadual que_x000D_
 destinem uma viatura com camburão ou, ainda, uma van para a Guarda_x000D_
 Municipal de Cambará.</t>
   </si>
   <si>
     <t>5485</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5485/prot._096_ind_081_sala_de_apoio_ao_aleitamento_materno.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5485/prot._096_ind_081_sala_de_apoio_ao_aleitamento_materno.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que tome as providências_x000D_
 necessárias para implantação e abertura de sala de apoio de aleitamento_x000D_
 materno no município.</t>
   </si>
   <si>
     <t>5486</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5486/prot._097_ind_082_iluminacao_rua_gabriel_ferrari.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5486/prot._097_ind_082_iluminacao_rua_gabriel_ferrari.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que realize os reparos na_x000D_
 iluminação pública da Rua Gabriel Ferrari, no Conjunto Ignez Panichi,_x000D_
 incluindo a instalação de uma lâmpada no poste localizado próximo a_x000D_
 residência nº. 107.</t>
   </si>
   <si>
     <t>5487</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5487/prot._099_ind_084_camara_ltcat.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5487/prot._099_ind_084_camara_ltcat.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, por meio_x000D_
 deste, solicita ao Presidente da Câmara Municipal, senhor Marcio José_x000D_
 Albertini, que este determine ao setor competente da Administração_x000D_
 Pública que seja realizado um Procedimento Licitatório visando a_x000D_
 contratação de uma empresa especializada em segurança e medicina_x000D_
 do trabalho, para confecção de laudo técnico pericial com o objetivo de_x000D_
 constatar eventual insalubridade no ambiente de trabalho, em face das_x000D_
 atividades exercidas pelos servidores ocupantes do cargo de serviços_x000D_
 gerais.</t>
   </si>
   <si>
     <t>5488</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5488/prot._101_ind_085_melhorias_guarda_municipal_sec._municipal_de_seguranca_publica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5488/prot._101_ind_085_melhorias_guarda_municipal_sec._municipal_de_seguranca_publica.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que crie a Secretaria_x000D_
 Municipal de Segurança Pública, e neste mesmo sentido, que realize_x000D_
 melhorias relacionadas à Guarda Municipais, quais sejam: Reforma_x000D_
 imediata da sede; promoção de treinamentos e capacitações; aquisição de_x000D_
 coletes, coturnos e uniformes; compra de radiocomunicadores; entre_x000D_
 outras.</t>
   </si>
   <si>
     <t>5489</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5489/prot._103_ind_086_reparo_ponte_jardim_santo_antonio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5489/prot._103_ind_086_reparo_ponte_jardim_santo_antonio.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, por meio deste,_x000D_
 solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto,_x000D_
 que este determine ao setor competente da Administração Pública, que_x000D_
 tome as providências necessárias, com urgência, para reparo na ponte_x000D_
 localizada na Rua Minas Gerais, próxima à Igreja São José e Santo_x000D_
 Antônio</t>
   </si>
   <si>
     <t>5490</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5490/prot._104_ind_087_reparo_passarela_parque_alambari_ii.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5490/prot._104_ind_087_reparo_passarela_parque_alambari_ii.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, por meio deste,_x000D_
 solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto,_x000D_
 que este determine ao setor competente da Administração Pública, que_x000D_
 que realize a manutenção da passarela que liga a Pista de Skate à Pista_x000D_
 de Caminhada, no Parque Alambari II.</t>
   </si>
   <si>
     <t>5491</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5491/prot._105_ind_088_manutencao_tori.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5491/prot._105_ind_088_manutencao_tori.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, por meio deste,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen_x000D_
 Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que sejam realizadas as_x000D_
 manutenções necessárias no Tori (tradicional portal japonês), tais como:_x000D_
 pintura e iluminação.</t>
   </si>
   <si>
     <t>5492</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5492/prot._106_ind_089_boca_de_lobo_rua_kazuma_sakamoto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5492/prot._106_ind_089_boca_de_lobo_rua_kazuma_sakamoto.pdf</t>
   </si>
   <si>
     <t>O vereador Marcio José Albertini, acompanhado_x000D_
 pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato,_x000D_
 Karen Dadona e Walmir Joaquim, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública que realize_x000D_
 reparos na boca de lobo localizada na Rua Kazuma Sakamoto esquina_x000D_
 com a Rua Minas Gerais.</t>
   </si>
   <si>
     <t>5493</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5493/prot._107_ind_090_licitacao_aplicacao_lc_123_2006.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5493/prot._107_ind_090_licitacao_aplicacao_lc_123_2006.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que dê maior aplicabilidade_x000D_
 ao §3º, do artigo 48, da Lei Complementar nº. 123/2006, nos_x000D_
 procedimentos licitatórios do município, estabelecendo prioridade de_x000D_
 contratação para as microempresas e empresas de pequeno porte_x000D_
 sediadas local ou regionalmente.</t>
   </si>
   <si>
     <t>5494</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5494/prot._109_ind_091_sec._municipal_de_agricultura_inscricao_programa_de_aceleraca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5494/prot._109_ind_091_sec._municipal_de_agricultura_inscricao_programa_de_aceleraca.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam Secretário_x000D_
 Municipal de Agricultura e Meio Ambiente, senhor Airton Kotaru Anabuki,_x000D_
 que tome as providências necessárias junto aos demais departamentos da_x000D_
 Administração Pública, e realize a inscrição do Município de Cambará para_x000D_
 participar do Programa de Aceleração para Unidades de Conservação_x000D_
 Municipal.</t>
   </si>
   <si>
     <t>5495</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5495/prot._110_ind_092_academia_servico_essencial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5495/prot._110_ind_092_academia_servico_essencial.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, por meio_x000D_
 deste, solicita ao Chefe do Executivo Municipal, senhor José Salim_x000D_
 Haggi Neto, que este determine ao setor competente da Administração_x000D_
 Pública que analise a possibilidade de ser reconhecida a prática de_x000D_
 atividades físicas em academias e espaços públicos como serviço_x000D_
 essencial no município de Cambará durante a pandemia de COVID-19,</t>
   </si>
   <si>
     <t>5496</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Junior Olivato, Raffaello Frascati, Rogérinho do Karatê, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5496/prot._111_ind_093_pl_previne_brasil.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5496/prot._111_ind_093_pl_previne_brasil.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado_x000D_
 pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e_x000D_
 Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo_x000D_
 Municipal, senhor José Salim Haggi Neto, que este determine ao setor_x000D_
 competente da Administração Pública que elabore um Projeto de Lei_x000D_
 instituindo no Município de Cambará o “Programa Previne Brasil”, com o_x000D_
 consequente incentivo financeiro denominado Pagamento por_x000D_
 Desempenho, criando o “Incentivo Financeiro Previne Brasil –_x000D_
 Pagamento por Desempenho”.</t>
   </si>
   <si>
     <t>5497</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5497/prot._141_ind_117_kit_de_alimentacao_escolar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5497/prot._141_ind_117_kit_de_alimentacao_escolar.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que realize a entrega dos_x000D_
 kits de alimentação escolar aos alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>5498</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5498/prot._145_ind_118_reitoria_uenp_parceria_recuperacao_pos_covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5498/prot._145_ind_118_reitoria_uenp_parceria_recuperacao_pos_covid.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam a Reitora da_x000D_
 Universidade Estadual do Norte Pioneiro, senhora Fatima Aparecida da_x000D_
 Cruz Padoan, que junto aos departamentos competentes realize estudos_x000D_
 sobre a possibilidade de serem criadas parcerias entre os cursos de_x000D_
 Odontologia e Fisioterapia junto aos municípios para executar trabalhos_x000D_
 relacionados ao tratamento dos pacientes pós-COVID-19.</t>
   </si>
   <si>
     <t>5499</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5499/prot._146_ind_119_contratacao_medico_intensivista.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5499/prot._146_ind_119_contratacao_medico_intensivista.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que efetue a contratação_x000D_
 de um médico intensivista.</t>
   </si>
   <si>
     <t>5500</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5500/prot._147_ind_120_mascara_de_ventilacao_nao_invasiva.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5500/prot._147_ind_120_mascara_de_ventilacao_nao_invasiva.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que adquira, com urgência,_x000D_
 máscaras de ventilação não invasiva (VNI), as quais ajudam na melhora_x000D_
 de pacientes graves de COVID-19</t>
   </si>
   <si>
     <t>5501</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5501/prot._148_ind_121_sec._municipal_de_saude_melhorias_tenda_sentinela.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5501/prot._148_ind_121_sec._municipal_de_saude_melhorias_tenda_sentinela.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário_x000D_
 Municipal de Saúde, senhor Francisco Peres dos Reis, que realize_x000D_
 melhorias na Tenda Sentinela, tais como: Instalação de cobertura para_x000D_
 quem está aguardando; Indicação no chão de 2m (dois metros) entre_x000D_
 cada pessoa; Aumento da quantidade de álcool em gel espalhado no_x000D_
 ambiente; Transferência da tenda para o Ginásio de Esportes; Entrada e_x000D_
 Saída de pacientes por espaços diferentes; Local para alta dos pacientes_x000D_
 à parte da Tenda.</t>
   </si>
   <si>
     <t>5502</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5502/prot._150_ind_122_sec._estadual_de_saude_guindaste_santa_casa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5502/prot._150_ind_122_sec._estadual_de_saude_guindaste_santa_casa.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam Secretário_x000D_
 Estadual de Saúde, senhor Carlos Alberto Gebrim Preto, que tome as_x000D_
 devidas providências e destine para a Santa Casa de Misericórdia de_x000D_
 Cambará um guincho de transferência para pessoas acamadas.</t>
   </si>
   <si>
     <t>5503</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5503/prot._151_ind_123_agente_de_endemias_mudanca_de_local.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5503/prot._151_ind_123_agente_de_endemias_mudanca_de_local.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que realize com urgência a_x000D_
 mudança do local de trabalho dos agentes de endemias/dengue.</t>
   </si>
   <si>
     <t>5518</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5518/prot._152_ind_124_sec._municipal_de_saude_vacina_sec._mun._assistencia_social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5518/prot._152_ind_124_sec._municipal_de_saude_vacina_sec._mun._assistencia_social.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, por meio deste,_x000D_
 solicita ao Secretário Municipal de Saúde, senhor Francisco Peres dos_x000D_
 Reis, que este realize a inclusão dos servidores lotados na Secretaria_x000D_
 Municipal de Assistência Social no rol prioritário do Plano Municipal de_x000D_
 Vacinação contra a COVID-19.</t>
   </si>
   <si>
     <t>5519</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5519/prot._153_ind_125_sec._municipal_de_saude_vacina_prof._educ._fisica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5519/prot._153_ind_125_sec._municipal_de_saude_vacina_prof._educ._fisica.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário_x000D_
 Municipal de Saúde, senhor Francisco Peres dos Reis, que realize a_x000D_
 inclusão dos profissionais de Educação Física no grupo referente à_x000D_
 primeira fase de vacinação contra a COVID-19, por estarem inseridos na_x000D_
 categoria de trabalhadores da saúde e no grupo de trabalhadores da_x000D_
 educação</t>
   </si>
   <si>
     <t>5520</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5520/prot._154_ind_126_sec._municipal_de_saude_atendimento_prioritario_tenda_sentinela.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5520/prot._154_ind_126_sec._municipal_de_saude_atendimento_prioritario_tenda_sentinela.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário_x000D_
 Municipal de Saúde, senhor Francisco Peres dos Reis, que tome as_x000D_
 providências necessárias referentes ao atendimento prioritário na Tenda_x000D_
 Sentinela, como instalação de placas de sinalização indicando este direito_x000D_
 a quem o possui, como por exemplo: idosos, gestantes e lactantes.</t>
   </si>
   <si>
     <t>5521</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5521/prot._155_ind_127_junta_comercial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5521/prot._155_ind_127_junta_comercial.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, por meio deste,_x000D_
 solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto,_x000D_
 que este determine ao setor competente da Administração Pública, que_x000D_
 que realize a cessão de um servidor e de um espaço para instalação da_x000D_
 Junta Comercial no município de Cambará.</t>
   </si>
   <si>
     <t>5522</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5522/prot._156_ind_128_manifestacao_covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5522/prot._156_ind_128_manifestacao_covid.pdf</t>
   </si>
   <si>
     <t>O vereador Marcio José Albertini, acompanhado_x000D_
 pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato,_x000D_
 Karen Dadona e Walmir Joaquim, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública que providencie_x000D_
 para o município:_x000D_
 - Leitos de enfermaria (mínimo 10 unidades);_x000D_
 - Leitos de UTI semi-intensiva (mínimo de 5 unidade com ventiladores_x000D_
 pulmonares, 1 desfibrilador, 1 fluxo de oxigênio e ar comprimido medicinal);_x000D_
 - Médicos clínicos, médicos intensivistas e enfermeiros suficientes para_x000D_
 funcionamento 24h;_x000D_
 - A contratação de empresa que fornaça resultados de testes mais rápidos;_x000D_
 - Uma equipe multidisciplinar composta: fisioterapeuta, psicólogo, nutricionista_x000D_
 e fonoaudiólogo para reabilitação pós-alta da infecção do Covid-19;_x000D_
 - Exames laboratoriais e de imagens, com atendimento 24 horas;_x000D_
 - A ampliação da capacidade de atendimento da “Tenda” e que se estenda o_x000D_
 horário de funcio</t>
   </si>
   <si>
     <t>5523</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5523/prot._157_ind_129_quebra-molas_rua_sao_jose.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5523/prot._157_ind_129_quebra-molas_rua_sao_jose.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que seja implantado_x000D_
 quebra-molas na Rua São José, próximo à residência nº. 456, no Conjunto_x000D_
 São José I.</t>
   </si>
   <si>
     <t>5524</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5524/prot._158_ind_130_escolas_municipais_aula_de_meio_ambiente.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5524/prot._158_ind_130_escolas_municipais_aula_de_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que analise a viabilidade de_x000D_
 serem ministradas aulas de Meio Ambiente aos alunos das escolas_x000D_
 municipais de ensino</t>
   </si>
   <si>
     <t>5525</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5525/prot._159_ind_131_perdao_de_juros_e_multas_pandemia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5525/prot._159_ind_131_perdao_de_juros_e_multas_pandemia.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que analise a viabilidade de_x000D_
 ser concedida anistia aos juros, multa de mora e correção monetária dos_x000D_
 tributos municipais, como IPTU, ISS, taxas, entre outros.</t>
   </si>
   <si>
     <t>5526</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5526/prot._160_ind_132_iluminacao_morada_do_sol.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5526/prot._160_ind_132_iluminacao_morada_do_sol.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que realize os reparos na_x000D_
 iluminação pública nos seguintes pontos do Bairro Morada do Sol:_x000D_
 - Esquina da Rua Nelson Bonacin, cruzamento com a Rua Nicolau_x000D_
 Paschoal de Marco;_x000D_
 - Rua Joaquim Rodrigues Ferreira, próximo ao número 1034;_x000D_
 - Rua Júlio Marques Ferreira.</t>
   </si>
   <si>
     <t>5527</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5527/prot._161_ind_133_hotel_bourbon_covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5527/prot._161_ind_133_hotel_bourbon_covid.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcio_x000D_
 José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que firme parceria_x000D_
 junto aos responsáveis pelo Hotel Bourbon, no município de Cambará, a_x000D_
 fim de utilizá-lo para atender pacientes com sintomas leves de_x000D_
 coronavírus.</t>
   </si>
   <si>
     <t>5528</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5528/prot._162_ind_134_telefones_denuncias_e_vacinas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5528/prot._162_ind_134_telefones_denuncias_e_vacinas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que tome as providências_x000D_
 necessárias para que haja um número de telefone para que os munícipes_x000D_
 denunciem aglomerações e um para que os munícipes realizem_x000D_
 agendamentos de vacina da Covid-19, bem com a disponibilização de um_x000D_
 link no site do Executivo Municipal para realização de pré-cadastros para_x000D_
 agendamento das vacinas.</t>
   </si>
   <si>
     <t>5529</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5529/prot._163_ind_135_abrigo_animais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5529/prot._163_ind_135_abrigo_animais.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que seja criado um Abrigo_x000D_
 Público Municipal destinados aos animais de rua ou que foram_x000D_
 abandonados por seus donos, ou, ainda, que seja criada uma parceria_x000D_
 público-privada neste sentido.</t>
   </si>
   <si>
     <t>5530</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5530/prot._165_ind_136_prefeitura_e_sec._estadual_de_saude_ambulancia_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5530/prot._165_ind_136_prefeitura_e_sec._estadual_de_saude_ambulancia_samu.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública, que contate a Secretaria_x000D_
 Estadual de Saúde do Paraná para inclusão do município de Cambará no_x000D_
 rol de cidades contempladas com ambulâncias a título de ampliação da_x000D_
 frota do componente do SAMU 192, constante na Resolução SESA nº._x000D_
 305/2021, solicitando, ainda, envio de cópia da presente indicação ao_x000D_
 Secretário Estadual de Saúde, senhor Carlos Alberto Gebrim Preto.</t>
   </si>
   <si>
     <t>5531</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5531/prot._166_ind_137_sec._municipal_de_saude_vacina_garis.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5531/prot._166_ind_137_sec._municipal_de_saude_vacina_garis.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário_x000D_
 Municipal de Saúde, senhor Francisco Peres dos Reis, que realize a_x000D_
 inclusão dos garis no rol prioritário de vacinação contra a COVID-19.</t>
   </si>
   <si>
     <t>5532</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5532/prot._168_ind_138_nota_tenica_agentes_de_endemias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5532/prot._168_ind_138_nota_tenica_agentes_de_endemias.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que as visitas dos Agentes_x000D_
 de Combate às Endemias (ACE) às residências e estabelecimentos sejam_x000D_
 mantidas, as adequando as recomendações de ações de vigilância e_x000D_
 controle de zoonoses e de doenças transmitidas por vetores frente à atual_x000D_
 situação epidemiológica referente ao novo Coronavírus (COVID-19).</t>
   </si>
   <si>
     <t>5533</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Junior Olivato</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5533/prot._169_ind_139_escola_profissionalizante_creche.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5533/prot._169_ind_139_escola_profissionalizante_creche.pdf</t>
   </si>
   <si>
     <t>O vereador Nelson Olivato Junior, por meio deste,_x000D_
 solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto,_x000D_
 que este determine ao setor competente da Administração Pública, que_x000D_
 sejam realizadas as melhorias necessárias no prédio da antiga Escola_x000D_
 Profissionalizante João Pires, passando a utiliza-lo como um Centro_x000D_
 Municipal de Educação Infantil (CMEI).</t>
   </si>
   <si>
     <t>5534</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5534/prot._171_ind_140_local_vacinacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5534/prot._171_ind_140_local_vacinacao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que realize a destinação de_x000D_
 mais um local para vacinação do Covid-19 aos munícipes.</t>
   </si>
   <si>
     <t>5556</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5556/prot._172_ind_141_melhorias_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5556/prot._172_ind_141_melhorias_samu.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública que sejam_x000D_
 realizadas melhorias e reformas necessárias no Serviço de Atendimento_x000D_
 Móvel de Urgência (SAMU).</t>
   </si>
   <si>
     <t>5557</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5557/prot._174_ind_142_extensao_atendimento_santa_casa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5557/prot._174_ind_142_extensao_atendimento_santa_casa.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, por meio deste,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen_x000D_
 Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que estenda parceria junto_x000D_
 à Santa Casa, dando-lhes maior respaldo financeiro, para abertura de_x000D_
 novos leitos de atendimento aos pacientes com COVID, no espaço_x000D_
 lateral, onde era uma clínica de fisioterapia e se encontra desocupado.</t>
   </si>
   <si>
     <t>5558</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5558/prot._175_ind_143_sec._estadual_de_saude_ar_condicionado_hospital_regional_de_santo_antonio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5558/prot._175_ind_143_sec._estadual_de_saude_ar_condicionado_hospital_regional_de_santo_antonio.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado_x000D_
 pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona, Marcio_x000D_
 José Albertini e Walmir Joaquim, por meio deste, solicitam Secretário_x000D_
 Estadual de Saúde, senhor Carlos Alberto Gebrim Preto, que realize a_x000D_
 destinação de aparelhos de ar condicionado para o Hospital Regional de_x000D_
 Santo Antônio da Platina.</t>
   </si>
   <si>
     <t>5559</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5559/prot._176_ind_144_sec._municipal_de_saude_vacina_guardas_municipais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5559/prot._176_ind_144_sec._municipal_de_saude_vacina_guardas_municipais.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário_x000D_
 Municipal de Saúde, senhor Francisco Peres dos Reis, que realize a_x000D_
 vacinação dos Guardas Municipais, incluindo-os no rol dos Agentes das_x000D_
 Forças de Segurança.</t>
   </si>
   <si>
     <t>5560</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5560/prot._178_ind_145_engenharia_melhorias_br369.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5560/prot._178_ind_145_engenharia_melhorias_br369.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública, neste caso o_x000D_
 setor de Engenharia do município de Cambará que realize estudos sobre_x000D_
 as melhorias que se fazem necessárias na BR369 e encaminhem a esta_x000D_
 Casa de Leis, para que as reivindicações sejam, posteriormente,_x000D_
 encaminhadas aos órgãos competentes, visando a inclusão desses_x000D_
 pedidos como obrigações da Concessionária no momento em que for_x000D_
 Licitada a Praça de Pedágio de nossa região.</t>
   </si>
   <si>
     <t>5561</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5561/prot._180_ind_146_equipe_especializada_contratacao_ventilacao_nao_invasiva.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5561/prot._180_ind_146_equipe_especializada_contratacao_ventilacao_nao_invasiva.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública, que realize a_x000D_
 contratação de uma equipe especializada para atuar com os_x000D_
 equipamentos de ventilação não invasivas no município.</t>
   </si>
   <si>
     <t>5562</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Raffaello Frascati, Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5562/prot._181_ind_147_capacete_elmo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5562/prot._181_ind_147_capacete_elmo.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelo_x000D_
 vereador Rogério Frutuoso, por meio deste, solicita ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública, que que adquira_x000D_
 capacetes de respiração assistida, denominado ELMO.</t>
   </si>
   <si>
     <t>5563</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5563/prot._182_ind_148_laboratorio_municipal_de_proteses_dentarias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5563/prot._182_ind_148_laboratorio_municipal_de_proteses_dentarias.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública, que analise a_x000D_
 viabilidade de ser implantado um Laboratório Municipal de Próteses_x000D_
 Dentárias em Cambará.</t>
   </si>
   <si>
     <t>5564</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5564/prot._183_ind_149_sistema_de_monitoramento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5564/prot._183_ind_149_sistema_de_monitoramento.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública, que realize um_x000D_
 projeto para instalação de câmeras, gravadores e software para monitorar_x000D_
 ruas, avenidas, locais e órgãos públicos.</t>
   </si>
   <si>
     <t>5565</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5565/prot._184_ind_150_horario_farmacia_e_entrega_de_medicamentos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5565/prot._184_ind_150_horario_farmacia_e_entrega_de_medicamentos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública, que estude a_x000D_
 viabilidade de estender o horário de funcionamento da Farmácia_x000D_
 Municipal, bem como de serem entregues nas residências os_x000D_
 medicamentos dos pacientes com comorbidades.</t>
   </si>
   <si>
     <t>5566</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5566/prot._185_ind_151_camara_repasse_capacetes_elmo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5566/prot._185_ind_151_camara_repasse_capacetes_elmo.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos_x000D_
 vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello_x000D_
 Frascati, por meio deste, solicitam ao Presidente da Câmara Municipal de_x000D_
 Cambará, senhor Marcio José Albertini, que realize o repasse de_x000D_
 R$40.000,00 (quarenta mil reais) do duodécimo ao Executivo Municipal_x000D_
 indicando a aplicação do recurso à aquisição de capacetes ELMO.</t>
   </si>
   <si>
     <t>5567</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5567/prot._187_ind_152_cisnorpi_municipio_raio_x_eed_refluxo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5567/prot._187_ind_152_cisnorpi_municipio_raio_x_eed_refluxo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Presidente_x000D_
 do Consórcio Público Intermunicipal de Saúde do Norte Pioneiro_x000D_
 (CISNORPI), senhor Marcelo Palhares, que este por intermédio dos_x000D_
 departamentos competentes oferte exames de Raio X para estudo_x000D_
 contrastado de esôfago-duodeno (EED), indicado para casos de_x000D_
 distúrbios digestivos. Solicitando, ainda, o envio de cópia da presente_x000D_
 indicação ao Executivo Municipal para que arque com as despesas deste_x000D_
 exame aos munícipes que necessitarem até providências do consórcio.</t>
   </si>
   <si>
     <t>5568</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5568/prot._188_ind_153_medicamentos_pacientes_pos-covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5568/prot._188_ind_153_medicamentos_pacientes_pos-covid.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública, que os pacientes_x000D_
 pós-Covid tenham acesso a medicamentos preventivos para evitar_x000D_
 sequelas futuras devido a contaminação, como, por exemplo: trombose e_x000D_
 infartos.</t>
   </si>
   <si>
     <t>5569</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5569/prot._189_ind_154_mao_dupla_rua_nelson_bonacin.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5569/prot._189_ind_154_mao_dupla_rua_nelson_bonacin.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública, que tome as_x000D_
 providências necessárias para que a Rua Nelson Bonacin passe a ser mão_x000D_
 dupla, ao menos em trecho que especifica em anexo.</t>
   </si>
   <si>
     <t>5570</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5570/prot._190_ind_155_der_redutor_de_velocidade_pr431.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5570/prot._190_ind_155_der_redutor_de_velocidade_pr431.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Gerente de_x000D_
 Obras e Serviços do Escritório Regional do Norte Pioneiro – Jacarezinho –_x000D_
 do Departamento de Estradas de Rodagens do Estado do Paraná, que_x000D_
 tome as providências necessárias para instalação de redutores eletrônicos_x000D_
 de velocidade nos trevos de acesso do município de Cambará localizados_x000D_
 na PR 431, bem como no trevo de acesso ao município de Jacarezinho.</t>
   </si>
   <si>
     <t>5571</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5571/prot._194_ind_156_reuniao_kit_de_merenda_escolar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5571/prot._194_ind_156_reuniao_kit_de_merenda_escolar.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam que seja_x000D_
 agendada uma reunião on-line, por meio do aplicativo Zoom, entre os_x000D_
 vereadores, Secretária Municipal de Educação, Secretária Municipal de_x000D_
 Assistência Social, APP Sindicato, Conselho de Alimentação Escolar e_x000D_
 Conselho Municipal de Educação, tendo como pauta os kits de merenda_x000D_
 escolar entregues aos alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>5572</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5572/prot._198_ind_157_sec._muncipal_de_educacao_obra_um_trem_para_leoflora.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5572/prot._198_ind_157_sec._muncipal_de_educacao_obra_um_trem_para_leoflora.pdf</t>
   </si>
   <si>
     <t>O vereador Marcio José Albertini, acompanhado_x000D_
 pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato,_x000D_
 Karen Dadona e Walmir Joaquim, por meio deste, solicitam a Secretária_x000D_
 Municipal de Educação, senhora Franciele Axman Tavares Duarte, que_x000D_
 analise a viabilidade de ser adquirido pelo Município a obra intitulada Um_x000D_
 Trem para Leoflora, de Autoria do museólogo Ninger Ovidio Marena (doc._x000D_
 em anexo).</t>
   </si>
   <si>
     <t>5573</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5573/prot._200_ind_158_deputado_estadual_michele_caputo_ambulancia_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5573/prot._200_ind_158_deputado_estadual_michele_caputo_ambulancia_samu.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, por meio deste,_x000D_
 solicita ao Deputado Estadual Michele Caputo, que destine uma_x000D_
 ambulância para o Serviço de Atendimento Móvel de Urgência (SAMU)_x000D_
 do município de Cambará.</t>
   </si>
   <si>
     <t>5574</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5574/prot._202_ind_159_rocam_motocicletas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5574/prot._202_ind_159_rocam_motocicletas.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, por meio deste,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen_x000D_
 Dadona, Marcio José Albertini e Walmir Joaquim, solicitam aos policiais_x000D_
 militares da Rondas Ostensivas com Aplicação de Motocicletas (ROCAM)_x000D_
 que realizem maior fiscalização no município de Cambará com relação às_x000D_
 motocicletas sem escapamento e com escapes abertos, penalizando-os_x000D_
 com multas e apreensões dos veículos.</t>
   </si>
   <si>
     <t>5575</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5575/prot._203_ind_160_aumento_margem_do_consignado.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5575/prot._203_ind_160_aumento_margem_do_consignado.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, por meio_x000D_
 deste, solicita ao Chefe do Executivo Municipal, senhor José Salim_x000D_
 Haggi Neto, que este determine ao setor competente da Administração_x000D_
 Pública que analise a possibilidade de elevar a margem para o crédito_x000D_
 consignado de servidores, pensionistas e aposentados do município_x000D_
 passando-o de 30 (trinta) para 35% (trinta e cinco por cento), até 31 de_x000D_
 dezembro de 2021, devido à pandemia.</t>
   </si>
   <si>
     <t>5576</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5576/prot._204_ind_161_reiteracao_prot._125_recapeamento_asfaltico_estacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5576/prot._204_ind_161_reiteracao_prot._125_recapeamento_asfaltico_estacao.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, por meio deste,_x000D_
 reitera solicitação ao Chefe do Executivo Municipal, senhor José Salim_x000D_
 Haggi Neto, que este determine ao setor competente da Administração_x000D_
 Pública que seja realizado recapeamento asfáltico na Rua 21 de Outubro,_x000D_
 no Bairro Estação, próximo ao antigo Rodeio e as chácaras.</t>
   </si>
   <si>
     <t>5577</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5577/prot._205_ind_162_sec._mun._infraestrutura_distrito_industrial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5577/prot._205_ind_162_sec._mun._infraestrutura_distrito_industrial.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, por meio deste,_x000D_
 solicita à Secretária Municipal de Infraestrutura, senhora Claudia_x000D_
 Guimarães Betini, que tome as providências necessárias para entrega_x000D_
 dos terrenos do Distrito Industrial Benedito Menossi às empresas já_x000D_
 contempladas por meio do Processo Licitatório.</t>
   </si>
   <si>
     <t>5578</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5578/prot._206_ind_163_eletrocardiograma_postos_de_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5578/prot._206_ind_163_eletrocardiograma_postos_de_saude.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública, que adquira, com_x000D_
 recurso próprio ou por intermédio de emendas parlamentares, aparelhos_x000D_
 de eletrocardiograma para os Postos de Saúde.</t>
   </si>
   <si>
     <t>5579</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5579/prot._207_ind_164_parque_infantil.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5579/prot._207_ind_164_parque_infantil.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, por meio deste,_x000D_
 solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto,_x000D_
 que este determine ao setor competente da Administração Pública que_x000D_
 sejam adquiridos e instalados Parques Infantis nas Praças e Parques do_x000D_
 município.</t>
   </si>
   <si>
     <t>5580</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5580/prot._210_ind_165_equipamento_de_seguranca_garis.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5580/prot._210_ind_165_equipamento_de_seguranca_garis.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcio_x000D_
 José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente a Administração Pública que adquira equipamento_x000D_
 que dá segurança aos garis, transportando-o na parte externa do_x000D_
 caminhão.</t>
   </si>
   <si>
     <t>5581</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5581/prot._221_ind_166_parceria_sanepar_higienizacao_orgaos_publicos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5581/prot._221_ind_166_parceria_sanepar_higienizacao_orgaos_publicos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública, que busque_x000D_
 realizar Parceria junto à SANEPAR para que realizem a higienização,_x000D_
 limpeza e desinfecção dos órgãos públicos municipais.</t>
   </si>
   <si>
     <t>5582</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5582/prot._222_ind_167_carro_vacinacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5582/prot._222_ind_167_carro_vacinacao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública, que disponibilize_x000D_
 um veículo da frota do município para que, após agendamento, transporte_x000D_
 os munícipes para vacinação da COVID-19.</t>
   </si>
   <si>
     <t>5583</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5583/prot._223_ind_168_monitoramento_pacientes_pos-covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5583/prot._223_ind_168_monitoramento_pacientes_pos-covid.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública, realize o_x000D_
 monitoramento dos pacientes pós-Covid, sugerindo-se, inclusive um_x000D_
 Programa de Reabilitação à distância especifico para estes pacientes.</t>
   </si>
   <si>
     <t>5584</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5584/prot._225_ind_169_monitoramento_gravidas_e_puerperas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5584/prot._225_ind_169_monitoramento_gravidas_e_puerperas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública, realize o_x000D_
 monitoramento mais minucioso das grávidas e das puérperas do município,_x000D_
 acompanhando-as no pré e pós-parto.</t>
   </si>
   <si>
     <t>5585</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5585/prot._227_ind_170_rua_joao_manoel_dos_santos_detran.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5585/prot._227_ind_170_rua_joao_manoel_dos_santos_detran.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por_x000D_
 meio deste, acompanhado pelos vereadores João Mattar Olivato, Karen_x000D_
 Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que toma as providências_x000D_
 necessárias com relação à Rua João Manoel dos Santos, próximo ao_x000D_
 Ciretran, onde a rua fica impedida em dia de testes de direção veicular.</t>
   </si>
   <si>
     <t>5586</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5586/prot._228_ind_171_calcada_avenida_antonio_mano.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5586/prot._228_ind_171_calcada_avenida_antonio_mano.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, por meio deste,_x000D_
 solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto,_x000D_
 que este determine ao setor competente da Administração Pública que_x000D_
 sejam colocadas pedras no espaço destinado à construção de uma_x000D_
 calçada na Avenida Antônio Mano, entre a Sementes Sorria e o Bairro_x000D_
 Votorantim.</t>
   </si>
   <si>
     <t>5587</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5587/prot._229_ind_172_dep._estadual_jonas_guimaraes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5587/prot._229_ind_172_dep._estadual_jonas_guimaraes.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, por meio deste,_x000D_
 solicita ao Deputado Estadual Jonas Guimarães, que encaminhe Ofício_x000D_
 ao Governo do Estado do Paraná solicitando agilidade na entrega das 199_x000D_
 (cento e noventa e nove) casas construídas no município de Cambará.</t>
   </si>
   <si>
     <t>5588</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5588/prot._231_ind_173_comite_gestor_estrategia_dia_das_maes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5588/prot._231_ind_173_comite_gestor_estrategia_dia_das_maes.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Comitê_x000D_
 Municipal de Gerenciamento/Enfrentamento do Novo Coronavírus_x000D_
 (COVID-19), que realize reunião emergencial para elaboradas e discutidas_x000D_
 estratégias para prevenção do COVID-19 no município durante o final de_x000D_
 semana do Dia das Mães.</t>
   </si>
   <si>
     <t>5589</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5589/prot._236_ind_174_iluminacao_praca_sao_jose.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5589/prot._236_ind_174_iluminacao_praca_sao_jose.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, por meio deste,_x000D_
 solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto,_x000D_
 que este determine ao setor competente da Administração Pública, que_x000D_
 realize os reparos necessários na iluminação pública na Praça do_x000D_
 Conjunto São José II.</t>
   </si>
   <si>
     <t>5590</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5590/prot._237_ind_175_recapeamento_rua_santo_expedito.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5590/prot._237_ind_175_recapeamento_rua_santo_expedito.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, por meio deste,_x000D_
 solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto,_x000D_
 que este determine ao setor competente da Administração Pública que_x000D_
 realize o recapeamento asfáltico da Rua Santo Expedito, próximo a_x000D_
 residência nº. 63, no Conjunto São José II.</t>
   </si>
   <si>
     <t>5591</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5591/prot._238_ind_176_senador_alvaro_dias_pl_teto_salarial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5591/prot._238_ind_176_senador_alvaro_dias_pl_teto_salarial.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, por meio deste,_x000D_
 solicita ao Senador Álvaro Dias, que tome as providências necessárias_x000D_
 para que o Projeto de Lei nº. 2.564/2020, o qual “altera a Lei nº. 7.498, de_x000D_
 25 de junho de 1986, para instituir o piso salarial nacional do Enfermeiro,_x000D_
 do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira”,_x000D_
 de autoria do Senador Fabiano Contarato.</t>
   </si>
   <si>
     <t>5592</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5592/prot._239_ind_177_vigilancia_sanitaria_boletim_dengue.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5592/prot._239_ind_177_vigilancia_sanitaria_boletim_dengue.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam à Vigilância_x000D_
 Sanitária, que emita diariamente boletim epidemiológico de monitoramento_x000D_
 dos casos de dengue no município, publicando-o no Portal da_x000D_
 Transparência do Executivo Municipal e nas redes sociais.</t>
   </si>
   <si>
     <t>5593</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5593/prot._240_ind_178_procon.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5593/prot._240_ind_178_procon.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que seja instalada no_x000D_
 município uma unidade de atendimento do PROCON – Órgão de Defesa_x000D_
 do Consumidor.</t>
   </si>
   <si>
     <t>5594</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5594/prot._242_ind_179_vacina_gestantes_puerperas_e_lactantes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5594/prot._242_ind_179_vacina_gestantes_puerperas_e_lactantes.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública, que as gestantes,_x000D_
 lactantes e puérperas sejam inseridas no rol prioritários para a vacinação_x000D_
 imediata no Plano Municipal de Vacinação contra a COVID-19.</t>
   </si>
   <si>
     <t>5595</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5595/prot._244_ind_180_estrategia_dia_das_maes_cemiterio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5595/prot._244_ind_180_estrategia_dia_das_maes_cemiterio.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que sejam elaboradas_x000D_
 estratégias para prevenção do contágio do COVID-19 no Cemitério_x000D_
 Municipal no Dia das Mães, como: aferição de temperatura, fiscalização_x000D_
 quanto ao uso de máscara, limite máximo de pessoas dentro do local;_x000D_
 disponibilidade de álcool em gel, dentre outras. Além disso, que seja_x000D_
 realizada no local uma campanha contra a dengue.</t>
   </si>
   <si>
     <t>5596</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5596/prot._245_ind_181_dep._estadual_jonas_guimaraes_casas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5596/prot._245_ind_181_dep._estadual_jonas_guimaraes_casas.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, por meio deste,_x000D_
 solicita ao Deputado Estadual Jonas Guimarães, que encaminhe Ofício_x000D_
 ao Governo do Estado do Paraná solicitando agilidade na entrega das 109_x000D_
 (cento e nove) casas a serem construídas no município de Cambará.</t>
   </si>
   <si>
     <t>5597</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5597/prot._246_ind_182_revogacao_decreto_comissao_de_avaliacao_e_fiscalizacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5597/prot._246_ind_182_revogacao_decreto_comissao_de_avaliacao_e_fiscalizacao.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, por meio deste,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen_x000D_
 Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que realize,_x000D_
 imediatamente, a revogação do Decreto Municipal nº. 2.654, de 15 de_x000D_
 abril de 2021, o qual “dispõe sobre a regulamentação e nomeação da_x000D_
 Comissão Especial de Avaliação e Fiscalização do Município de_x000D_
 Cambará, prevista na Lei Complementar nº. 41, de 30 de abril de 2014”.</t>
   </si>
   <si>
     <t>5598</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5598/prot._247_ind_183_alteracao_do_paragrafo_4o_da_lei_complementar_no_75-2017.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5598/prot._247_ind_183_alteracao_do_paragrafo_4o_da_lei_complementar_no_75-2017.pdf</t>
   </si>
   <si>
     <t>O vereador Marcio José Albertini, acompanhado_x000D_
 pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato,_x000D_
 Karen Dadona e Walmir Joaquim, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao departamento competente da Administração Pública que realize a_x000D_
 alteração do parágrafo 4º, da Lei Complementar nº. 75, de 28 de_x000D_
 setembro de 2017, atendendo à Recomendação Administrativa nº. 21 de_x000D_
 01º de dezembro de 2016, publicado pelo GEPATRIA de Santo Antônio_x000D_
 da Platina.</t>
   </si>
   <si>
     <t>5599</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5599/prot._248_ind_184_comunicado_eventos_oficiais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5599/prot._248_ind_184_comunicado_eventos_oficiais.pdf</t>
   </si>
   <si>
     <t>O vereador Marcio José Albertini, acompanhado pelos vereadores_x000D_
 Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e_x000D_
 Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo_x000D_
 Municipal, senhor José Salim Haggi Neto, que este determine ao_x000D_
 departamento competente da Administração Pública, que informe ao Poder_x000D_
 Legislativo, mediante Ofício, todos os atos administrativos referentes a_x000D_
 audiências públicas, reuniões de conselhos, reunião do Comitê Gestor de_x000D_
 Combate ao Covid e outros eventos oficiais similares, que venham a ter_x000D_
 repercussão no andamento da gestão administrativa do Município, com_x000D_
 antecedência mínima de 07 (sete) dias.</t>
   </si>
   <si>
     <t>5600</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5600/prot._251_ind_185_fundos_municipais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5600/prot._251_ind_185_fundos_municipais.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, que este determine_x000D_
 ao setor competente da Administração Pública que sejam criados Fundos_x000D_
 Municipais de Segurança e de Bem-Estar Animal.</t>
   </si>
   <si>
     <t>5601</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5601/prot._254_ind_186_sanepar_poco_de_visita.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5601/prot._254_ind_186_sanepar_poco_de_visita.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos_x000D_
 vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen_x000D_
 Dadona e Marcio José Albertini, por meio deste, solicitam ao departamento_x000D_
 responsável da SANEPAR, que realize os reparos devidos no poço de_x000D_
 visita instalado na Rua Nicolau Paschoal de Marco, nas proximidades do_x000D_
 Córrego do Alemão, localizado em frente à Chácara Fantinelli.</t>
   </si>
   <si>
     <t>5603</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5603/prot._255_ind_187_maio_amarelo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5603/prot._255_ind_187_maio_amarelo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que junto aos órgãos responsáveis realizem ações e campanhas de conscientização do Maio Amarelo, realizando orientações sobre a responsabilidade e o papel de cada um no trânsito, evitando a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>5604</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5604/prot._256_ind_188_lavar_br369.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5604/prot._256_ind_188_lavar_br369.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que lavem a BR369, bem como as ruas que a margeiam.</t>
   </si>
   <si>
     <t>5605</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5605/prot._258_ind_189_reuniao_sec._assist._social_e_entidades.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5605/prot._258_ind_189_reuniao_sec._assist._social_e_entidades.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, neste caso a Secretaria Municipal de Assistência Social que realizem reuniões junto às entidades assistencialistas do município, bem como Igrejas e Pastorais, para que elaborem estratégias para distribuições de cestas básicas aos munícipes.</t>
   </si>
   <si>
     <t>5606</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5606/prot._260_ind_190_escola_profissionalizante_reforma_creche.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5606/prot._260_ind_190_escola_profissionalizante_reforma_creche.pdf</t>
   </si>
   <si>
     <t>O vereador Nelson Olivato Junior, acompanhado pelos vereadores Marcos Roberto de Oliveira, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realizem reforma no prédio da Escola Profissionalizante João Pires, dando-lhe por finalidade se tornar um Centro Municipal de Educação Infantil (CMEI).</t>
   </si>
   <si>
     <t>5607</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5607/prot._261_ind_191_revitalizacao_rua_doutor_genaro_resende.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5607/prot._261_ind_191_revitalizacao_rua_doutor_genaro_resende.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize a revitalização da Rua Doutor Genaro Resende.</t>
   </si>
   <si>
     <t>5608</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5608/prot._262_ind_192_castracao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5608/prot._262_ind_192_castracao.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam realizadas castrações de animais no município.</t>
   </si>
   <si>
     <t>5609</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que tome as providências necessárias para executar as obras de infraestrutura no Distrito Industrial Benedito Menossi.</t>
   </si>
   <si>
     <t>5610</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5610/prot._264_ind_194_manutencao_bocas_de_lobo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5610/prot._264_ind_194_manutencao_bocas_de_lobo.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam realizadas as manutenções devidas, tais como limpeza e reparos, nas bocas de lobo do município.</t>
   </si>
   <si>
     <t>5611</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5611/prot._266_ind_196_associacao_dos_caminhoneiros_e_prefeitura_rua_jose_frediane.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5611/prot._266_ind_196_associacao_dos_caminhoneiros_e_prefeitura_rua_jose_frediane.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realizem parcerias com a Associação dos Caminhoneiros de Cambará a fim de orientar os caminhoneiros sobre a proibição de estacionar na Rua José Frediane, no Conjunto Bergamaschi, bem como sobre o descarte dos lixos em locais corretos.</t>
   </si>
   <si>
     <t>5612</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5612/prot._267_ind_197_planifica_sus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5612/prot._267_ind_197_planifica_sus.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os estudos necessários para aderir ao projeto PlanificaSUS Paraná.</t>
   </si>
   <si>
     <t>5613</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5613/prot._270_ind_198_acoes_fome.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5613/prot._270_ind_198_acoes_fome.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública:_x000D_
 _x000D_
 - Que sejam criadas ações, utilizando dos recursos existentes: financeiros, orçamentários, humanos, veículos, equipamentos e outros, para realizarem um levantamento referente às famílias do município que, apesar de terem patrimônio, estão momentaneamente necessitando de ajuda com alimentos que as atendam de forma urgente; _x000D_
 - Que a mencionada equipe seja composta, principalmente, de agentes de saúde, os quais conhecem a população e o município;_x000D_
 - Que durante as visitas verifiquem, ainda, se há necessidade de medicamentos e exames que urgem, e em sequência as atendam.</t>
   </si>
   <si>
     <t>5614</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5614/prot._271_ind_199_trabalhos_cadeia-sec._municipal_de_assistencia_social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5614/prot._271_ind_199_trabalhos_cadeia-sec._municipal_de_assistencia_social.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores João Mattar Olivato, Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, sendo caso a Secretaria Municipal de Assistência Social, que cria um programa relacionado a execução de trabalhos manuais, voltados para os detentos da Cadeia Pública de Cambará.</t>
   </si>
   <si>
     <t>5615</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5615/prot._272_ind_200_revitalizacao_avenida_brasil.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5615/prot._272_ind_200_revitalizacao_avenida_brasil.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize revitalização na Avenida Brasil.</t>
   </si>
   <si>
     <t>5616</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5616/prot._273_ind_201_posto_de_saude_bergamaschi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5616/prot._273_ind_201_posto_de_saude_bergamaschi.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja construído um Posto de Saúde no Conjunto Bergamaschi.</t>
   </si>
   <si>
     <t>5617</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5617/prot._274_ind_202_cmei_escola_municipal_maria_alice.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5617/prot._274_ind_202_cmei_escola_municipal_maria_alice.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja destinada uma área da Escola Municipal Maria Alice Bittencourt Augusto Forti para funcionamento de um Centro Municipal de Educação Infantil (CMEI).</t>
   </si>
   <si>
     <t>5618</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5618/prot._275_ind_203_clube_lazer_melhorias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5618/prot._275_ind_203_clube_lazer_melhorias.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja realizada a revitalização do Clube Lazer, incluindo as seguintes melhorias: construção de uma pista de caminhada ao redor do lago, instalação de uma academia da 3ª idade e de um parque infantil, construção de uma fachada na entrada, reparos iluminação do campo e instalação de um alambrado no local.</t>
   </si>
   <si>
     <t>5619</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5619/prot._276_ind_204_cidade_digital.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5619/prot._276_ind_204_cidade_digital.pdf</t>
   </si>
   <si>
     <t>O vereador Nelson Olivato Junior, acompanhado pelos vereadores Marcos Roberto de Oliveira, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que coloque em funcionamento no município a “Cidade Digital”.</t>
   </si>
   <si>
     <t>5620</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5620/prot._277_ind_205_melhorias_casa_de_velorio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5620/prot._277_ind_205_melhorias_casa_de_velorio.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas reforma e melhorias na Casa de Velório Municipal.</t>
   </si>
   <si>
     <t>5621</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5621/prot._278_ind_206_redutores_de_velocidade_conj._irma_paulina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5621/prot._278_ind_206_redutores_de_velocidade_conj._irma_paulina.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam realizados estudos e analisem a viabilidade de serem instalados redutores de velocidade no Conjunto Irmã Paulina.</t>
   </si>
   <si>
     <t>5622</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5622/prot._280_ind_207_mapeamento_zona_rural.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5622/prot._280_ind_207_mapeamento_zona_rural.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realizem um Censo da Agricultura Municipal.</t>
   </si>
   <si>
     <t>5623</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5623/prot._281_ind_208_vacinacao_alunos_uenp.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5623/prot._281_ind_208_vacinacao_alunos_uenp.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, bem como a 19ª Regional de Saúde, que determinem ao setor competente, a inclusão no grupo prioritário de vacinação de trabalhadores de saúde os acadêmicos/docentes dos cursos de enfermagem, odontologia e fisioterapia, residentes no município de Cambará.</t>
   </si>
   <si>
     <t>5624</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5624/prot._282_ind_209_placa_saida_jacarezinho.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5624/prot._282_ind_209_placa_saida_jacarezinho.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja instalada ao final da Avenida Brasil uma placa indicativa de “Saída para Jacarezinho”.</t>
   </si>
   <si>
     <t>5625</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5625/prot._283_ind_210_equipe_de_protecao_animal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5625/prot._283_ind_210_equipe_de_protecao_animal.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que montem uma equipe municipal de proteção animal.</t>
   </si>
   <si>
     <t>5626</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5626/prot._284_ind_211_vacina_alunos_e_atividades_essenciais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5626/prot._284_ind_211_vacina_alunos_e_atividades_essenciais.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que os alunos das escolas públicas e privadas do município recebam a Vacinação Contra a Gripe como reforço imunológico contra a COVID-19 e, posteriormente, que sejam vacinados os funcionários que atuam em serviços essenciais.</t>
   </si>
   <si>
     <t>5627</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5627/prot._286_ind_212_identificacao_agentes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5627/prot._286_ind_212_identificacao_agentes.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que os agentes de endemias e agentes comunitários de saúde do município sejam identificados por meio de uniformes, crachás e telefone pra contato.</t>
   </si>
   <si>
     <t>5628</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>João Mattar</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5628/prot._288_ind_213_ambulancia_dep._estadual_cobra_reporter.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5628/prot._288_ind_213_ambulancia_dep._estadual_cobra_reporter.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que encaminhe Ofício por meio de cadastro no sistema eProtocolo ao Deputado Estadual Devanil Reginaldo da Silva, Cobra Repórter, para este analise a viabilidade e destine uma ambulância ao município de Cambará.</t>
   </si>
   <si>
     <t>5629</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5629/prot._290_ind_214_bueiro_rua_joao_manoel_dos_santos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5629/prot._290_ind_214_bueiro_rua_joao_manoel_dos_santos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize os reparos necessários no bueiro que se encontra aberto na Rua João Manoel dos Santos, esquina da Metalúrgica Pérola.</t>
   </si>
   <si>
     <t>5630</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Secretário Estadual de Saúde, senhor Carlos Alberto Gebrim Preto, que realize a liberação e consequentemente a destinação de vacinas do COVID-19 para vacinação dos professores do município de Cambará que atuam em academias, bem como aos lotados na Secretaria Municipal de Esportes.</t>
   </si>
   <si>
     <t>5631</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5631/prot._289_ind_216_drones_agentes_de_endemias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5631/prot._289_ind_216_drones_agentes_de_endemias.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam adquiridos drones a serem utilizados pelos agentes de endemias para identificação de possíveis focos de dengue.</t>
   </si>
   <si>
     <t>5632</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5632/prot._292_ind_217_alambrado_parque_mohamed_ali_hamze.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5632/prot._292_ind_217_alambrado_parque_mohamed_ali_hamze.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que instale alambrado no Parque Mohamed Ali Hamzé no final do Parque, bem como nas proximidades da academia da 3ª idade.</t>
   </si>
   <si>
     <t>5633</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5633/prot._293_ind_218_academia_escola_maria_paulina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5633/prot._293_ind_218_academia_escola_maria_paulina.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que na área verde ao lado da Escola Municipal Maria Aparecida Paulina da Silva Furlan, na Vila Rubim, seja instalada: academia da terceira idade, parque infantil e espaço para idosos jogarem baralho.</t>
   </si>
   <si>
     <t>5634</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5634/prot._294_ind_219_copel_arborizacao_mais_segura.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5634/prot._294_ind_219_copel_arborizacao_mais_segura.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam à COPEL, que analisem a viabilidade de ser lançado no município o Projeto Arborização mais Segura, aos moldes do que é realizado pela CPFL em diversos municípios.</t>
   </si>
   <si>
     <t>5635</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5635/prot._296_ind_220_lonas_reciclagem.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5635/prot._296_ind_220_lonas_reciclagem.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que disponibilizem lonas aos munícipes que trabalham com a coleta de materiais reciclados.</t>
   </si>
   <si>
     <t>5636</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5636/prot._297_ind_221_mapeamento_focos_educacao_continuada.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5636/prot._297_ind_221_mapeamento_focos_educacao_continuada.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize o mapeamento dos bairros do município onde há maior incidência de focos de dengue e efetuem um trabalho de educação continuada nos mesmos.</t>
   </si>
   <si>
     <t>5637</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5637/prot._298_ind_222_medico_saude_da_familia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5637/prot._298_ind_222_medico_saude_da_familia.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que o Médico Saúde da Família realize atendimentos na Zona Rural do Município.</t>
   </si>
   <si>
     <t>5638</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5638/prot._299_ind_223_gov._do_estado_base_movel.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5638/prot._299_ind_223_gov._do_estado_base_movel.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Governador do Estado do Paraná, senhor Carlos Massa Ratinho Junior, que este determine aos órgãos competentes da Administração Pública Estadual que destine ao município de Cambará bases móveis para a área da segurança pública.</t>
   </si>
   <si>
     <t>5639</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5639/prot._300_ind_224_base_movel_gm.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5639/prot._300_ind_224_base_movel_gm.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam instaladas bases móveis da Guarda Municipal em pontos estratégicos do município.</t>
   </si>
   <si>
     <t>5640</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5640/prot._301_ind_225_rodizio_gm.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5640/prot._301_ind_225_rodizio_gm.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que ocorra um rodízio de escala aos servidores Guarda Municipal acerca do trabalho noturno.</t>
   </si>
   <si>
     <t>5641</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5641/prot._303_ind_226_recapeamento_rodovia_laurindo_francisco.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5641/prot._303_ind_226_recapeamento_rodovia_laurindo_francisco.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize o recapeamento asfáltico da Rodovia Laurindo Francisco.</t>
   </si>
   <si>
     <t>5642</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5642/prot._304_ind_227_limpeza_parque_gonzaga.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5642/prot._304_ind_227_limpeza_parque_gonzaga.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize a limpeza e as devidas manutenções no Parque do Conjunto Gonzaga.</t>
   </si>
   <si>
     <t>5643</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5643/prot._305_ind_228_iluminacao_rua_joao_mischievis.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5643/prot._305_ind_228_iluminacao_rua_joao_mischievis.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos na iluminação pública da Rua João Mischievis, próximo à residência nº. 20, no Parque Alambari II.</t>
   </si>
   <si>
     <t>5644</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5644/prot._306_ind_229_mudanca_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5644/prot._306_ind_229_mudanca_samu.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que seja realizada a mudança da sede do Serviço de Atendimento Móvel de Urgência (SAMU), devidamente equipado, passando-a para um ponto próximo à Defesa Civil.</t>
   </si>
   <si>
     <t>5645</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5645/prot._307_ind_230_reiteracao_prot._035_caps_i.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5645/prot._307_ind_230_reiteracao_prot._035_caps_i.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que tome as medidas necessárias para a implantação e funcionamento de um Centro de Atenção Psicossocial (CAPS), modalidade I, no município.</t>
   </si>
   <si>
     <t>5646</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5646/prot._308_ind_231_reiteracao_prot._178_engenharia_melhorias_br369.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5646/prot._308_ind_231_reiteracao_prot._178_engenharia_melhorias_br369.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, neste caso o setor de Engenharia do município de Cambará que realize estudos sobre as melhorias que se fazem necessárias na BR369 e encaminhem a esta Casa de Leis, para que as reivindicações sejam, posteriormente, encaminhadas aos órgãos competentes, visando a inclusão desses pedidos como obrigações da Concessionária no momento em que for Licitada a Praça de Pedágio de nossa região.</t>
   </si>
   <si>
     <t>5647</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5647/prot._309_ind_232_reiteracao_prot._182_laboratorio_municipal_de_proteses_dentarias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5647/prot._309_ind_232_reiteracao_prot._182_laboratorio_municipal_de_proteses_dentarias.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que analise a viabilidade de ser implantado um Laboratório Municipal de Próteses Dentárias em Cambará.</t>
   </si>
   <si>
     <t>5648</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5648/prot._310_ind_233_reiteracao_prot._011_mapas_inteligentes_atencao_basica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5648/prot._310_ind_233_reiteracao_prot._011_mapas_inteligentes_atencao_basica.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam elaborados Mapas Inteligentes na Atenção Básica.</t>
   </si>
   <si>
     <t>5649</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5649/prot._311_ind_234_psicologo_samu_e_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5649/prot._311_ind_234_psicologo_samu_e_saude.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que disponibilize psicólogos para prestar atendimentos aos profissionais da área municipais da saúde, inclusive aos funcionários do SAMU.</t>
   </si>
   <si>
     <t>5650</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5650/prot._312_ind_235_cisnop_samu_psicologo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5650/prot._312_ind_235_cisnop_samu_psicologo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam CISNOP (Consórcio Intermunicipal de Saúde do Norte do Paraná), que solicite a empresa OZZ, a qual presta o serviço de atendimento do SAMU na Regional de Saúde de Jacarezinho, que disponibilize psicólogos para prestar atendimentos aos profissionais do SAMU do município de Cambará.</t>
   </si>
   <si>
     <t>5651</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5651/prot._315_ind_236_equipar_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5651/prot._315_ind_236_equipar_samu.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam adquiridos utensílios e aparelhos que se fazem necessários para a base do Serviço de Atendimento Móvel de Urgência (SAMU), tais como: camas, micro-ondas, aparelhos de ar condicionado, dentre outros.</t>
   </si>
   <si>
     <t>5652</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5652/prot._316_ind_237_cobertura_posto_de_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5652/prot._316_ind_237_cobertura_posto_de_saude.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que sejam instaladas coberturas em frente aos Postos de Saúde do município.</t>
   </si>
   <si>
     <t>5653</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5653/prot._317_ind_238_letreiro_estadio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5653/prot._317_ind_238_letreiro_estadio.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que seja reinserido o letreiro com o nome do Estádio João Pereira Lima em sua porta de entrada.</t>
   </si>
   <si>
     <t>5654</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5654/prot._320_ind_240_horta_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5654/prot._320_ind_240_horta_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que tome as providências necessárias para que o terreno localizado próximo ao cruzamento da Rua João Cavalari com a Travessa Alcides Scoparo, no Conjunto Ignez Panichi, passe a ser utilizado como uma horta pelos moradores que ali residem.</t>
   </si>
   <si>
     <t>5655</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5655/prot._321_ind_241_telefones_consultas_postos_de_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5655/prot._321_ind_241_telefones_consultas_postos_de_saude.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para que as consultas nos Postos de Saúde do município sejam agendadas por telefone.</t>
   </si>
   <si>
     <t>5656</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5656/prot._322_ind_242_contratacao_cursos_profissionalizante.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5656/prot._322_ind_242_contratacao_cursos_profissionalizante.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que efetue a contratação de uma empresa especializada para ofertar a realização de cursos técnicos e/ou profissionalizantes aos munícipes cambaraenses.</t>
   </si>
   <si>
     <t>5657</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5657/prot._323_ind_243_sinal_tv_digital.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5657/prot._323_ind_243_sinal_tv_digital.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja implantando e disponibilizado o sinal da TV digital no município.</t>
   </si>
   <si>
     <t>5658</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5658/prot._324_ind_244_professores_comorbidade_retorno.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5658/prot._324_ind_244_professores_comorbidade_retorno.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para que os professores que possuem comorbidades não retornem as atividades presenciais até completa imunização contra a COVID-19.</t>
   </si>
   <si>
     <t>5659</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5659/prot._325_ind_245_econorte_limpeza_br369.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5659/prot._325_ind_245_econorte_limpeza_br369.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao departamento responsável da ECONORTE que realize a limpeza da BR369, perímetro urbano, no município de Cambará, se possível lavando-a.</t>
   </si>
   <si>
     <t>5660</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos na iluminação pública da Salim Mattar, próximo a residência nº. 1.037, no Conjunto Bergamaschi.</t>
   </si>
   <si>
     <t>5661</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5661/prot._328_ind_247_sec._infraestrutura_sandro_alex_pr431_trevos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5661/prot._328_ind_247_sec._infraestrutura_sandro_alex_pr431_trevos.pdf</t>
   </si>
   <si>
     <t>Os vereadores Marcio José Albertini, Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Aparecida Daniel e Walmir Joaquim, por meio deste, solicitam ao Secretário de Infraestrutura e Logística do Estado do Paraná, senhor Sandro Alex, que este determine ao setor competente, que seja tomada as devidas providências para que sejam efetuadas obras de melhorias nos trevos da PR-431 que dão acesso ao município de Cambará/PR.</t>
   </si>
   <si>
     <t>5662</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5662/prot._329_ind_248_dep._estadual_filipe_barros_guindaste_santa_casa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5662/prot._329_ind_248_dep._estadual_filipe_barros_guindaste_santa_casa.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam Deputado Federal Filipe Barros, que tome as devidas providências necessárias, e destine para a Santa Casa de Misericórdia de Cambará um guincho de transferência para pessoas acamadas.</t>
   </si>
   <si>
     <t>5663</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5663/prot._330_ind_249_decreto_retorno_aulas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5663/prot._330_ind_249_decreto_retorno_aulas.pdf</t>
   </si>
   <si>
     <t>Os vereadores que abaixo subscrevem, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que elabore um Decreto suspendendo o retorno das aulas da rede estadual de ensino no município.</t>
   </si>
   <si>
     <t>5664</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5664/prot._331_ind_250_prot._188_reiteracao_medicamentos_pacientes_pos-covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5664/prot._331_ind_250_prot._188_reiteracao_medicamentos_pacientes_pos-covid.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que os pacientes pós-Covid tenham acesso a medicamentos preventivos para evitar sequelas futuras devido a contaminação, como, por exemplo: trombose, infartos, efisemas, doenças pulmonares obstrutivas crônicas, dentre outras.</t>
   </si>
   <si>
     <t>5665</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5665/prot._333_ind_251_orientacoes_escolas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5665/prot._333_ind_251_orientacoes_escolas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que sejam realizadas orientações por meio da Secretaria Municipal de Saúde nas escolas públicas e privadas com relação a desinfecção das salas de aula, que verifiquem as condições do local, incluindo distanciamento, e que realizem o monitoramento dos alunos, professores e demais servidores.</t>
   </si>
   <si>
     <t>5666</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5666/prot._334_ind_252_reativacao_posto_de_saude_do_centro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5666/prot._334_ind_252_reativacao_posto_de_saude_do_centro.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que realizem a reativação dos atendimentos no Posto de Saúde do Centro.</t>
   </si>
   <si>
     <t>5667</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5667/prot._335_ind_253_contratacao_equipe_multidisciplinar_pos_covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5667/prot._335_ind_253_contratacao_equipe_multidisciplinar_pos_covid.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que seja realizada a contratação de uma equipe multidisciplinar para atendimento dos pacientes pós-COVID, tais como: psicólogos, dentistas, fonoaudiólogos e fisioterapeutas, incluindo fisioterapeuta com especialidade em fisioterapia respiratória para atender nos 02 (dois) leitos de Semi-Intensiva do Pronto Socorro Municipal.</t>
   </si>
   <si>
     <t>5668</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5668/prot._338_ind_254_sec._municipal_de_agricultura_empedramento_bairro_santa_clementina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5668/prot._338_ind_254_sec._municipal_de_agricultura_empedramento_bairro_santa_clementina.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam Secretário Municipal de Agricultura e Meio Ambiente, senhor Airton Kotaru Anabuki, que tome as providências necessárias e determine a realização do empedramento da estrada do Bairro Santa Clementina.</t>
   </si>
   <si>
     <t>5669</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5669/prot._339_ind_255_mutirao_de_limpeza.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5669/prot._339_ind_255_mutirao_de_limpeza.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam realizados mutirões de limpeza no município.</t>
   </si>
   <si>
     <t>5670</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5670/prot._340_ind_256_panfleto_comorbidades.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5670/prot._340_ind_256_panfleto_comorbidades.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que as comorbidades para vacinação da COVID-19 sejam apresentadas de forma mais clara e objetiva aos munícipes.</t>
   </si>
   <si>
     <t>5671</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5671/prot._342_ind_257_reiteracao_prot._096_sala_de_apoio_ao_aleitamento_materno.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5671/prot._342_ind_257_reiteracao_prot._096_sala_de_apoio_ao_aleitamento_materno.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para implantação e abertura de sala de apoio de aleitamento materno no município.</t>
   </si>
   <si>
     <t>5672</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5672/prot._343_ind_258_recape_jardim_das_acacias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5672/prot._343_ind_258_recape_jardim_das_acacias.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja realizado o recapeamento asfáltico no Bairro Jardim das Acácias.</t>
   </si>
   <si>
     <t>5673</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5673/prot._344_ind_259_recape_rua_joao_manoel_dos_santos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5673/prot._344_ind_259_recape_rua_joao_manoel_dos_santos.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja realizado o recapeamento asfáltico da Rua João Manoel dos Santos.</t>
   </si>
   <si>
     <t>5674</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5674/prot._345_ind_260_praca_conjunto_sao_jose_i.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5674/prot._345_ind_260_praca_conjunto_sao_jose_i.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que na área verde localizada ao lado do Posto de Saúde do Conjunto São José I seja construída uma praça com campo, academia e parque infantil, aos moldes do Centro de Eventos do Conjunto São José II.</t>
   </si>
   <si>
     <t>5675</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5675/prot._346_ind_261_melhorias_morada_do_sol.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5675/prot._346_ind_261_melhorias_morada_do_sol.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam realizadas melhorias no Bairro Morada do Sol, tais como: Instalação de placas com a nomenclatura das ruas; sinalizações horizontais e verticais; fiscalização e limpeza dos terrenos; construção de pista de caminhada; instalação de parque infantil e academia da 3ª idade.</t>
   </si>
   <si>
     <t>5680</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5680/prot._347_ind_262_caixa_dagua_sanepar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5680/prot._347_ind_262_caixa_dagua_sanepar.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que ingresse no Programa Caixa D’Água Boa junto à SANEPAR para distribuição de caixas d’água para as famílias carentes do município</t>
   </si>
   <si>
     <t>5681</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5681/prot._349_ind_263_vacina_atividades_essenciais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5681/prot._349_ind_263_vacina_atividades_essenciais.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam inclusos no rol prioritário de vacinação da COVID-19 no município de Cambará os funcionários que atuam em serviços essenciais.</t>
   </si>
   <si>
     <t>5682</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5682/prot._350_ind_264_deputado_estadual_michele_caputo_meu_campinho.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5682/prot._350_ind_264_deputado_estadual_michele_caputo_meu_campinho.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, por meio deste, solicita ao Deputado Estadual Michele Caputo, que destine ao município de Cambará um Módulo Playground 3, no valor de R$ 62.000,00 (sessenta e dois mil reais) e um Campo de Society, no valor de R$ 320.000,00 (trezentos e vinte mil reais), referentes ao Programa Meu Campinho.</t>
   </si>
   <si>
     <t>5683</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5683/prot._351_ind_265_cisnop_samu_aumento_motoristas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5683/prot._351_ind_265_cisnop_samu_aumento_motoristas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao CISNOP (Consórcio Intermunicipal de Saúde do Norte do Paraná), que solicite a empresa OZZ a qual presta o serviço de atendimento do SAMU na Regional de Saúde de Jacarezinho, bem como ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que determine ao setor competente da Administração Pública, que tomem as providências necessárias para concessão de aumento salarial aos motoristas do Serviço de Atendimento Móvel (SAMU).</t>
   </si>
   <si>
     <t>5684</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que analisem a possibilidade de ser fornecido Plano de Seguro de Vida aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>5685</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5685/prot._353_ind_267_sec._estadual_de_saude_sec._mun._saude_vacina_professores_e_atividades_essenciais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5685/prot._353_ind_267_sec._estadual_de_saude_sec._mun._saude_vacina_professores_e_atividades_essenciais.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Secretário Estadual de Saúde, senhor Carlos Alberto Gebrim Preto, bem como ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, que realizem a liberação e consequentemente a destinação de vacinas do COVID-19 para vacinação dos professores do município de Cambará que atuam em academias e aos lotados na Secretaria Municipal de Esportes,  bem como aos funcionários de atividades essenciais como: supermercados e bancos. Além disso, solicita-se, ainda, a vacinação em rol prioritário de taxistas, moto taxistas, vendedores comerciais que atuam atendendo diversas cidades e garis.</t>
   </si>
   <si>
     <t>5686</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5686/prot._355_ind_268_quadra_popular_nova.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5686/prot._355_ind_268_quadra_popular_nova.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja construída cobertura na quadra localizada no Bairro Popular Nova, bem como instalação de uma academia da terceira idade e de um parque infantil.</t>
   </si>
   <si>
     <t>5687</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5687/prot._356_ind_269_limpeza_rio_lago_conj._ignez.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5687/prot._356_ind_269_limpeza_rio_lago_conj._ignez.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize a limpeza do lago no Conjunto Ignez Panichi Hamzé.</t>
   </si>
   <si>
     <t>5688</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5688/prot._360_ind_270_iluminacao_rua_ricardo_bernardelli.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5688/prot._360_ind_270_iluminacao_rua_ricardo_bernardelli.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos na iluminação pública da Rua Ricardo Bernardelli, próximo a residência nº. 284, no Conjunto Otávio Rodrigues, onde há uma lâmpada acessa 24h.</t>
   </si>
   <si>
     <t>5689</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5689/prot._362_ind_272_vacinacao_caminhoneiros.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5689/prot._362_ind_272_vacinacao_caminhoneiros.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que inclua no rol prioritário de vacinação do município de Cambará os caminhoneiros e os trabalhadores de transporte coletivo rodoviário de passageiros urbanos e de longo curso.</t>
   </si>
   <si>
     <t>5690</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5690/prot._363_ind_273_academia_reinstalacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5690/prot._363_ind_273_academia_reinstalacao.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam reinstalados os aparelhos da academia da 3ª idade do município que foram retirados para manutenção.</t>
   </si>
   <si>
     <t>5693</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5693/prot._365_ind_274_seguranca_vacinas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5693/prot._365_ind_274_seguranca_vacinas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada a vigilância, por meio da Guarda Municipal, aos locais onde são armazenadas doses da vacina de COVID-19 no município.</t>
   </si>
   <si>
     <t>5694</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5694/prot._366_ind_275_professores_e_servidores_home_office.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5694/prot._366_ind_275_professores_e_servidores_home_office.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que os professores cumpram suas jornadas de trabalho apenas em home office, sem a necessidade de ir até a escola, assim como os demais servidores municipais cujas funções possibilitem a execução do trabalho deste modo, até ocorrer a diminuição no número de casos ou até a 2ª dose da vacinação dos mesmos.</t>
   </si>
   <si>
     <t>5695</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5695/prot._367_ind_276_prot._127_reiteracao_saude_na_hora.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5695/prot._367_ind_276_prot._127_reiteracao_saude_na_hora.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, por meio deste, REITERA solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que venha a aderir ao Programa Saúde na Hora, lançado pela Secretaria de Atenção Primária à Saúde do Ministério da Saúde.</t>
   </si>
   <si>
     <t>5696</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5696/prot._368_ind_277_prot._267_reiteracao_planifica_sus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5696/prot._368_ind_277_prot._267_reiteracao_planifica_sus.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, por meio deste, REITERA solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os estudos necessários para aderir ao projeto PlanificaSUS Paraná.</t>
   </si>
   <si>
     <t>5697</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5697/prot._369_ind_278_prot._126_reiteracao_capacitacoes_agentes_de_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5697/prot._369_ind_278_prot._126_reiteracao_capacitacoes_agentes_de_saude.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, por meio deste, REITERA solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tomem as providências necessárias quanto as seguintes capacitações abaixo relacionadas, que são requisitos para que o município faça jus ao novo modelo de financiamento da Atenção Primária à Saúde – Pagamento por Desempenho (Previne Brasil):_x000D_
 _x000D_
 •	Capacitação de todos os profissionais das equipes, dentro de suas competências específicas, para melhorar o acesso e a qualidade das ações de pré-natal e a alimentação do sistema de informação para a atenção básica;_x000D_
 •	Capacitação de todos os profissionais das equipes quanto ao controle do câncer do colo do útero;_x000D_
 •	Capacitação de todos os profissionais das equipes, dentro de suas competências específicas, para melhorar o diagnóstico e cadastramento de pessoas com hipertensão;_x000D_
 •	Capacitação de todos os profissionais das equipes, dentro de suas competências</t>
   </si>
   <si>
     <t>5698</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5698/prot._370_ind_279_prot._090_reiterecao_19_regional_de_saude_equipe_de_atencao_basica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5698/prot._370_ind_279_prot._090_reiterecao_19_regional_de_saude_equipe_de_atencao_basica.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, por meio deste, REITERA solicitação à Chefe da Divisão de Atenção Básica e Gestão à Saúde da 19ª Regional de Saúde, senhora Mariana Salles, que envie uma equipe da Atenção Básica ao município de Cambará visando auxiliar na reorganização dos Postos de Saúde da cidade.</t>
   </si>
   <si>
     <t>5699</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5699/prot._371_ind_280_iluminacao_led.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5699/prot._371_ind_280_iluminacao_led.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que analise a possibilidade de realizar a troca de toda a iluminação pública do município, passando-a para lâmpadas de LED.</t>
   </si>
   <si>
     <t>5700</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5700/prot._373_ind_281_bueiros_manutencao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5700/prot._373_ind_281_bueiros_manutencao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas as manutenções devidas nos bueiros do município que se encontram com trilhos soltos, chumbando-os novamente ou fazendo a troca dos mesmos por concreto.</t>
   </si>
   <si>
     <t>5701</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5701/prot._374_ind_282_dep._est._jonas_guimaraes_emendas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5701/prot._374_ind_282_dep._est._jonas_guimaraes_emendas.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, por meio deste, solicita ao Deputado Estadual Jonas Guimarães que destine ao município de Cambará:_x000D_
 _x000D_
 •	01 Kit para barracão de reciclagem, composto de prensa hidráulica 50 toneladas, esteira transportadora 10m de comprimento, balança eletrônica 1000kg, carrinho big bag, carrinho de fardos e empilhadeira – No valor de R$170.000,00 (cento e setenta mil reais);_x000D_
 •	01 Parque adaptado – No valor de R$35.000,00 (trinta e cinco mil reais);_x000D_
 •	01 Veículo para transporte de passageiro tipo minivan, com capacidade para transportar 07 (sete) pessoas – No valor de R$85.000,00 (oitenta e cinco mil reais);_x000D_
 •	01 Projeto Meu Campinho, módulo academia da terceira idade 3 – No valor de R$60.500,00 (sessenta mil e quinhentos reais);_x000D_
 •	01 Kit COMPEDEC, para Defesa Civil Municipal – No valor de R$ 35.000,00 (trinta e cinco mil reais);_x000D_
 •	01 Tonelada de calcário dolomítico para melhoria da fertilidade do solo – No valor de R$50.000,00 (cinquenta mil reais)</t>
   </si>
   <si>
     <t>5702</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5702/prot._375_ind_283_canaletas_limpeza_zona_rural.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5702/prot._375_ind_283_canaletas_limpeza_zona_rural.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a limpeza necessária das canaletas e galerias existentes no Bairro Vila Aurora, bem como nos demais bairros da Zona Rural do município.</t>
   </si>
   <si>
     <t>5703</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5703/prot._376_ind_284_rondas_gm.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5703/prot._376_ind_284_rondas_gm.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores João Mattar Olivato, Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que tome as providências necessárias para aumento do efetivo da Guarda Municipal no período noturno, e consequentemente aumente o número de rondas realizadas no período.</t>
   </si>
   <si>
     <t>5704</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5704/prot._377_ind_285_rol_prioritario_lactantes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5704/prot._377_ind_285_rol_prioritario_lactantes.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize a inclusão das lactantes no rol prioritário de vacinação da COVID-19 no município de Cambará.</t>
   </si>
   <si>
     <t>5741</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5741/prot._378_ind_286_iluminacao_reparos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5741/prot._378_ind_286_iluminacao_reparos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos na iluminação pública dos seguintes locais:_x000D_
 •	Rua da Esperança, próximo a residência nº. 45, no Conjunto Rotary;_x000D_
 •	Extensão da iluminação da Rua Curitiba cruzamento com a Rua Prefeito Airton Costa Pinto, entre as residências nº. 45 e nº. 13.</t>
   </si>
   <si>
     <t>5742</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5742/prot._380_ind_287_reiteracao_prot._107_licitacao_aplicacao_lc_123_2006.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5742/prot._380_ind_287_reiteracao_prot._107_licitacao_aplicacao_lc_123_2006.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que dê maior aplicabilidade ao §3º, do artigo 48, da Lei Complementar nº. 123/2006, nos procedimentos licitatórios do município, estabelecendo prioridade de contratação para as microempresas e empresas de pequeno porte sediadas local ou regionalmente.</t>
   </si>
   <si>
     <t>5743</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5743/prot._381_ind_288_seguranca_monitoramento_antena_tv.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5743/prot._381_ind_288_seguranca_monitoramento_antena_tv.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam instaladas câmeras de segurança para monitoramento, no local onde se encontra os aparelhos de transmissão de sinal para as televisões junto à antena, e ainda, que ocorram rondas ostensivas da Guarda Municipal no local.</t>
   </si>
   <si>
     <t>5744</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5744/prot._382_ind_289_reiteracao_prot._051_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5744/prot._382_ind_289_reiteracao_prot._051_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam reativados o Conselho Municipal de Trânsito e o Conselho Municipal de Segurança.</t>
   </si>
   <si>
     <t>5745</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5745/prot._384_ind_290_dep._federal_boca_aberta_guindaste_santa_casa_e_pronto_socorro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5745/prot._384_ind_290_dep._federal_boca_aberta_guindaste_santa_casa_e_pronto_socorro.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Deputado Federal Emerson Miguel Petriv, Boca Aberta, que tome as devidas providências necessárias, e destine para a Santa Casa de Misericórdia de Cambará, bem como para o Pronto Socorro um guincho de transferência para pessoas acamadas.</t>
   </si>
   <si>
     <t>5746</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5746/prot._385_ind_291_dep._federal_boca_aberta_equipamento_guarda_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5746/prot._385_ind_291_dep._federal_boca_aberta_equipamento_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Deputado Federal Emerson Miguel Petriv, Boca Aberta, que tome as devidas providências necessárias, e destine para a Guarda Municipal de Cambará os seguintes itens:_x000D_
 _x000D_
 - Tonfas, algemas, coturnos, apitos, coletes balísticos, gás de pimenta, armas não letais taser, lanternas, rádios de comunicação para as viaturas, cinturões, motocicletas e equipamentos de segurança para a mesma, tais como: caneleiras, joelheiras, capacetes e cotoveleiras.</t>
   </si>
   <si>
     <t>5747</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5747/prot._386_ind_292_reforma_escola_municipal_luiz_lorenzetti.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5747/prot._386_ind_292_reforma_escola_municipal_luiz_lorenzetti.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize e reforma do prédio da Escola Municipal Luiz Lorenzetti, e ainda, aplique a Lei nº. 1.611/2015, a qual determina a realização de avaliações periódicas das estruturas físicas dos imóveis pertencentes ao município.</t>
   </si>
   <si>
     <t>5748</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5748/prot._387_ind_293_dep._estadual_boca_aberta_junior_guindaste_santa_casa_e_pronto_socorro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5748/prot._387_ind_293_dep._estadual_boca_aberta_junior_guindaste_santa_casa_e_pronto_socorro.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Deputado Estadual Matheus Viniccius Ribeiro Petriv, Boca Aberta Junior, que tome as devidas providências necessárias, e destine para a Santa Casa de Misericórdia de Cambará, bem como para o Pronto Socorro um guincho de transferência para pessoas acamadas.</t>
   </si>
   <si>
     <t>5749</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5749/prot._388_ind_294_dep._estadual_boca_aberta_junior_equipamento_guarda_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5749/prot._388_ind_294_dep._estadual_boca_aberta_junior_equipamento_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Deputado Estadual Matheus Viniccius Ribeiro Petriv, Boca Aberta Junior, que tome as devidas providências necessárias, e destine para a Guarda Municipal de Cambará os seguintes itens:_x000D_
 _x000D_
 - Tonfas, algemas, coturnos, apitos, coletes balísticos, gás de pimenta, armas não letais taser, lanternas, rádios de comunicação para as viaturas, cinturões, motocicletas e equipamentos de segurança para a mesma, tais como: caneleiras, joelheiras, capacetes e cotoveleiras.</t>
   </si>
   <si>
     <t>5750</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5750/prot._390_ind_295_projeto_estadual_parques_urbanos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5750/prot._390_ind_295_projeto_estadual_parques_urbanos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que analise a possibilidade do município aderir ao Projeto Estadual Parques Urbanos, visando a criação de um Parque Linear no município, sugerindo-se como local para este fim o Conjunto Lazer.</t>
   </si>
   <si>
     <t>5751</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5751/prot._391_ind_296_horario_tenda.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5751/prot._391_ind_296_horario_tenda.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a extensão do horário de atendimento da Tenda Sentinela, com a devida contratação de mais profissionais para atender no local, ou que após o expediente na mesma o atendimento seja realizado na Santa Casa de Misericórdia.</t>
   </si>
   <si>
     <t>5752</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>João Mattar, Junior Olivato, Raffaello Frascati, Rogérinho do Karatê, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5752/prot._392_ind_297_lampada_de_led_loteamento_novo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5752/prot._392_ind_297_lampada_de_led_loteamento_novo.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja incluso no novo Plano Diretor Municipal a obrigatoriedade do uso de lâmpadas de LED (diodo emissor de luz), ou outras que vierem a substitui-la, na rede de iluminação pública em novos loteamentos e empreendimentos imobiliários no Município de Cambará.</t>
   </si>
   <si>
     <t>5753</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5753/prot._393_ind_298_rol_prioritario_vacina_moradores_de_rua.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5753/prot._393_ind_298_rol_prioritario_vacina_moradores_de_rua.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores João Mattar Olivato, Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize a inclusão dos moradores de rua no rol prioritário do Plano Municipal de Vacinação contra a COVID-19 em Cambará.</t>
   </si>
   <si>
     <t>5754</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5754/prot._395_ind_299_vacinacao_domingo_a_domingo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5754/prot._395_ind_299_vacinacao_domingo_a_domingo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que, havendo doses disponíveis, o município se organize para que a vacinação ocorra de domingo a domingo.</t>
   </si>
   <si>
     <t>5755</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que inclua no rol prioritário de vacinação do município de Cambará os comerciantes e comerciários.</t>
   </si>
   <si>
     <t>5756</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5756/prot._397_ind_301_reiteracao_prot._240_procon.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5756/prot._397_ind_301_reiteracao_prot._240_procon.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalada no município uma unidade de atendimento do PROCON – Órgão de Defesa do Consumidor.</t>
   </si>
   <si>
     <t>5757</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5757/prot._398_ind_302_vacinacao_influenza.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5757/prot._398_ind_302_vacinacao_influenza.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as medidas necessárias para que toda a população cambaraense receba a vacinação da Influenza.</t>
   </si>
   <si>
     <t>5758</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5758/prot._400_ind_304_operacao_noite_fria_e_geladeira_solidaria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5758/prot._400_ind_304_operacao_noite_fria_e_geladeira_solidaria.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instituído no município o Projeto “Operação Noite Fria”, bem como a Geladeira Solidária.</t>
   </si>
   <si>
     <t>5759</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5759/prot._401_ind_305_reiteracao_prot._286_identificacao_agentes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5759/prot._401_ind_305_reiteracao_prot._286_identificacao_agentes.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que os agentes de endemias e agentes comunitários de saúde do município sejam identificados por meio de uniformes, crachás e telefone pra contato.</t>
   </si>
   <si>
     <t>5760</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5760/prot._404_ind_306_cisnorpi_especialidades.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5760/prot._404_ind_306_cisnorpi_especialidades.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Presidente do Consórcio Público Intermunicipal de Saúde do Norte Pioneiro (CISNORPI), senhor Marcelo Palhares, que este por intermédio dos departamentos competentes aumente a quantidade de vagas para atendimento as especialidades, tais como: cardiologista e pneumologista, bem como para realização de exames.</t>
   </si>
   <si>
     <t>5761</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5761/prot._405_ind_307_sec._mun._saude_aumento_de_especialidades.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5761/prot._405_ind_307_sec._mun._saude_aumento_de_especialidades.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, que busque junto à 19ª Regional de Saúde o aumento no número de atendimentos com especialistas e realização de exames, principalmente os que possuem relação com situação de pacientes pós-COVID.</t>
   </si>
   <si>
     <t>5762</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5762/prot._406_ind_308_sec._est._saude_cotas_aumento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5762/prot._406_ind_308_sec._est._saude_cotas_aumento.pdf</t>
   </si>
   <si>
     <t>Os vereadores que abaixo subscrevem, por meio deste, solicitam ao Secretário Estadual de Saúde, senhor Carlos Alberto Gebrim Preto, que sejam realizados estudos e realizadas as providências necessárias para aumento das cotas de exames e consultas do município de Cambará junto ao CISNORPI.</t>
   </si>
   <si>
     <t>5763</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5763/prot._408_ind_309_absorventes_estudantes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5763/prot._408_ind_309_absorventes_estudantes.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que seja elaborado um Projeto de Lei afim de instituir no município de Cambará um Programa para fornecimento de absorventes higiênicos nas escolas públicas e nas unidades de saúde.</t>
   </si>
   <si>
     <t>5764</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5764/prot._411_ind_310_reiteracao_prot._163_abrigo_animais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5764/prot._411_ind_310_reiteracao_prot._163_abrigo_animais.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja criado um Abrigo Público Municipal destinados aos animais de rua ou que foram abandonados por seus donos, ou, ainda, que seja criada uma parceria público-privada neste sentido.</t>
   </si>
   <si>
     <t>5765</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5765/prot._412_ind_311_monitoramento_pacientes_covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5765/prot._412_ind_311_monitoramento_pacientes_covid.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que realizem uma divulgação ampla sobre a importância dos pacientes acometidos pela COVID-19 procurarem a Tenda Sentinela ou o Pronto Socorro imediatamente quando sentirem uma piora dos sintomas, e ainda, que seja efetuado pela Secretaria Municipal de Saúde um monitoramento mais efetivo destes pacientes positivados.</t>
   </si>
   <si>
     <t>5766</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5766/prot._413_ind_312_reiteracao_prot._147_mascara_de_ventilacao_nao_invasiva.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5766/prot._413_ind_312_reiteracao_prot._147_mascara_de_ventilacao_nao_invasiva.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que adquira, com urgência, máscaras de ventilação não invasiva (VNI), as quais ajudam na melhora de pacientes graves de COVID-19.</t>
   </si>
   <si>
     <t>5767</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5767/prot._415_ind_313_comite_municipal_de_gerenciamentoenfrentamento_do_novo_coronavirus_retorno_futebol.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5767/prot._415_ind_313_comite_municipal_de_gerenciamentoenfrentamento_do_novo_coronavirus_retorno_futebol.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Comitê Municipal de Gerenciamento/Enfrentamento do Novo Coronavírus (COVID-19), que realizem estudos necessários acerca da viabilidade de retornarem a ocorrer partidas de futebol amador no município.</t>
   </si>
   <si>
     <t>5768</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5768/prot._417_ind_314_internet_pracas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5768/prot._417_ind_314_internet_pracas.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalado sinal de Internet Gratuita nas praças do município.</t>
   </si>
   <si>
     <t>5769</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5769/prot._418_ind_315_camera_praca_conj._votorantim.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5769/prot._418_ind_315_camera_praca_conj._votorantim.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam instaladas câmeras de segurança, para monitoramento, na Praça do Conjunto Votorantim.</t>
   </si>
   <si>
     <t>5770</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5770/prot._419_ind_316_reiteracao_prot._037_seguranca_pista_de_skate.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5770/prot._419_ind_316_reiteracao_prot._037_seguranca_pista_de_skate.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize fiscalização efetiva com relação a segurança no Parque Alambari II, principalmente nas proximidades da pista de skate, no Jardim Santo Antônio.</t>
   </si>
   <si>
     <t>5771</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>Geraldinho PHN, Junior Olivato, Márcio Albertini, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5771/prot._423_ind_317_projeto_saude_da_crianca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5771/prot._423_ind_317_projeto_saude_da_crianca.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, quais sejam: Departamento Jurídico, Secretarias Municipais de Saúde, Esporte, Educação e Cultura, que elaborem um Projeto de Lei seguindo as diretrizes do Projeto Saúde da Criança: Conscientização de Todos, conforme modelo anexo.</t>
   </si>
   <si>
     <t>5772</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5772/prot._426_ind_318_reiteracao_prot._083_sec._est._infraestrutura_sandro_alex_pr431.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5772/prot._426_ind_318_reiteracao_prot._083_sec._est._infraestrutura_sandro_alex_pr431.pdf</t>
   </si>
   <si>
     <t>Os vereadores que abaixo subscrevem, por meio deste, REITERAM solicitação ao Secretário de Infraestrutura e Logística do Estado do Paraná, senhor Sandro Alex, que este determine ao setor competente, que seja tomada as devidas providências para maior agilidade e celeridade proporcionando efetividade, adequação e fiscalização na execução e finalização das obras de recapeamento realizadas na PR-431, que liga a cidade de Cambará/PR a Jacarezinho/PR, bem como que seja efetuado obras de melhorias nos trevos que dão acesso ao nosso Município, tendo em vista o protocolo nº. 17.404.522-4 estar paralisado desde o dia 23 de março para providências</t>
   </si>
   <si>
     <t>5784</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5784/prot._427_ind_319_melhorias_parque_mohamed_ali_hamze.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5784/prot._427_ind_319_melhorias_parque_mohamed_ali_hamze.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize melhorias no Parque Mohamed Ali Hamzé, tais sejam: Troca dos aparelhos da academia da 3ª idade, instalação de um parque infantil, recapeamento asfáltico do local, e instalação de alambrado no final do Parque, bem como nas proximidades da área destinada ao estacionamento.</t>
   </si>
   <si>
     <t>5785</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5785/prot._429_ind_320_sec._est._seguranca_publica_emissao_rg.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5785/prot._429_ind_320_sec._est._seguranca_publica_emissao_rg.pdf</t>
   </si>
   <si>
     <t>O vereador Nelson Olivato Junior, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, RaffaelloFrascati e Rogério Frutuoso, por meio deste, solicita à Secretaria Estadual de Segurança Pública, que tome as providências necessárias para que retornem a realizar emissão de RG no município de Cambará para a população em geral.</t>
   </si>
   <si>
     <t>5786</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5786/prot._430_ind_321_sec._estadual_de_educacao_laboratorio_generoso_marques.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5786/prot._430_ind_321_sec._estadual_de_educacao_laboratorio_generoso_marques.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Secretário Estadual de Educação, senhor Renato Feder, que tome providências com relação a solicitação nº. 1602, protocolada sob nº. 14.803.955-0, de 11 de agosto de 2017, a qual trata de um pedido de ampliação da biblioteca e do laboratório de química, física e biologia do Colégio Estadual Cívico-Militar “Doutor Generoso Marques”.</t>
   </si>
   <si>
     <t>5787</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5787/prot._431_ind_322_reiteracao_prot._008_escola_profissionalizante_campo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5787/prot._431_ind_322_reiteracao_prot._008_escola_profissionalizante_campo.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelo vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que o prédio da antiga Escola Profissionalizante João Pires seja utilizado como uma creche ou escola de ensino fundamental I (1º ao 5º ano), bem como a instalação de um alambrado e realização de melhorias no campo próximo ao local.</t>
   </si>
   <si>
     <t>5788</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5788/prot._432_ind_323_cisnorpi_neuro_e_psiquiatra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5788/prot._432_ind_323_cisnorpi_neuro_e_psiquiatra.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Presidente do Consórcio Público Intermunicipal de Saúde do Norte Pioneiro (CISNORPI), senhor Marcelo Palhares, que este por intermédio dos departamentos competentes realize a contratação de Neurocirurgião de Coluna e Psiquiatra Infantil para atendimento dos munícipes da região, e no caso de impossibilidade, que tome as providências para ofertar tais especialidades em cidades próximas.</t>
   </si>
   <si>
     <t>5789</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5789/prot._434_ind_324_autarquia_municipal_dos_esportes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5789/prot._434_ind_324_autarquia_municipal_dos_esportes.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, por meio deste, solicita ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja criada uma Autarquia Municipal de Esportes em Cambará</t>
   </si>
   <si>
     <t>5790</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5790/prot._435_ind_325_ciclovia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5790/prot._435_ind_325_ciclovia.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam construídas ciclovias no município.</t>
   </si>
   <si>
     <t>5791</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5791/prot._436_ind_326_iluminacao_rua_manoel_henrique.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5791/prot._436_ind_326_iluminacao_rua_manoel_henrique.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos na iluminação pública da Rua Manoel Henrique, próximo ao número 201, no Jardim Primavera.</t>
   </si>
   <si>
     <t>5792</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5792/prot._437_ind_327_atencao_basica_planejamento_familiar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5792/prot._437_ind_327_atencao_basica_planejamento_familiar.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a reorganização da Atenção Básica de Saúde do Município para trabalhos de busca ativa relacionadas ao Planejamento Familiar.</t>
   </si>
   <si>
     <t>5806</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5806/prot._444_ind_328_banheiro_publico_pista_de_skate.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5806/prot._444_ind_328_banheiro_publico_pista_de_skate.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja construído um banheiro público próximo à pista de skate, no Parque Alambari II, e até a sua conclusão, solicita-se a instalação de ao menos 02 (dois) banheiros químicos no local.</t>
   </si>
   <si>
     <t>5807</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5807/prot._446_ind_329_depen_motos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5807/prot._446_ind_329_depen_motos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Departamento Penitenciário do Estado do Paraná (DEPEN-PR) que sejam realizados os procedimentos adequados para venda/leilão das motos que estão apreendidas no município de Cambará.</t>
   </si>
   <si>
     <t>5808</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5808/prot._449_ind_330_asfalto_travessa_22.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5808/prot._449_ind_330_asfalto_travessa_22.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que seja realizada a pavimentação asfáltica da Travessa 22, no Bairro Vila Rubim, próximo à Rua João Manoel dos Santos.</t>
   </si>
   <si>
     <t>5809</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5809/prot._450_ind_331_coleta_blister.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5809/prot._450_ind_331_coleta_blister.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize orientações aos munícipes sobre a importância da reciclagem das cartelas de remédio (blister) colocando, então, os Postos de Saúde do município como pontos de coleta.</t>
   </si>
   <si>
     <t>5810</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5810/prot._451_ind_332_sec._mun._saude_reorganizacao_ubs.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5810/prot._451_ind_332_sec._mun._saude_reorganizacao_ubs.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, que solicite à 19ª Regional de Saúde o envio de uma equipe da Atenção Básica para o município de Cambará, visando a reorganização das Unidades Básicas de Saúde.</t>
   </si>
   <si>
     <t>5811</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5811/prot._454_ind_333_casas_sustentaveis_animais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5811/prot._454_ind_333_casas_sustentaveis_animais.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realizem parcerias para a produção de casas sustentáveis destinadas aos animais de rua, instalando-as no município.</t>
   </si>
   <si>
     <t>5812</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5812/prot._455_ind_334_sinalizacao_pontilhao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5812/prot._455_ind_334_sinalizacao_pontilhao.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que tome providências, com urgência, com relação as melhorias e sinalizações necessárias embaixo do pontilhão.</t>
   </si>
   <si>
     <t>5813</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5813/prot._456_ind_335_calcada_rua_marechal_deodoro_da_fonseca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5813/prot._456_ind_335_calcada_rua_marechal_deodoro_da_fonseca.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize o calçamento ou coloque pedriscos na calçada da Rua Marechal Deodoro da Fonseca, no Bairro Gonzaga, próximo à Escola Municipal Luiz Lorenzeti.</t>
   </si>
   <si>
     <t>5814</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5814/prot._457_ind_336_asfalto_rua_maria_helenice_nunes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5814/prot._457_ind_336_asfalto_rua_maria_helenice_nunes.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam realizados reparos asfálticos na Rua Maria Helenice Nunes, no Jardim Nova América.</t>
   </si>
   <si>
     <t>5815</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5815/prot._458_ind_337_copel_rua_joao_evangelista_barreiros_gonzaga.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5815/prot._458_ind_337_copel_rua_joao_evangelista_barreiros_gonzaga.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao departamento responsável da COPEL que tome as providências necessárias com relação aos fios de alta tensão da Rua João Evangelista Barreiros, do bairro Gonzaga.</t>
   </si>
   <si>
     <t>5816</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5816/prot._459_ind_338_fundo_municipal_e_conselho_municipal_drogas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5816/prot._459_ind_338_fundo_municipal_e_conselho_municipal_drogas.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona e Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a criação no Município de Cambará de um Fundo Municipal de Políticas Públicas sobre Drogas e o Conselho Municipal de Políticas Públicas sobre Drogas - COMAD, tal qual o Projeto de Lei modelo em anexo.</t>
   </si>
   <si>
     <t>5817</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5817/prot._460_ind_339_parque_gonzaga_academia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5817/prot._460_ind_339_parque_gonzaga_academia.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize a instalação de uma academia da 3ª idade no Parque do Conjunto Gonzaga.</t>
   </si>
   <si>
     <t>5855</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5855/prot._475_ind_353_divulgacao_fluxo_planejamento_familiar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5855/prot._475_ind_353_divulgacao_fluxo_planejamento_familiar.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam realizadas divulgações amplas nos Postos de Saúde, nas residências por intermédio dos Agentes Comunitários de Saúde e nos meios de comunicação acerca do fluxo de planejamento familiar (laqueaduras e vasectomias).</t>
   </si>
   <si>
     <t>5856</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5856/prot._476_ind_354_celetistas_igualdade.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5856/prot._476_ind_354_celetistas_igualdade.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que tomem as providências necessárias para que haja equiparação e, consequente, isonomia entre os servidores estatutários e os contratados no regime celetista.</t>
   </si>
   <si>
     <t>5857</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5857/prot._477_ind_355_calcada_bairro_estacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5857/prot._477_ind_355_calcada_bairro_estacao.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realizem a limpeza do mato, capinando, e realizem a construção devida de uma calçada próximo à Escola Mundo Mágico, no Bairro Estação.</t>
   </si>
   <si>
     <t>5858</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5858/prot._480_ind_356_iluminacao_capela_divino_esp._santo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5858/prot._480_ind_356_iluminacao_capela_divino_esp._santo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, para que contate, com urgência, a empresa terceirizada responsável pela iluminação pública, para que realize o desligamento da energia da Praça da Capela Divino Espirito Santo da rede da Igreja, religando-a, imediatamente, no poste da rede do município.</t>
   </si>
   <si>
     <t>5859</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5859/prot._482_ind_357_bebedouro_pista_de_skate.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5859/prot._482_ind_357_bebedouro_pista_de_skate.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que realize a instalação de bebedouro no Parque Alambari II, próximo à pista de skate.</t>
   </si>
   <si>
     <t>5860</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5860/prot._483_ind_358_calcada_conj._sao_jose_ii.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5860/prot._483_ind_358_calcada_conj._sao_jose_ii.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja construída uma calçada às margens da Rua Santa Catarina, no Conjunto São José II, até a Rua São Brás, onde se localiza o Centro de Eventos.</t>
   </si>
   <si>
     <t>5861</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5861/prot._484_ind_359_poco_artesiano_conj._irma_paulina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5861/prot._484_ind_359_poco_artesiano_conj._irma_paulina.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja construído um Poço Artesiano no Conjunto Irmã Paulina.</t>
   </si>
   <si>
     <t>5862</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5862/prot._485_ind_360_bebedouro_ar_e_ultrassom_reparos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5862/prot._485_ind_360_bebedouro_ar_e_ultrassom_reparos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que realize os reparos necessários ou a troca do bebedouro e aparelho de ar condicionado do Posto de Saúde Central, bem como da impressora do aparelho de ultrassom do antigo Pronto Socorro.</t>
   </si>
   <si>
     <t>5863</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5863/prot._486_ind_361_filas_preventivos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5863/prot._486_ind_361_filas_preventivos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que tome as providências necessárias para zerar as filas de espera de exames como ultrassons de mama, mamografias, e, ainda, que sejam realizadas buscas ativas dos pacientes com suspeitas de presenças tumoral que não retornaram para exames preventivos.</t>
   </si>
   <si>
     <t>5864</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5864/prot._490_ind_362_dia_municipal_da_esclerose.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5864/prot._490_ind_362_dia_municipal_da_esclerose.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que sejam promovidas ações de conscientização e de divulgação de informações acerca da Esclerose Múltipla no município, tendo em vista a Lei nº. 1.815/2020 que estabelece o dia 30 de agosto como o Dia Municipal da Esclerose Múltipla.</t>
   </si>
   <si>
     <t>5865</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5865/prot._491_ind_363_coleta_tampas_e_lacres.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5865/prot._491_ind_363_coleta_tampas_e_lacres.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam estabelecidos pontos de coleta no município para lacres e tampas plásticas.</t>
   </si>
   <si>
     <t>5882</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5882/prot._492_ind_364_adesao_programa_parana_mais_verde.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5882/prot._492_ind_364_adesao_programa_parana_mais_verde.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que o município de Cambará realize a adesão ao Programa do Governo Estadual denominado Paraná Mais Verde.</t>
   </si>
   <si>
     <t>5883</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5883/prot._493_ind_365_implantacao_programa_de_protecao_criancas_e_adolescentes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5883/prot._493_ind_365_implantacao_programa_de_protecao_criancas_e_adolescentes.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que seja realizada a implantação e a manutenção de um Programa de Proteção e Defesa à Infância e à Juventude no município.</t>
   </si>
   <si>
     <t>5884</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5884/prot._494_ind_366_banco_orteses_e_proteses.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5884/prot._494_ind_366_banco_orteses_e_proteses.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja criado um Banco Municipal de Órteses, Próteses e Meios Auxiliares de Locomoção para atendimento às pessoas com deficiência física.</t>
   </si>
   <si>
     <t>5885</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5885/prot._498_ind_367_corrimao_cras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5885/prot._498_ind_367_corrimao_cras.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja instalado corrimão para acesso à entrada do CRAS.</t>
   </si>
   <si>
     <t>5886</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5886/prot._499_ind_368_consulta_publica_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5886/prot._499_ind_368_consulta_publica_ldo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja aberta consulta pública online, no portal do Município, para participação popular na elaboração da Lei de Diretrizes Orçamentárias de 2022.</t>
   </si>
   <si>
     <t>5887</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5887/prot._501_ind_369_reiteracao_prot._296_lonas_reciclagem.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5887/prot._501_ind_369_reiteracao_prot._296_lonas_reciclagem.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que disponibilizem lonas aos munícipes que trabalham com a coleta de materiais reciclados.</t>
   </si>
   <si>
     <t>5888</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5888/prot._503_ind_371_reiteracao_prot._042_curso_menor_aprendiz.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5888/prot._503_ind_371_reiteracao_prot._042_curso_menor_aprendiz.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que determine junto à Secretaria Municipal de Assistência Social a contratação do Curso de Menor Aprendiz e o ofertem gratuitamente a comunidade de 14 e menores de 18 anos o curso preparatório para ingresso no mercado de trabalho na área comercial.</t>
   </si>
   <si>
     <t>5889</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5889/prot._504_ind_372_dep._federal_pedro_lupion_aparelhos_auditivos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5889/prot._504_ind_372_dep._federal_pedro_lupion_aparelhos_auditivos.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Deputado Federal Pedro Lupion que indique o município de Cambará para o recebimento de aparelhos auditivos.</t>
   </si>
   <si>
     <t>5890</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5890/prot._507_ind_373_parque_gonzaga_limpeza_lago.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5890/prot._507_ind_373_parque_gonzaga_limpeza_lago.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize a limpeza da lagoa do Parque do Conjunto Gonzaga.</t>
   </si>
   <si>
     <t>5908</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5908/prot._508_ind_374_contratacao_anestesista.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5908/prot._508_ind_374_contratacao_anestesista.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que inicie o planejamento e os procedimentos necessários para a contratação de um médico anestesista no município.</t>
   </si>
   <si>
     <t>5909</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5909/prot._509_ind_375_pl_primeiro_emprego.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5909/prot._509_ind_375_pl_primeiro_emprego.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que elabore um Projeto de Lei referente ao Programa Primeiro Emprego, conforme modelo anexo.</t>
   </si>
   <si>
     <t>5910</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5910/prot._510_ind_376_caminhoes_pontilhao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5910/prot._510_ind_376_caminhoes_pontilhao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize nova medição e instale uma placa indicando altura máxima permitida no pontilhão, na Rua Alambari, acesso à Avenida Deputado José Afonso.</t>
   </si>
   <si>
     <t>5911</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5911/prot._511_ind_377_melhorias_estacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5911/prot._511_ind_377_melhorias_estacao.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas melhorias no Bairro Estação, tais como: construção de calçada próximo à plataforma da Estação Ferroviária, estudos para instalação de lombadas, sinalizações horizontais e verticais, limpeza dos matos, manutenção de academia, dentre outras.</t>
   </si>
   <si>
     <t>5912</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5912/prot._514_ind_378_empresas_reflorestamento_nascentes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5912/prot._514_ind_378_empresas_reflorestamento_nascentes.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Presidente da Câmara Municipal, senhor Marcio José Albertini, que sejam enviados Ofícios à Cambará Bombas Diesel, Paraná Norte, FRT, Integrada, Sementes Sorria e senhor Fabio Rodrigues, solicitando aos mesmos que, se possível, entrem em contato com o senhor Mauro Cesar dos Santos, na Rua Doutor Genaro Resende, nº. 1.643, Centro, ou por meio do telefone (43) 9 9175-1085 visando auxiliá-lo no trabalho de reflorestamento das nascentes do município.</t>
   </si>
   <si>
     <t>5913</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5913/prot._515_ind_379_receita_federal_bazar_santa_casa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5913/prot._515_ind_379_receita_federal_bazar_santa_casa.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado por todos os pares da Casa, por meio deste, solicitam à Superintendência Regional da Receita Federal do Brasil - 9ª Região Fiscal (Curitiba), que realize a destinação de mercadorias apreendidas pela Receita Federal para a Santa Casa de Misericórdia de Cambará e a Santa Casa de Misericórdia de Jacarezinho, tratando-se de instituições sem fins lucrativos, a fim de serem realizados Bazares Beneficentes.</t>
   </si>
   <si>
     <t>5914</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5914/prot._516_ind_380_pl_investimento_nascentes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5914/prot._516_ind_380_pl_investimento_nascentes.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que elabore um Projeto de Lei dispondo sobre a criação de um Plano Municipal de Investimentos nas Nascentes ou estipulando pagamentos/benefícios aos que, comprovadamente, realizarem serviços ambientais de cuidados com as nascentes do município.</t>
   </si>
   <si>
     <t>5915</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5915/prot._521_ind_381_florestamento_e_soltura_de_peixes_lagos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5915/prot._521_ind_381_florestamento_e_soltura_de_peixes_lagos.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, ao Secretário Municipal de Agricultura, senhor Airton Kotaru Anabuki, que tome as providências necessárias para florestamento dos Parques do Município e soltura de peixes nas lagoas dos mesmos.</t>
   </si>
   <si>
     <t>5916</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5916/prot._523_ind_382_iluminacao_marechal_floriano_peixoto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5916/prot._523_ind_382_iluminacao_marechal_floriano_peixoto.pdf</t>
   </si>
   <si>
     <t>O vereador Geraldo de Paula Dias Carvalho, por meio deste, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos na iluminação pública da Rua Marechal Floriano Peixoto, próxima à residência nº. 1.151, na Vila Santana.</t>
   </si>
   <si>
     <t>5948</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5948/prot._526_ind_383_iluminacao_trocas_de_lampadas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5948/prot._526_ind_383_iluminacao_trocas_de_lampadas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos na iluminação pública das seguintes localidades:_x000D_
 - Rua Joaquim Rodrigues Ferreira, próximo a residência nº. 1.118, no Bairro Morada do Sol;_x000D_
 - Rua Manoel Henrique, próximo a residência nº. 128, no Jardim Primavera;_x000D_
 - Rua Daniel Estevan Dias e Avenida Brasil, próximo a residência nº. 766 e a pista de skate, no Jardim Santo Antônio. _x000D_
 - Marginais da BR369, com ênfase nas proximidades da Rodoviária;_x000D_
 - Rua João Gnaspin, próximo a residência nº114, no Bairro Popular Nova.</t>
   </si>
   <si>
     <t>5949</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5949/prot._528_ind_384_reiteracao_prot._240_e_397_procon.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5949/prot._528_ind_384_reiteracao_prot._240_e_397_procon.pdf</t>
   </si>
   <si>
     <t>5950</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5950/prot._529_ind_385_reiteracao_prot._008_e_431_escola_profissionalizante_campo_-_copia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5950/prot._529_ind_385_reiteracao_prot._008_e_431_escola_profissionalizante_campo_-_copia.pdf</t>
   </si>
   <si>
     <t>5951</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5951/prot._531_ind_386_reativacao_viveiro_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5951/prot._531_ind_386_reativacao_viveiro_municipal.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam tomadas as providências necessárias para reativação do viveiro municipal.</t>
   </si>
   <si>
     <t>5952</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5952/prot._532_ind_387_portaria_gm-ms_2317.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5952/prot._532_ind_387_portaria_gm-ms_2317.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam elaboradas estratégias relacionadas aos munícipes entre 10 e 19 anos, 11meses e 29 dias, referente ao incentivo financeiro federal disposto na Portaria GM/MS nº. 2.317, de 10 de setembro de 2021.</t>
   </si>
   <si>
     <t>5953</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5953/prot._534_ind_388_centro_de_educacao_infantil_conj._nova_america.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5953/prot._534_ind_388_centro_de_educacao_infantil_conj._nova_america.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja construído um Centro Municipal de Educação Infantil que atenda os Bairros: Nova América, Gonzaga e Santa Maria.</t>
   </si>
   <si>
     <t>5954</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5954/prot._536_ind_389_monitoramento_escolas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5954/prot._536_ind_389_monitoramento_escolas.pdf</t>
   </si>
   <si>
     <t>O vereador Raffaello Frascati, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a instalação de câmeras de segurança em todas as escolas e centros de educação infantil do município.</t>
   </si>
   <si>
     <t>5955</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5955/prot._537_ind_390_reiteracao_prot._051_e_382_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5955/prot._537_ind_390_reiteracao_prot._051_e_382_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam reativados o Conselho Municipal de Trânsito e o Conselho Municipal de Segurança.</t>
   </si>
   <si>
     <t>5956</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5956/prot._542_ind_391_reiteracao_prot._101_melhorias_guarda_municipal_sec._municipal_de_seguranca_publica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5956/prot._542_ind_391_reiteracao_prot._101_melhorias_guarda_municipal_sec._municipal_de_seguranca_publica.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que crie a Secretaria Municipal de Segurança Pública, e neste mesmo sentido, que realize melhorias relacionadas à Guarda Municipais, quais sejam: Reforma imediata da sede; promoção de treinamentos e capacitações; aquisição de coletes, coturnos e uniformes; compra de radiocomunicadores; entre outras.</t>
   </si>
   <si>
     <t>5957</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5957/prot._544_ind_392_melhorias_praca_vereador_atilio_betini.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5957/prot._544_ind_392_melhorias_praca_vereador_atilio_betini.pdf</t>
   </si>
   <si>
     <t>O vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que realize melhorias na Praça Vereador Atílio Betini, próxima ao Posto de Saúde Central, na Vila Rubim, tais como: poda das árvores, correção das calçadas, reparos na iluminação, combate as formigas, dentre outras.</t>
   </si>
   <si>
     <t>5958</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5958/prot._545_ind_393_pl_fundo_agropecuario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5958/prot._545_ind_393_pl_fundo_agropecuario.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja elaborado um Projeto de Lei criando um Fundo Municipal Agropecuário, destinando o valor da arrecadação do Imposto sobre a Propriedade Territorial Rural (ITR) à serviços prestados aos proprietários rurais.</t>
   </si>
   <si>
     <t>5959</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5959/prot._546_ind_394_alambrado_casa_de_velorios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5959/prot._546_ind_394_alambrado_casa_de_velorios.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalado alambrado na lateral da Casa de Velórios, próximo ao Rio Alambari.</t>
   </si>
   <si>
     <t>5960</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5960/prot._547_ind_395_reiteracao_prot._054_sinalizacao_e_correcao_ponte.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5960/prot._547_ind_395_reiteracao_prot._054_sinalizacao_e_correcao_ponte.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja realizada a devida sinalização e também as correções necessárias como construção de uma calçada para passagem e a instalação de um corrimão adequado nas laterais da ponte que há próxima a ABRACAM, no Bairro Estação, ao final da Avenida Brasil.</t>
   </si>
   <si>
     <t>5961</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5961/prot._548_ind_396_placa_alerta.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5961/prot._548_ind_396_placa_alerta.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que instalem placas de trânsito realizando alertas entre a Yoki e a Avenida Tsuneto Matsubara.</t>
   </si>
   <si>
     <t>5962</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5962/prot._549_ind_397_bebedouro_campo_de_bocha.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5962/prot._549_ind_397_bebedouro_campo_de_bocha.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que instale um bebedouro próximo ao Campo de Bocha, localizado nas proximidades do Parque do Conjunto Ignez Panichi.</t>
   </si>
   <si>
     <t>5963</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5963/prot._551_ind_398_cota_extra_aumento_ultrassom.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5963/prot._551_ind_398_cota_extra_aumento_ultrassom.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para o aumento da cota extra para realização de exames de ultrassonografia.</t>
   </si>
   <si>
     <t>5964</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5964/prot._553_ind_399_reiteracao_prot._086_canaletas_limpeza.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5964/prot._553_ind_399_reiteracao_prot._086_canaletas_limpeza.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a limpeza necessária nas canaletas existentes na Zona Rural do município, construindo-as nos locais que não possuem, além, ainda, de jogarem pedras e passarem o rolo compactador onde a limpeza ocorrer.</t>
   </si>
   <si>
     <t>5965</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5965/prot._554_ind._400_reiteracao_prot._087_entulhos_estrada.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5965/prot._554_ind._400_reiteracao_prot._087_entulhos_estrada.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tomem as providências necessárias com relação aos lixos e entulhos jogados às margens das estradas.</t>
   </si>
   <si>
     <t>5966</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5966/prot._555_ind_401_reiteracao_prot._339_mutirao_de_limpeza.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5966/prot._555_ind_401_reiteracao_prot._339_mutirao_de_limpeza.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que sejam realizados mutirões de limpeza no município.</t>
   </si>
   <si>
     <t>5967</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5967/prot._556_ind_402_transporte_solidario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5967/prot._556_ind_402_transporte_solidario.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize um estudo sobre a viabilidade de ser criado o “Transporte Solidário”, no município de Cambará.</t>
   </si>
   <si>
     <t>5968</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5968/prot._557_ind_403_cursos_profissionalizantes_periodo_noturno.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5968/prot._557_ind_403_cursos_profissionalizantes_periodo_noturno.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que os cursos profissionalizantes ofertados pelo município ou em parcerias o sejam também em períodos noturnos.</t>
   </si>
   <si>
     <t>5969</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5969/prot._566_ind_404_dep._fed._diego_garcia_onibus_transporte_escolar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5969/prot._566_ind_404_dep._fed._diego_garcia_onibus_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Deputado Federal Diego Garcia, que este destine ao município de Cambará um ônibus para transporte escolar.</t>
   </si>
   <si>
     <t>5970</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5970/prot._567_ind_405_iluminacao_reparo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5970/prot._567_ind_405_iluminacao_reparo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos na iluminação pública das seguintes localidades:_x000D_
 - Rua Vitorio Amadei, próximo à residência nº. 1.065, no Bairro Morada do Sol;_x000D_
 - Rua Minas Gerais cruzamento com a Rua Ricardo Bernardelli, no Jardim Santo Antônio.</t>
   </si>
   <si>
     <t>5971</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5971/prot._568_ind_406_parabenizar_cris_liga_e_andre.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5971/prot._568_ind_406_parabenizar_cris_liga_e_andre.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Presidente da Câmara Municipal, senhor Marcio José Albertini, que encaminhe Ofício à ex-vereadora Cristina Aparecida de Paula, bem como ao seu marido André Luís Pinto, parabenizando-os pela conquista de uma van, no valor de R$170.000,00 (cento e setenta mil reais) em prol do município junto ao Deputado Federal Licenciado Sandro Alex.</t>
   </si>
   <si>
     <t>5972</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5972/prot._570_ind_408_sec._estadual_de_saude_ultrassom_e_ambulancia_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5972/prot._570_ind_408_sec._estadual_de_saude_ultrassom_e_ambulancia_samu.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado por todos os pares da Casa, por meio deste, solicitam Secretário Estadual de Saúde, senhor Carlos Alberto Gebrim Preto, que determine aos departamentos competentes da SESA que sejam destinados ao município de Cambará: 01 (um) aparelho de ultrassom para o Centro de Especialidades e, 01 (uma) ambulância para o SAMU.</t>
   </si>
   <si>
     <t>5973</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5973/prot._571_ind_409_gov._do_estado_base_de_policiamento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5973/prot._571_ind_409_gov._do_estado_base_de_policiamento.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Governador do Estado do Paraná, senhor Carlos Massa Ratinho Junior, que este determine aos órgãos competentes da Administração Pública Estadual que realizem estudos através PM-3/PMPR para ativação de uma base de policiamento (UPS) no município de Cambará, por se tratar de área divisa de Estado, a ser efetivada após a formação de novos policiais militares.</t>
   </si>
   <si>
     <t>5974</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5974/prot._573_ind_410_agradecer_dep._sandro_alex.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5974/prot._573_ind_410_agradecer_dep._sandro_alex.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Presidente da Câmara Municipal, senhor Marcio José Albertini, que encaminhe Ofício ao Deputado Federal Licenciado Sandro Alex, agradecendo-o em nome dos pares, bem como da ex-vereadora Cristina Aparecida de Paula, pela destinação de uma van, no valor de R$170.000,00 (cento e setenta mil reais) em prol do município.</t>
   </si>
   <si>
     <t>5975</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5975/prot._574_ind_411_sec._mun._assist._social_subsidio_transporte.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5975/prot._574_ind_411_sec._mun._assist._social_subsidio_transporte.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam a Secretária Municipal de Assistência Social, senhora Ana Paula Moro da Silva Rafael, que, com urgência, realize a divulgação do edital referente ao subsídio dos gastos com transporte efetuados por estudantes de curso superior ou profissionalizante ou, sendo necessário, encaminhe Projeto de Lei para aprovação desta Casa com esta finalidade.</t>
   </si>
   <si>
     <t>6037</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6037/prot._575_ind_412_municipalizacao_transito.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6037/prot._575_ind_412_municipalizacao_transito.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para municipalização do trânsito.</t>
   </si>
   <si>
     <t>6038</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6038/prot._576_ind_413_reativacao_guarda_mirim.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6038/prot._576_ind_413_reativacao_guarda_mirim.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para reativação da Guarda Mirim no município.</t>
   </si>
   <si>
     <t>6039</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6039/prot._577_ind_414_capacitacoes_agentes_de_saude_sistema.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6039/prot._577_ind_414_capacitacoes_agentes_de_saude_sistema.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tomem as providências necessárias quanto as capacitações dos servidores que atuam na Atenção Primária à Saúde no município com relação à alimentação dos sistemas.</t>
   </si>
   <si>
     <t>6040</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6040/prot._583_ind_415_publicidade_lei_13767-2018.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6040/prot._583_ind_415_publicidade_lei_13767-2018.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja dada ampla publicidade, por meio das mídias sociais e veículos de comunicação, à Lei Federal nº. 13.767, de 18 de dezembro de 2018, a qual acrescentou o inciso XII, ao artigo 473, da Consolidação das Leis do Trabalho, onde consta: “Art. 473 - O empregado poderá deixar de comparecer ao serviço sem prejuízo do salário: (...) XII - até 3 (três) dias, em cada 12 (doze) meses de trabalho, em caso de realização de exames preventivos de câncer devidamente comprovada.”</t>
   </si>
   <si>
     <t>6041</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6041/prot._584_ind_416_reforma_camara.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6041/prot._584_ind_416_reforma_camara.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores João Mattar Olivato, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que tome as providências necessárias e realize reforma no prédio da Câmara Municipal.</t>
   </si>
   <si>
     <t>6042</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6042/prot._585_ind_417_auxilio_funeral_servidor.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6042/prot._585_ind_417_auxilio_funeral_servidor.pdf</t>
   </si>
   <si>
     <t>O vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores João Mattar Olivato, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que sejam realizados estudos para concessão de auxílio funeral aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>6043</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6043/prot._586_ind_418_reiteracao_prot._466_reducao_de_carga_horaria_filho_deficiente.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6043/prot._586_ind_418_reiteracao_prot._466_reducao_de_carga_horaria_filho_deficiente.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que analise a possibilidade de realizar alteração do Estatuto do Servidor, incluindo o direito de redução da jornada de trabalho em 50% (cinquenta por cento) para os pais que possuem filhos deficientes.</t>
   </si>
   <si>
     <t>6044</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6044/prot._587_ind_419_reiteracao_prot._128_acessibilidade_orgaos_publicos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6044/prot._587_ind_419_reiteracao_prot._128_acessibilidade_orgaos_publicos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que garantam a acessibilidade nos prédios públicos do município, com ênfase nos órgãos de saúde, e que seja construída uma cobertura no São Lucas e no Hospital Municipal.</t>
   </si>
   <si>
     <t>6045</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6045/prot._588_ind_420_projeto_bom_vizinho_e_celular_pm.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6045/prot._588_ind_420_projeto_bom_vizinho_e_celular_pm.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que junto aos setores responsáveis pela segurança pública do município, tais como: Polícia Civil, Polícia Militar e Guarda Municipal, estudem a possibilidade de implementar o Projeto Bom Vizinho, bem como disponibilizar um celular, com número de whatsapp, para a Polícia Militar.</t>
   </si>
   <si>
     <t>6046</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6046/prot._589_ind_421_chefia_gm_meritocracia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6046/prot._589_ind_421_chefia_gm_meritocracia.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam estabelecidos critérios objetivos para estipular os servidores que irão exercer os cargos de Comandante e Inspetores na Guarda Municipal.</t>
   </si>
   <si>
     <t>6047</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6047/prot._591_ind_423_novembro_azul.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6047/prot._591_ind_423_novembro_azul.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja dada ampla publicidade à Lei Municipal nº. 1.557/2013, especificamente acerca do “Novembro Azul”, mês de conscientização sobre câncer de próstata e a saúde do homem.</t>
   </si>
   <si>
     <t>6048</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>Karen Dadona, Geraldinho PHN, Márcio Albertini, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6048/prot._592_ind_424_parques_e_academias_reparos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6048/prot._592_ind_424_parques_e_academias_reparos.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalado um parque infantil e uma academia da 3ª idade na Rua dos Expedicionários, próximo à residência nº. 429, na Vila Rubim, bem como que realizem a manutenção e os reparos devidos em todos os parques infantis e academias da 3ª idade instalados no município.</t>
   </si>
   <si>
     <t>6049</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6049/prot._593_ind_425_prot._408_absorventes_estudantes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6049/prot._593_ind_425_prot._408_absorventes_estudantes.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que seja elaborado um Projeto de Lei afim de instituir no município de Cambará um Programa para fornecimento de absorventes higiênicos nas escolas públicas e nas unidades de saúde.</t>
   </si>
   <si>
     <t>6050</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6050/prot._595_ind_426_reiteracao_prot._335_contratacao_equipe_multidisciplinar_pos_covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6050/prot._595_ind_426_reiteracao_prot._335_contratacao_equipe_multidisciplinar_pos_covid.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que seja realizada a contratação de uma equipe multidisciplinar para atendimento dos pacientes pós-COVID, tais como: psicólogos, dentistas, fonoaudiólogos e fisioterapeutas.</t>
   </si>
   <si>
     <t>6051</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6051/prot._603_ind_427_pl_animal_de_grande_porte.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6051/prot._603_ind_427_pl_animal_de_grande_porte.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que elabore um Projeto de Lei visando a apreensão, o registro e a guarda de animais de grande porte soltos nas vias públicas e logradouros na zona urbana do município.</t>
   </si>
   <si>
     <t>6052</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6052/prot._605_ind_428_caminhao_pipa_estacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6052/prot._605_ind_428_caminhao_pipa_estacao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que o caminhão pipa lave a Rua Doutor Genaro Resende, no Bairro Estação, próximo à residência nº. 2.112.</t>
   </si>
   <si>
     <t>6053</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6053/prot._608_ind_429_reabertura_cristo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6053/prot._608_ind_429_reabertura_cristo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a reabertura do Cristo.</t>
   </si>
   <si>
     <t>6054</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6054/prot._612_ind_430_reiteracao_prot._334_reativacao_posto_de_saude_do_centro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6054/prot._612_ind_430_reiteracao_prot._334_reativacao_posto_de_saude_do_centro.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública, que realizem a reativação dos atendimentos no Posto de Saúde do Centro.</t>
   </si>
   <si>
     <t>6057</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6057/prot._613_ind_431_extensao_de_rede_e_pista_de_caminhada_br369.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6057/prot._613_ind_431_extensao_de_rede_e_pista_de_caminhada_br369.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja instalada extensão de rede no trecho que liga o Pontilhão à Empresa Fonte Nova Poços Artesianos, às margens da BR369, além disso, solicita-se que neste trecho seja realizem a construção de uma calçada para pista de caminhada e de ciclismo.</t>
   </si>
   <si>
     <t>6058</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6058/prot._614_ind_432_reiteracao_prot._499_consulta_publica_ldo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6058/prot._614_ind_432_reiteracao_prot._499_consulta_publica_ldo.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM slicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que seja aberta consulta pública online, no portal do Município, para participação popular na elaboração da Lei de Diretrizes Orçamentárias de 2022.</t>
   </si>
   <si>
     <t>6059</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6059/prot._616_ind_433_caps.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6059/prot._616_ind_433_caps.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública, que tome as medidas necessárias para a implantação e funcionamento de um Centro de Atenção Psicossocial (CAPS), modalidade I, no município.</t>
   </si>
   <si>
     <t>6060</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6060/prot._617_ind_434_recape_e_melhorias_rua_joao_gnaspini.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6060/prot._617_ind_434_recape_e_melhorias_rua_joao_gnaspini.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize o recapeamento asfáltico na Rua João Gnaspini, ligando o Conjunto Votorantim ao Bairro Popular Velha, além disso, nesta mesma localidade, solicita-se o feitio de calçadas e de uma pista de caminhadas.</t>
   </si>
   <si>
     <t>6061</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6061/prot._618_ind_435_iluminacao_reparos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6061/prot._618_ind_435_iluminacao_reparos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos na iluminação pública dos seguintes locais:_x000D_
 - Rua Santina Mantoan Scoparo, próximo as residências nº. 118 e 147, no Conjunto Irmã Paulina;_x000D_
 - Rua Crivari, próximo a residência nº. 45, no Conjunto Victoria Crivari.</t>
   </si>
   <si>
     <t>6062</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6062/prot._619_ind_436_reiteracao_prot._567_iluminacao_rua_minas_gerais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6062/prot._619_ind_436_reiteracao_prot._567_iluminacao_rua_minas_gerais.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERA solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos na iluminação pública na Rua Minas Gerais cruzamento com a Rua Ricardo Bernardelli, no Jardim Santo Antônio.</t>
   </si>
   <si>
     <t>6063</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6063/prot._623_ind_437_descentralizacao_farmacia_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6063/prot._623_ind_437_descentralizacao_farmacia_municipal.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias para descentralização da Farmácia Municipal, incluindo uma unidade no Conjunto Ignez Panichi.</t>
   </si>
   <si>
     <t>6064</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6064/prot._624_ind_438_sec._est._educacao_dep._est._mauro_moraes_reforma_piscina_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6064/prot._624_ind_438_sec._est._educacao_dep._est._mauro_moraes_reforma_piscina_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Secretário Estadual de Educação e Esportes, senhor Renato Feder, bem como ao Deputado Estadual Mauro Moraes, que sejam tomadas as providências necessárias para reativação e melhorias da piscina do Conjunto Ignez Panichi, no município de Cambará.</t>
   </si>
   <si>
     <t>6065</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6065/prot._622_ind_439_pl_arborizacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6065/prot._622_ind_439_pl_arborizacao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que elabore um Projeto de Lei a fim de instituir o Plano Municipal de Arborização Urbana no município de Cambará ou outro Projeto com a finalidade de arborização municipal.</t>
   </si>
   <si>
     <t>6066</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6066/prot._628_ind_440_iluminacao_praca_rotary.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6066/prot._628_ind_440_iluminacao_praca_rotary.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize os reparos necessários na iluminação pública da Praça do Conjunto Rotary.</t>
   </si>
   <si>
     <t>6067</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6067/prot._629_ind_441_praca_e_asfalto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6067/prot._629_ind_441_praca_e_asfalto.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a instalação de uma Praça na área verde de sua propriedade localizada no cruzamento da Rua João Pereira Lima, com a Rua Julio M. Figueiredo e Travessa Gustavo Diniz, próximo à Escola Municipal Maria Aparecida Paulina da Silva Furlan, além disso, solicita-se melhorias asfálticas na extensão da Rua Antônio Michelato, no Bairro Morada do Sol, bem como construção de uma pista de caminhada e instalação de academia da terceira idade e parque infantil no local.</t>
   </si>
   <si>
     <t>6068</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6068/prot._631_ind_442_sanepar_nascentes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6068/prot._631_ind_442_sanepar_nascentes.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao departamento competente da SANEPAR que tome as providências necessárias para cuidados e investimentos nas nascentes do município de Cambará.</t>
   </si>
   <si>
     <t>6069</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6069/prot._632_ind_443_descarte_lixo_eletronico.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6069/prot._632_ind_443_descarte_lixo_eletronico.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que tome as providências necessárias e estabeleça pontos de descarte de lixo eletrônico no município.</t>
   </si>
   <si>
     <t>6070</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6070/prot._633_ind._444_reiteracao_prot._317_letreiro_estadio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6070/prot._633_ind._444_reiteracao_prot._317_letreiro_estadio.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, REITERAM solicitação ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao departamento competente da Administração Pública que seja reinserido o letreiro com o nome do Estádio João Pereira Lima em sua porta de entrada</t>
   </si>
   <si>
     <t>6071</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6071/prot._634_ind_445_vale-alimentacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6071/prot._634_ind_445_vale-alimentacao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja reajustado o valor do vale-alimentação dos servidores públicos municipais para a quantia de R$400,00 (quatrocentos reais).</t>
   </si>
   <si>
     <t>6072</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6072/prot._635_ind_446_semaforo_e_faixa_de_pedestres_br369.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6072/prot._635_ind_446_semaforo_e_faixa_de_pedestres_br369.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que realize a instalação de um semáforo e pintura de faixas de pedestres na BR369, no cruzamento que dá acesso aos Bairros Bergamaschi e São José.</t>
   </si>
   <si>
     <t>6073</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6073/prot._636_ind_447_melhorias_campos_de_areia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6073/prot._636_ind_447_melhorias_campos_de_areia.pdf</t>
   </si>
   <si>
     <t>A vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente a Administração Pública que sejam realizadas manutenções e melhorias nos campos de areia do município.</t>
   </si>
   <si>
     <t>6074</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6074/prot._637_ind_448_melhorias_estrada_pedreira.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6074/prot._637_ind_448_melhorias_estrada_pedreira.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas melhorias na Estrada Municipal 004, ligação Cambará/Barra do Jacaré, Zona Rural, próximo à Pedreira.</t>
   </si>
   <si>
     <t>6075</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6075/prot._639_ind_449_terceirizar_zeladoria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6075/prot._639_ind_449_terceirizar_zeladoria.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a terceirização de funcionários para atuarem na área de zeladoria do município.</t>
   </si>
   <si>
     <t>6076</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6076/prot._641_ind_450_dep._estadual_jonas_guimaraes_gov._do_estado_reajuste_servidores_estaduais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6076/prot._641_ind_450_dep._estadual_jonas_guimaraes_gov._do_estado_reajuste_servidores_estaduais.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, solicitam ao Deputado Estadual Jonas Guimarães, bem como ao Governador do Estado do Paraná, senhor Carlos Massa Ratinho Junior, que sejam tomadas as providências necessárias para concessão da reposição salarial aos servidores públicos estaduais.</t>
   </si>
   <si>
     <t>6077</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6077/prot._642_ind_451_posto_de_saude_vila_santana_cadeiras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6077/prot._642_ind_451_posto_de_saude_vila_santana_cadeiras.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas as trocas ou as manutenções das cadeiras utilizadas pelos munícipes no Posto de Saúde da Vila Santana.</t>
   </si>
   <si>
     <t>6078</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6078/prot._645_ind_452_sao_lucas_contratacao_servidor.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6078/prot._645_ind_452_sao_lucas_contratacao_servidor.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realizem a contratação ou realocação de servidores para o setor de agendamento no São Lucas.</t>
   </si>
   <si>
     <t>6079</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6079/prot._646_ind_453_19_regional_de_saude_vigilancia_analise_da_agua.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6079/prot._646_ind_453_19_regional_de_saude_vigilancia_analise_da_agua.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam à 19ª Regional de Saúde que encaminhe ao município de Cambará uma equipe da Vigilância Sanitária para realizar análise das águas.</t>
   </si>
   <si>
     <t>6080</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6080/prot._647_ind_454_posto_de_saude_rolante.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6080/prot._647_ind_454_posto_de_saude_rolante.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que montem uma equipe na área da saúde para atuação como um Posto de Saúde Rolante, visando a vacinação contra a COVID-19.</t>
   </si>
   <si>
     <t>6081</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6081/prot._648_ind_455_saude_do_homem.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6081/prot._648_ind_455_saude_do_homem.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize no mês de Novembro o “Dia Dele”, voltado à saúde do homem.</t>
   </si>
   <si>
     <t>6082</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6082/prot._649_ind_456_curso_equipe_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6082/prot._649_ind_456_curso_equipe_saude.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que a equipe de saúde do município, especificamente os médicos da Atenção Primária, atente-se para a realização do Curso de Capacitação em Psicofarmacologia, que será promovido pela 19ª Regional de Saúde, com início no dia 30 de novembro.</t>
   </si>
   <si>
     <t>6083</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6083/prot._651_ind_457_gm_rondas_comercio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6083/prot._651_ind_457_gm_rondas_comercio.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que sejam realizadas rondas mais ostensivas pela Guarda Municipal no comércio durante o mês de Dezembro, tanto no período diurno quanto noturno.</t>
   </si>
   <si>
     <t>6084</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6084/prot._655_ind_458_cerca_baixa_praca_dr._miguel_dinizo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6084/prot._655_ind_458_cerca_baixa_praca_dr._miguel_dinizo.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja construída e instalada uma cerca baixa ao redor da grama da Praça Doutor Miguel Dinizo.</t>
   </si>
   <si>
     <t>6089</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6089/prot._673_ind_468_captacao_de_agua_bairro_estacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6089/prot._673_ind_468_captacao_de_agua_bairro_estacao.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a instalação de um sistema de captação de água no Bairro Estação.</t>
   </si>
   <si>
     <t>6090</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6090/prot._674_ind_469_regular_velocidade_e_instalar_placas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6090/prot._674_ind_469_regular_velocidade_e_instalar_placas.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que regulamente o limite de velocidade nas ruas e avenidas do município e o informe por meio de placas de sinalização.</t>
   </si>
   <si>
     <t>6091</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6091/prot._675_ind_470_arvore_de_natal_covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6091/prot._675_ind_470_arvore_de_natal_covid.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que na Praça Doutor Miguel Dinizo seja montada uma Árvore de Natal com 73 (setenta e três) estrelas penduradas, em homenagem a cada uma das vítimas de COVID no município.</t>
   </si>
   <si>
     <t>6092</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6092/prot._678_ind_471_reparos_eletricos_poste.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6092/prot._678_ind_471_reparos_eletricos_poste.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize reparos elétricos no poste localizado na Rua Antônio Castanho, no Bairro Vila Rubim, próximo a residência nº. 1435.</t>
   </si>
   <si>
     <t>6093</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6093/prot._681_ind_472_central_de_empregos_deficientes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6093/prot._681_ind_472_central_de_empregos_deficientes.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que seja criada no município uma Central de Empregos para Pessoas Portadoras de Deficiência - CEPPDE.</t>
   </si>
   <si>
     <t>6094</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6094/prot._683_ind_473_academia_bairro_gonzaga.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6094/prot._683_ind_473_academia_bairro_gonzaga.pdf</t>
   </si>
   <si>
     <t>O vereador João Mattar Olivato, acompanhado pelos vereadores Marcos Roberto de Oliveira, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a instalação de aparelhos de ginástica no Bairro Gonzaga.</t>
   </si>
   <si>
     <t>6104</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6104/prot._685_ind_474_iluminacao_reparos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6104/prot._685_ind_474_iluminacao_reparos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize reparos na iluminação pública das seguintes localidades:_x000D_
 - Rua Henrique Romano, próximo a residência nº. 16, no Bairro Gonzaga; _x000D_
 - Rua Hermínio Haggi, próximo a residência nº. 250, no Conjunto Ignez Panichi.</t>
   </si>
   <si>
     <t>6105</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6105/prot._686_ind_475_contratacoes_temporarias_e_concurso.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6105/prot._686_ind_475_contratacoes_temporarias_e_concurso.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize a contratação temporária de veterinário, psicólogo e terapeuta ocupacional, dentre outros profissionais que se fazem de pronto necessários para atuar no município, iniciando-se, também, os procedimentos de abertura de Concurso Público para atender as demandas no ano de 2022.</t>
   </si>
   <si>
     <t>6106</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6106/prot._687_ind_476_pl_cursinhos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6106/prot._687_ind_476_pl_cursinhos.pdf</t>
   </si>
   <si>
     <t>O vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, por meio deste, solicitam ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que elabore um Projeto de Lei criando o “Cursinho Pré-Vestibular e ENEM” para os alunos que frequentam o último ano ou que concluíram o ensino médio e que residam no município de Cambará.</t>
   </si>
   <si>
     <t>6107</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6107/prot._690_ind_477_recapeamento_rua_joao_gnaspini.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6107/prot._690_ind_477_recapeamento_rua_joao_gnaspini.pdf</t>
   </si>
   <si>
     <t>O vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, por meio deste, ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, que este determine ao setor competente da Administração Pública que realize o recapeamento asfáltico na Rua João Gnaspini, ligando o Conjunto Votorantim ao Bairro Popular Velha.</t>
   </si>
   <si>
     <t>5338</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5338/proposta_de_decreto_legislativo_01_2021_titulo_de_cidadao_honorario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5338/proposta_de_decreto_legislativo_01_2021_titulo_de_cidadao_honorario.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão do Título de Cidadão Honorário de Cambará (Homenagem Póstuma) ao senhor João Batista Ribeiro Machado.</t>
   </si>
   <si>
     <t>5341</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5341/proposta_de_decreto_legislativo_02_2021_prestacao_de_contas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5341/proposta_de_decreto_legislativo_02_2021_prestacao_de_contas.pdf</t>
   </si>
   <si>
     <t>Acolhe o Acórdão de Parecer Prévio nº 354/2020 da Primeira Câmara do Tribunal de Contas do Estado do Paraná, aprovando as contas do Sr. João Mattar Olivato, referentes ao Poder Executivo do Município de Cambará, exercício de 2016.</t>
   </si>
   <si>
     <t>5415</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5415/proposta_de_decreto_legislativo_03_2021_mocao_de_aplausos_guarda_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5415/proposta_de_decreto_legislativo_03_2021_mocao_de_aplausos_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Aplausos à Guarda Municipal.</t>
   </si>
   <si>
     <t>5505</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5505/proposta_de_decreto_legislativo_04_2021_mocao_de_congratulacoes_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5505/proposta_de_decreto_legislativo_04_2021_mocao_de_congratulacoes_samu.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Congratulações à equipe do Serviço de Atendimento Móvel de Urgência (SAMU) do Município de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>5517</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5517/proposta_de_decreto_legislativo_05_2021_mocao_de_aplausos_bombeiros_comunitarios2.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5517/proposta_de_decreto_legislativo_05_2021_mocao_de_aplausos_bombeiros_comunitarios2.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Aplausos aos membros do Posto de Bombeiros Comunitários de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>5713</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5713/proposta_de_decreto_legislativo_06_2021_mocao_de_aplausos_profissionais_de_saude_1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5713/proposta_de_decreto_legislativo_06_2021_mocao_de_aplausos_profissionais_de_saude_1.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Aplausos a todos os servidores da área da saúde do Município de Cambará, Estado do Paraná</t>
   </si>
   <si>
     <t>5714</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5714/proposta_de_decreto_legislativo_07_2021_titulo_de_cidadao_honorario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5714/proposta_de_decreto_legislativo_07_2021_titulo_de_cidadao_honorario.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário de Cambará ao senhor Nelson Padovani.</t>
   </si>
   <si>
     <t>5820</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5820/proposta_de_decreto_legislativo_08_2021_prestacao_de_contas_exercicio_2019_comissao_de_financas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5820/proposta_de_decreto_legislativo_08_2021_prestacao_de_contas_exercicio_2019_comissao_de_financas.pdf</t>
   </si>
   <si>
     <t>Acolhe o Acórdão de Parecer Prévio nº 699/2020 da Primeira Câmara do Tribunal de Contas do Estado do Paraná, aprovando as contas do Sr. José Salim Haggi Neto, referentes ao Poder Executivo do Município de Cambará, exercício de 2019</t>
   </si>
   <si>
     <t>5891</t>
   </si>
   <si>
     <t>Comissão de Economia, Finanças e Fiscalização</t>
   </si>
   <si>
     <t>Acolhe o Acórdão de Parecer Prévio nº 629/20 do Pleno do Tribunal de Contas do Estado do Paraná, aprovando as contas do Sr. José Salim Haggi Neto, referentes ao Poder Executivo do Município de Cambará, exercício de 2006.</t>
   </si>
   <si>
     <t>6001</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6001/pdl_10_vulto_emerito.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6001/pdl_10_vulto_emerito.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Vulto Emérito a Ademir de Barros, nacionalmente conhecido como Paraná.</t>
   </si>
   <si>
     <t>6085</t>
   </si>
   <si>
     <t>João Mattar, Geraldinho PHN, Junior Olivato, Karen Dadona, Márcio Albertini, Raffaello Frascati, Rogérinho do Karatê, Tetinha, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6085/proposta_de_decreto_legislativo_11_2021_mocao_de_merito_esportivo_amauri.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6085/proposta_de_decreto_legislativo_11_2021_mocao_de_merito_esportivo_amauri.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Mérito Esportivo ao senhor Amauri Antunes.</t>
   </si>
   <si>
     <t>5298</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5298/01_-_2021_-_suspende_dispositivo_da_lc_95-2019.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5298/01_-_2021_-_suspende_dispositivo_da_lc_95-2019.pdf</t>
   </si>
   <si>
     <t>Suspende a aplicação do §5º do Art. 13 da Lei Complementar nº 95, de 13 de novembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>5299</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5299/02_-_2021_-revisao_geral_anual.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5299/02_-_2021_-revisao_geral_anual.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL A TODOS OS SERVIDORES ATIVOS, INATIVOS E OCUPANTES DE CARGOS DE PROVIMENTO EM COMISSÃO DO PODER EXECUTIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5303</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5303/03-2021__autoriza_o_refis_cambara_2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5303/03-2021__autoriza_o_refis_cambara_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO DE CRÉDITOS MUNICIPAIS – REFIS CAMBARÁ 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5304</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5304/04-2021_-_piso_acs_e_ace_-_2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5304/04-2021_-_piso_acs_e_ace_-_2021.pdf</t>
   </si>
   <si>
     <t>Fixa o piso de vencimentos dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias, nos termos da Lei Federal nº 11.350 de 05 de outubro de 2006.</t>
   </si>
   <si>
     <t>5362</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5362/05_-_contratacao_temporaria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5362/05_-_contratacao_temporaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal por tempo determinado, para atender a necessidade temporária de excepcional interesse público, nos órgãos da Administração Direta e Autárquica do Poder Executivo, conforme especifica.</t>
   </si>
   <si>
     <t>5407</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5407/01_oficio_no._36_2021_-_encaminhamento_plce_06_2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5407/01_oficio_no._36_2021_-_encaminhamento_plce_06_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXTINÇÃO DE CARGOS DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, CONSTANTES NA LEI COMPLEMENTAR Nº 46, DE 05 DE NOVEMBRO DE 2014, E SUAS ALTERAÇÕES, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>5410</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5410/01_oficio_no._50_2021_-_encaminhamento_plc_07_2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5410/01_oficio_no._50_2021_-_encaminhamento_plc_07_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI COMPLEMENTAR Nº 105, DE 09 DE FEVEREIRO DE 2021 QUE INSTITUIU O PROGRAMA DE RECUPERAÇÃO DE CRÉDITOS MUNICIPAIS – REFIS - CAMBARÁ 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5782</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5782/plc_08.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5782/plc_08.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a doar ao Estado do Paraná, os imóveis que especifica, para uso, exclusivamente como estabelecimento de ensino."</t>
   </si>
   <si>
     <t>5893</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5893/09_-_anteprojeto_lei_de_uso_e_ocupacao_do_solo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5893/09_-_anteprojeto_lei_de_uso_e_ocupacao_do_solo.pdf</t>
   </si>
   <si>
     <t>Institui novos parâmetros de Uso e Ocupação do Solo Urbano do município de Cambará, revoga a Lei nº 19 de 20 de outubro de 2009, a Lei nº 39 de 19 de setembro de 2013, a Lei nº 85 de 13 de junho de 2018, a Lei nº 86 de 13 de julho de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>5894</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5894/10_-_anteprojeto_lei_do_sistema_viario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5894/10_-_anteprojeto_lei_do_sistema_viario.pdf</t>
   </si>
   <si>
     <t>Institui o novo Sistema Viário do município de Cambará, revoga a Lei nº 1.425, de 20 de outubro de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>5895</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5895/11_-_anteprojeto_lei_do_perimetro_urbano_assinado.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5895/11_-_anteprojeto_lei_do_perimetro_urbano_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o novo Perímetro Urbano do município de Cambará, revoga a Lei nº 1.424, de 20 de outubro de 2009, a Lei nº 1.641 de 24 de maio de 2016, a Lei nº 1.658 de 24 de dezembro de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>5896</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5896/12_-_anteprojeto_lei_do_parcelamento_do_solo_assinado.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5896/12_-_anteprojeto_lei_do_parcelamento_do_solo_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o novo Parcelamento do Solo do município de Cambará, revoga a Lei nº 20 de 20 de outubro de 2009 e dá outras providências</t>
   </si>
   <si>
     <t>5897</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5897/13_-_projeto_de_lei_-_codigo_de_posturas_assinado.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5897/13_-_projeto_de_lei_-_codigo_de_posturas_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o novo Código de Posturas do município de Cambará, revoga a Lei nº 21, de 20 de outubro de 2009 e dá outras providências</t>
   </si>
   <si>
     <t>5898</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5898/14_-_anteprojeto_lei_do_codigo_de_obras_assinado.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5898/14_-_anteprojeto_lei_do_codigo_de_obras_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o novo Código de Obras do município de Cambará, revoga a Lei nº 22, de 20 de outubro de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>5899</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5899/15_-_anteprojeto_lei_do_plano_diretor_assinado.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5899/15_-_anteprojeto_lei_do_plano_diretor_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a Revisão do Plano Diretor do município de Cambará, revoga a Lei nº 18 de 20 de outubro de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>5987</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5987/16_-_suspende_reposicao_inflacionaria_2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5987/16_-_suspende_reposicao_inflacionaria_2021.pdf</t>
   </si>
   <si>
     <t>Suspende os efeitos financeiros da Lei Complementar Municipal nº 103, de 18 de janeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5988</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5988/17_-_altera_refis_2021_-_prorrogacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5988/17_-_altera_refis_2021_-_prorrogacao.pdf</t>
   </si>
   <si>
     <t>A DISPOSITIVO DA LEI COMPLEMENTAR Nº 105, DE 09 DE FEVEREIRO DE 2021 QUE INSTITUIU O PROGRAMA DE RECUPERAÇÃO DE CRÉDITOS MUNICIPAIS – REFIS - CAMBARÁ 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5989</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5989/18_-_revisado.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5989/18_-_revisado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE PREVIDÊNCIA COMPLEMENTAR NO ÂMBITO DO MUNICÍPIO DE CAMBARÁ; FIXA O LIMITE MÁXIMO PARA A CONCESSÃO DE APOSENTADORIAS E PENSÕES PELO REGIME DE PREVIDÊNCIA DE QUE TRATA O ART. 40 DA CONSTITUIÇÃO FEDERAL; AUTORIZA A ADESÃO A PLANO DE BENEFÍCIOS DE PREVIDÊNCIA COMPLEMENTAR; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5783</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5783/projeto_de_lei_complementar_no_001_2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5783/projeto_de_lei_complementar_no_001_2021.pdf</t>
   </si>
   <si>
     <t>Revoga-se o inciso III, dos Artigos 5º, 6º e 7º, da Lei Complementar nº 92, de 04 de junho de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>5297</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5297/01_-_2021_-_institui_o_diario_oficial_do_municipio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5297/01_-_2021_-_institui_o_diario_oficial_do_municipio.pdf</t>
   </si>
   <si>
     <t>Institui a Imprensa Oficial do Município de Cambará, Estado do Paraná, encarregado da publicidade dos atos do Poder Executivo, do Poder Legislativo, bem como de suas autarquias e fundações e dá outras providências.</t>
   </si>
   <si>
     <t>5300</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5300/02_-_projeto_de_lei__2021_-_ldo_-_saude_e_social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5300/02_-_projeto_de_lei__2021_-_ldo_-_saude_e_social.pdf</t>
   </si>
   <si>
     <t>Altera e inclui as ações no Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.823 de 14/07/2020 que trata das diretrizes orçamentárias para o Exercício de 2021.</t>
   </si>
   <si>
     <t>5301</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5301/03_-_projeto_de_lei__2021_-_ppa_-_saude_e_social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5301/03_-_projeto_de_lei__2021_-_ppa_-_saude_e_social.pdf</t>
   </si>
   <si>
     <t>Altera as ações no Exercício/2021   ao Anexo da Lei Municipal nº 1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5302</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5302/04_-_projeto_de_lei_2021_-_loa_-_saude_e_social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5302/04_-_projeto_de_lei_2021_-_loa_-_saude_e_social.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 424.387,73 (quatrocentos e vinte e quatro mil trezentos e oitenta e sete reais e setenta e três centavos).</t>
   </si>
   <si>
     <t>5305</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5305/05_-_loa_-_social_-varias_fontes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5305/05_-_loa_-_social_-varias_fontes.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 543.454,41 (quinhentos e quarenta e três mil quatrocentos e cinqüenta e quatro reais e quarenta e um centavos).</t>
   </si>
   <si>
     <t>5306</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5306/06_-_ppa_-_social_-_varias_fontes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5306/06_-_ppa_-_social_-_varias_fontes.pdf</t>
   </si>
   <si>
     <t>5307</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5307/07_-_ldo_-_social-_varias_fontes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5307/07_-_ldo_-_social-_varias_fontes.pdf</t>
   </si>
   <si>
     <t>5363</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5363/08_-_ldo_-_obras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5363/08_-_ldo_-_obras.pdf</t>
   </si>
   <si>
     <t>5364</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5364/09_-_ppa_-_obras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5364/09_-_ppa_-_obras.pdf</t>
   </si>
   <si>
     <t>5365</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5365/10_-_projeto_de_lei_loa_-_obras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5365/10_-_projeto_de_lei_loa_-_obras.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 201.204,31 (duzentos e um mil duzentos e quatro reais e trinta e um centavos).</t>
   </si>
   <si>
     <t>5366</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 471.052,30 (quatrocentos e setenta e um mil e cinqüenta e dois reais e trinta centavos).</t>
   </si>
   <si>
     <t>5400</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5400/12_-_ldo_-_social_troca_de_dotacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5400/12_-_ldo_-_social_troca_de_dotacao.pdf</t>
   </si>
   <si>
     <t>5401</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5401/13_-_ppa_-_social_troca_de_dotacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5401/13_-_ppa_-_social_troca_de_dotacao.pdf</t>
   </si>
   <si>
     <t>5402</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5402/14_-_loa_-equipamentos_social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5402/14_-_loa_-equipamentos_social.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 29.411,00 (vinte e nove mil quatrocentos e onze reais)</t>
   </si>
   <si>
     <t>5403</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5403/15_-__loa_-_social_troca_de_dotacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5403/15_-__loa_-_social_troca_de_dotacao.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 84.673,65 (oitenta e quatro mil seiscentos e setenta e três reais e sessenta e cinco centavos).</t>
   </si>
   <si>
     <t>5404</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5404/16_-_ldo_-_motoniveladora.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5404/16_-_ldo_-_motoniveladora.pdf</t>
   </si>
   <si>
     <t>Altera a ação no Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.823 de 14/07/2020 que trata das diretrizes orçamentárias para o Exercício de 2021.</t>
   </si>
   <si>
     <t>5405</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5405/17_-_ppa_-_motoniveladora.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5405/17_-_ppa_-_motoniveladora.pdf</t>
   </si>
   <si>
     <t>Altera a ação no Exercício/2021   ao Anexo da Lei Municipal nº 1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5406</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5406/18_-__loa_-_motoniveladora.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5406/18_-__loa_-_motoniveladora.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 502.984,50 (quinhentos e dois mil novecentos e oitenta e quatro reais e cinqüenta centavos)</t>
   </si>
   <si>
     <t>5408</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5408/19_-_conectar_-_vacinas_fnp.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5408/19_-_conectar_-_vacinas_fnp.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
     <t>5409</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5409/20-2021_-_conselho_fundeb.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5409/20-2021_-_conselho_fundeb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a readequação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e Valorização dos Profissionais da Educação – Conselho do FUNDEB, nos termos da Lei Federal nº 14.113, de 25 de dezembro de 2020.</t>
   </si>
   <si>
     <t>5412</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5412/pl_21_-_altera_as_acoes_no_exercicio2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5412/pl_21_-_altera_as_acoes_no_exercicio2021.pdf</t>
   </si>
   <si>
     <t>5413</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5413/pl_22_-_altera_e_inclui_as_acoes_no_anexo_de_metas_anuais_.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5413/pl_22_-_altera_e_inclui_as_acoes_no_anexo_de_metas_anuais_.pdf</t>
   </si>
   <si>
     <t>5414</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5414/pl_23_-_autoriza_credito_adicional_suplementar_na_importancia_de_ate_52.70746_.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5414/pl_23_-_autoriza_credito_adicional_suplementar_na_importancia_de_ate_52.70746_.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 52.707,46 (cinqüenta e dois mil setecentos e sete reais e quarenta e seis centavos)</t>
   </si>
   <si>
     <t>5416</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5416/pl_24_2021_-_altera_dispositivos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5416/pl_24_2021_-_altera_dispositivos.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei nº 1.594 de 23 de dezembro de 2014, que dispõe sobre a regulamentação dos beneficios eventuais da Assitencia Social no ambito do Municipio de Cambará, considerando a Lei Federal nº 8.742/93 de 07 de dezembro de 1993 e suas alterações.</t>
   </si>
   <si>
     <t>5417</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5417/pl_25_2021_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5417/pl_25_2021_-_loa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentaria para o Exercicio de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>5419</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5419/pl_26_-_altera_as_acoes_no_exercicio-2021___ao_anexo_da_lei_municipal_no_1.687.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5419/pl_26_-_altera_as_acoes_no_exercicio-2021___ao_anexo_da_lei_municipal_no_1.687.pdf</t>
   </si>
   <si>
     <t>5420</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5420/pl_27_-_altera_e_inclui_as_acoes_no_anexo_de_metas_anuais__despesa_da_lei_municipal_no_1.823.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5420/pl_27_-_altera_e_inclui_as_acoes_no_anexo_de_metas_anuais__despesa_da_lei_municipal_no_1.823.pdf</t>
   </si>
   <si>
     <t>5421</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5421/pl_28_-_autoriza_credito_adicional_suplementar_na_importancia_de_ate_45.59356.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5421/pl_28_-_autoriza_credito_adicional_suplementar_na_importancia_de_ate_45.59356.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 45.593,56 (Quarenta e cinco  mil quinhentos e noventa e três reais e cinquenta e seis centavos)</t>
   </si>
   <si>
     <t>5422</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5422/pl_29_-_ppa_-_social_troca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5422/pl_29_-_ppa_-_social_troca.pdf</t>
   </si>
   <si>
     <t>5423</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5423/pl_30_-_ldo_-__social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5423/pl_30_-_ldo_-__social.pdf</t>
   </si>
   <si>
     <t>5424</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5424/pl_31_loa-_social_-troca_de_dotacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5424/pl_31_loa-_social_-troca_de_dotacao.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 10.000,00 (dez mil reais)</t>
   </si>
   <si>
     <t>5425</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5425/pl_32_-_altera_as_acoes_no_exercicio_2021___ao_anexo_da_lei_municipal_no_1.687-17.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5425/pl_32_-_altera_as_acoes_no_exercicio_2021___ao_anexo_da_lei_municipal_no_1.687-17.pdf</t>
   </si>
   <si>
     <t>5426</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5426/pl_33_-_altera_as_acoes_no_anexo_de_metas_anuais__despesa_da_lei_municipal_no_1.823.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5426/pl_33_-_altera_as_acoes_no_anexo_de_metas_anuais__despesa_da_lei_municipal_no_1.823.pdf</t>
   </si>
   <si>
     <t>Altera  as ações no Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.823 de 14/07/2020 que trata das diretrizes orçamentárias para o Exercício de 2021.</t>
   </si>
   <si>
     <t>5427</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5427/pl_34_-_autoriza_credito_especial_na_importancia_de_ate_64.30000.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5427/pl_34_-_autoriza_credito_especial_na_importancia_de_ate_64.30000.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 64.300,00 (sessenta e quatro mil trezentos reais).</t>
   </si>
   <si>
     <t>5504</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5504/projeto_de_lei_no35_2021_camara_municipal_regime_de_urgencia_.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5504/projeto_de_lei_no35_2021_camara_municipal_regime_de_urgencia_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de dispositivo das Leis nº 1.191, de 17 de outubro de 2001, nº 1.303, de 01 de novembro de 2005 e 1.316, de 21 de julho de 2006, bem como sobre o acréscimo de 5% (cinco porcento) ao percentual máximo para a contratação de operações de credito com desconto automático em folha de pagamento até 31 de dezembro de 2021.</t>
   </si>
   <si>
     <t>5506</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5506/pl_36__-_ppa_-_saude_-_equipamentos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5506/pl_36__-_ppa_-_saude_-_equipamentos.pdf</t>
   </si>
   <si>
     <t>Altera a ação no Exercício/2021 ao Anexo da Lei Municipal nº 1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5507</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5507/pl_37_-_ldo-_saude_-_equipamentos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5507/pl_37_-_ldo-_saude_-_equipamentos.pdf</t>
   </si>
   <si>
     <t>5508</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5508/pl_38_-_saude_-equipamentos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5508/pl_38_-_saude_-equipamentos.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 106.688,56 (cento e seis mil seiscentos e oitenta e oito reais e cinquenta e seis centavos).</t>
   </si>
   <si>
     <t>5509</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5509/pl_39__-_ppa_-_saude_-_obras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5509/pl_39__-_ppa_-_saude_-_obras.pdf</t>
   </si>
   <si>
     <t>5510</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5510/pl_40__-_ldo-_saude_-_obras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5510/pl_40__-_ldo-_saude_-_obras.pdf</t>
   </si>
   <si>
     <t>5511</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5511/pl_41_-saude_-_obras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5511/pl_41_-saude_-_obras.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 121.398,95 (cento e vinte e um mil trezentos e noventa e oito reais e noventa e cinco centavos)</t>
   </si>
   <si>
     <t>5512</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5512/pl_42_-_encaminhamento_ple_36_2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5512/pl_42_-_encaminhamento_ple_36_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a gratificação por Desempenho no alcance dos Indicadores por Equipe de Atenção Primária, através do Programa Previne Brasil na Qualificação da Atenção Primária à Saúde para profissionais das Equipes de Atenção Primária (Equipe de Saúde da Família e Equipe de Atenção Primária) no âmbito do Município de CAMBARÁ e dá outras providências.</t>
   </si>
   <si>
     <t>5513</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5513/pl_43_-_ppa_-__social_-_fundo_crianca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5513/pl_43_-_ppa_-__social_-_fundo_crianca.pdf</t>
   </si>
   <si>
     <t>Altera a ação no Exercício/2021 ao Anexo da Lei Municipal nº1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5514</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5514/pl_44_-_ldo_-__social_-_fundo_crianca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5514/pl_44_-_ldo_-__social_-_fundo_crianca.pdf</t>
   </si>
   <si>
     <t>Altera as ações no Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.823 de 14/07/2020 que trata das diretrizes orçamentárias para o Exercício de 2021.</t>
   </si>
   <si>
     <t>5515</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5515/pl_45-_loa_-social_-fundo_da_crianca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5515/pl_45-_loa_-social_-fundo_da_crianca.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 223.112,31 (duzentos e vinte e três mil cento e doze reais e trinta e um centavos)</t>
   </si>
   <si>
     <t>5535</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5535/pl_46__-_ldo_-_adm_e_outos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5535/pl_46__-_ldo_-_adm_e_outos.pdf</t>
   </si>
   <si>
     <t>5536</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5536/pl_47__-_ppa_-_adm_e_outos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5536/pl_47__-_ppa_-_adm_e_outos.pdf</t>
   </si>
   <si>
     <t>Altera  a ação no Exercício/2021   ao Anexo da Lei Municipal nº 1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5537</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5537/pl_48_-adm_e_outros.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5537/pl_48_-adm_e_outros.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 593.000,00 (Quinhentos  e  noventa e três mil reais)</t>
   </si>
   <si>
     <t>5538</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5538/pl_49_-2021_-adm_equipamentos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5538/pl_49_-2021_-adm_equipamentos.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 40.000,00 (quarenta mil reais).</t>
   </si>
   <si>
     <t>5706</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5706/pl_50__-_ppa_-_educacao_equipamentos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5706/pl_50__-_ppa_-_educacao_equipamentos.pdf</t>
   </si>
   <si>
     <t>5707</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5707/pl_51__-_ldo_-_educacao_equipamentos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5707/pl_51__-_ldo_-_educacao_equipamentos.pdf</t>
   </si>
   <si>
     <t>5708</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5708/pl_52_-_educacao_equipamentos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5708/pl_52_-_educacao_equipamentos.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na _x000D_
 importância de até 453.000,00 (quatrocentos e cinqüenta e _x000D_
 três mil reais)</t>
   </si>
   <si>
     <t>5709</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5709/pl_53_-_lei_abertura_de_credito_adicional.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5709/pl_53_-_lei_abertura_de_credito_adicional.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE CAMBARÁ -PR, PARA O EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>5710</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5710/pl_54__-_autoriza_operacao_de_credito_-_5_milhoes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5710/pl_54__-_autoriza_operacao_de_credito_-_5_milhoes.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A</t>
   </si>
   <si>
     <t>5711</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5711/pl_55__-_ldo_-_operacao_de_credito.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5711/pl_55__-_ldo_-_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>Altera  as ações no Exercício/2021   ao Anexo da Lei Municipal nº 1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5712</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5712/pl_56__projeto_de_lei__-_ldo_-_operacao_de_credito.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5712/pl_56__projeto_de_lei__-_ldo_-_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>5715</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5715/57_-.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5715/57_-.pdf</t>
   </si>
   <si>
     <t>5716</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5716/58_-_projeto_de_lei__2021_-_ldo_-__social_-_equipamentos_2.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5716/58_-_projeto_de_lei__2021_-_ldo_-__social_-_equipamentos_2.pdf</t>
   </si>
   <si>
     <t>Altera  a ação no Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.823 de 14/07/2020 que trata das diretrizes orçamentárias para o Exercício de 2021.</t>
   </si>
   <si>
     <t>5717</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5717/59_-_projeto_de_lei_loa_-_social_equipamentos_2.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5717/59_-_projeto_de_lei_loa_-_social_equipamentos_2.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 21.212,31 (vinte e um mil duzentos e doze reais e trinta e um centavos)</t>
   </si>
   <si>
     <t>5718</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5718/60_-_projeto_de_lei__-_ppa_-_salarios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5718/60_-_projeto_de_lei__-_ppa_-_salarios.pdf</t>
   </si>
   <si>
     <t>5719</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5719/61_-_projeto_de_lei__-_ldo_-_salarios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5719/61_-_projeto_de_lei__-_ldo_-_salarios.pdf</t>
   </si>
   <si>
     <t>5720</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5720/62_-_projeto_de_lei_loa_-salarios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5720/62_-_projeto_de_lei_loa_-salarios.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 2.285.500,00 (dois milhões duzentos e oitenta e cinco mil quinhentos reais)</t>
   </si>
   <si>
     <t>5721</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5721/pl_63__-_ppa_-_saude_e_social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5721/pl_63__-_ppa_-_saude_e_social.pdf</t>
   </si>
   <si>
     <t>5722</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5722/pl_64__-_ldo_-_saude_e_social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5722/pl_64__-_ldo_-_saude_e_social.pdf</t>
   </si>
   <si>
     <t>5723</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5723/pl_65_-_social_e_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5723/pl_65_-_social_e_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 495.000,00 (quatrocentos e noventa e cinco mil reais)</t>
   </si>
   <si>
     <t>5773</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5773/pl_66-_ldo_-_saude_e_infra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5773/pl_66-_ldo_-_saude_e_infra.pdf</t>
   </si>
   <si>
     <t>5774</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5774/pl_67__-_ppa_-_saude_e_infra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5774/pl_67__-_ppa_-_saude_e_infra.pdf</t>
   </si>
   <si>
     <t>5775</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5775/pl_68__loa_-__saude_e_infra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5775/pl_68__loa_-__saude_e_infra.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 980.161,00 (novecentos e oitenta mil cento e sessenta e um reais)</t>
   </si>
   <si>
     <t>5776</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5776/pl_69_-2021_-_deficit_atuarial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5776/pl_69_-2021_-_deficit_atuarial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de amortização do déficit técnico atuarial para obtenção do equilíbrio financeiro e atuarial que o Município tem em face do RPPS do Município de Cambará/PR.</t>
   </si>
   <si>
     <t>5777</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5777/pl_70_2021_-_encaminhamento_ploe_xx_2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5777/pl_70_2021_-_encaminhamento_ploe_xx_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza conforme especifica, o Chefe do Poder Executivo a ceder ao Estado do Paraná, a título precário e gratuito, parte do prédio público onde funciona a Escola Municipal Caetano Vezozzo, para uso em dualidade administrativa com o Colégio Estadual Angelina Ricci Vezozzo, e dá outras providências.</t>
   </si>
   <si>
     <t>5779</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5779/pl_72_-_ppa_-_saude_e_educacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5779/pl_72_-_ppa_-_saude_e_educacao.pdf</t>
   </si>
   <si>
     <t>5780</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5780/pl_73__-_ldo_-_saude_e_educacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5780/pl_73__-_ldo_-_saude_e_educacao.pdf</t>
   </si>
   <si>
     <t>5781</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5781/pl_74_-_loa_-__saude_educacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5781/pl_74_-_loa_-__saude_educacao.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 500.000,00 (quinhentos mil reais)</t>
   </si>
   <si>
     <t>5821</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5821/75_-_projeto_de_lei__-_ppa_-_saude_excesso_327.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5821/75_-_projeto_de_lei__-_ppa_-_saude_excesso_327.pdf</t>
   </si>
   <si>
     <t>5822</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5822/76_-_projeto_de_lei__-_ldo_-_saude_excesso_327.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5822/76_-_projeto_de_lei__-_ldo_-_saude_excesso_327.pdf</t>
   </si>
   <si>
     <t>5823</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5823/77_-_projeto_de_lei_-_loa_-_saude_excesso_327.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5823/77_-_projeto_de_lei_-_loa_-_saude_excesso_327.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 700.000,00 (setecentos mil reais)</t>
   </si>
   <si>
     <t>5824</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5824/78_-_projeto_de_lei__2021_-_ppa_-__social_-_fonte_902.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5824/78_-_projeto_de_lei__2021_-_ppa_-__social_-_fonte_902.pdf</t>
   </si>
   <si>
     <t>5825</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5825/79_-_projeto_de_lei__-_ldo_-_fonte_902_-social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5825/79_-_projeto_de_lei__-_ldo_-_fonte_902_-social.pdf</t>
   </si>
   <si>
     <t>5826</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5826/80_-_projeto_de_lei_-_loa_-_social_fonte_902.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5826/80_-_projeto_de_lei_-_loa_-_social_fonte_902.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 13.400,00 (treze mil quatrocentos reais)</t>
   </si>
   <si>
     <t>5827</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5827/81_-_projeto_de_lei__2021_-_ppa_-__social_-_social_6032.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5827/81_-_projeto_de_lei__2021_-_ppa_-__social_-_social_6032.pdf</t>
   </si>
   <si>
     <t>5828</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5828/82-_projeto_de_lei__2021_-_ldo_-__social_-_social_6032.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5828/82-_projeto_de_lei__2021_-_ldo_-__social_-_social_6032.pdf</t>
   </si>
   <si>
     <t>5829</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5829/83_-_projeto_de_lei_loa_-_social_-_projeto_6032.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5829/83_-_projeto_de_lei_loa_-_social_-_projeto_6032.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 50.000,00 (cinqüenta mil reais)</t>
   </si>
   <si>
     <t>5830</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5830/84_-_projeto_de_lei__-_ppa_-_saude_repasse.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5830/84_-_projeto_de_lei__-_ppa_-_saude_repasse.pdf</t>
   </si>
   <si>
     <t>5831</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5831/85_-_projeto_de_lei__-_ldo_-_saude__repasse.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5831/85_-_projeto_de_lei__-_ldo_-_saude__repasse.pdf</t>
   </si>
   <si>
     <t>5832</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5832/86_-_projeto_de_lei_loa_-saude__repasse.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5832/86_-_projeto_de_lei_loa_-saude__repasse.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 359.000,00 (trezentos e cinqüenta e nove mil reais)</t>
   </si>
   <si>
     <t>5833</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5833/87_-_projeto_de_lei__2021_-_ppa_-_saude_anulacao_845.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5833/87_-_projeto_de_lei__2021_-_ppa_-_saude_anulacao_845.pdf</t>
   </si>
   <si>
     <t>5834</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5834/88_-_projeto_de_lei__2021_-_ldo_-_saude_anulacao_845.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5834/88_-_projeto_de_lei__2021_-_ldo_-_saude_anulacao_845.pdf</t>
   </si>
   <si>
     <t>5835</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5835/89_-projeto_de_lei_2021_-_loa_-_saude_anulacao_845.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5835/89_-projeto_de_lei_2021_-_loa_-_saude_anulacao_845.pdf</t>
   </si>
   <si>
     <t>5836</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5836/90_-_projeto_de_lei_2021_-_ppa_-_educacao_excesso_fonte_102.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5836/90_-_projeto_de_lei_2021_-_ppa_-_educacao_excesso_fonte_102.pdf</t>
   </si>
   <si>
     <t>5837</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5837/91_-_projeto_de_lei_2021_-_ldo_-_educacao_excesso_fonte_102.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5837/91_-_projeto_de_lei_2021_-_ldo_-_educacao_excesso_fonte_102.pdf</t>
   </si>
   <si>
     <t>5838</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5838/92_-_projeto_de_lei_2021-_loa_-_educacao_excesso_fonte_102.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5838/92_-_projeto_de_lei_2021-_loa_-_educacao_excesso_fonte_102.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 300.000,00 (trezentos mil reais)</t>
   </si>
   <si>
     <t>5839</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5839/93_-_projeto_de_lei__2021_-_ppa_-_saude_fonte_325.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5839/93_-_projeto_de_lei__2021_-_ppa_-_saude_fonte_325.pdf</t>
   </si>
   <si>
     <t>5840</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5840/94_-_projeto_de_lei__2021_-_ldo_-_saude_fonte_325.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5840/94_-_projeto_de_lei__2021_-_ldo_-_saude_fonte_325.pdf</t>
   </si>
   <si>
     <t>5841</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5841/95_-_projeto_de_lei_2021__-_loa_-_saude_fonte_325.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5841/95_-_projeto_de_lei_2021__-_loa_-_saude_fonte_325.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 124.703,25 (cento e vinte e quatro mil setecentos e três reais e vinte e cinco centavos)</t>
   </si>
   <si>
     <t>5842</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5842/96_-_projeto_de_lei__2021_-_ppa_-_saude_superaviti_845.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5842/96_-_projeto_de_lei__2021_-_ppa_-_saude_superaviti_845.pdf</t>
   </si>
   <si>
     <t>Altera as ações no Exercício/2021 ao Anexo da Lei Municipal nº 1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5843</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5843/97-_projeto_de_lei__2021_-_ldo_-_saude_superaviti_845.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5843/97-_projeto_de_lei__2021_-_ldo_-_saude_superaviti_845.pdf</t>
   </si>
   <si>
     <t>5844</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5844/98_-_projeto_de_lei_2021__-_loa_-_saude_superaviti_845.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5844/98_-_projeto_de_lei_2021__-_loa_-_saude_superaviti_845.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 29.094,51 (vinte e nove mil e noventa e quatro reais e cinqüenta e um centavos)</t>
   </si>
   <si>
     <t>5845</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5845/99_-_projeto_de_lei__-_ppa_-_excesso_salarios_2.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5845/99_-_projeto_de_lei__-_ppa_-_excesso_salarios_2.pdf</t>
   </si>
   <si>
     <t>5846</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5846/100_-_projeto_de_lei__-_ldo_-_excesso_salarios_2.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5846/100_-_projeto_de_lei__-_ldo_-_excesso_salarios_2.pdf</t>
   </si>
   <si>
     <t>5847</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5847/101_-_projeto_de_lei_-_loa_-_excesso_salarios_2.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5847/101_-_projeto_de_lei_-_loa_-_excesso_salarios_2.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 2.258.500,00 (dois milhões duzentos e cinqüenta e oito mil quinhentos reais)</t>
   </si>
   <si>
     <t>5867</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5867/102_-_loa_2022.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5867/102_-_loa_2022.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>5868</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5868/103_-_ppa_2022-2025.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5868/103_-_ppa_2022-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual do Município de Cambará, para o quadriênio compreendido de 2022 a 2025.</t>
   </si>
   <si>
     <t>5869</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5869/104_-_altera_ldo_2020.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5869/104_-_altera_ldo_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS ANEXOS DA LEI Nº 1.922 DE 19 DE JULHO DE 2021, A LEI QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2022 - LDO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5870</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5870/105_-_projeto_de_lei__-_ppa_-_anulacao_507.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5870/105_-_projeto_de_lei__-_ppa_-_anulacao_507.pdf</t>
   </si>
   <si>
     <t>5871</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5871/106_-_projeto_de_lei_-_ldo-__anulacao_507.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5871/106_-_projeto_de_lei_-_ldo-__anulacao_507.pdf</t>
   </si>
   <si>
     <t>Altera  a ação no Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.823 de 14/07/2020 que trata das diretrizes orçamentárias para o Exercício de 2021</t>
   </si>
   <si>
     <t>5872</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5872/107_-_projeto_de_lei__-_loa_-_anulacao_507.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5872/107_-_projeto_de_lei__-_loa_-_anulacao_507.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 198.000,00 (cento e noventa e oito mil reais)</t>
   </si>
   <si>
     <t>5873</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5873/108_-_projeto_de_lei__-_ppa_-_excesso_507.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5873/108_-_projeto_de_lei__-_ppa_-_excesso_507.pdf</t>
   </si>
   <si>
     <t>5874</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5874/109_-_projeto_de_lei_-_ldo-__excesso_507.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5874/109_-_projeto_de_lei_-_ldo-__excesso_507.pdf</t>
   </si>
   <si>
     <t>5875</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5875/110.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5875/110.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 407.827,68 (quatrocentos e sete mil oitocentos e vinte e sete reais e sessenta e oito centavos)</t>
   </si>
   <si>
     <t>5892</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5892/oficio_226-2021_-_pl_-_fundo_garantidor.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5892/oficio_226-2021_-_pl_-_fundo_garantidor.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a alocar recursos em conta corrente específica, a título de garantia de financiamentos concedidos por instituições financeiras, em convênio com a Sociedade de Garantia de Crédito do Norte do Paraná – GARANTINORTE.</t>
   </si>
   <si>
     <t>5917</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5917/112_-_projeto_de_lei__2021_-_ppa_-_excesso_hospital.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5917/112_-_projeto_de_lei__2021_-_ppa_-_excesso_hospital.pdf</t>
   </si>
   <si>
     <t>5918</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5918/113_-_projeto_de_lei_-_ldo-__excesso_hospital.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5918/113_-_projeto_de_lei_-_ldo-__excesso_hospital.pdf</t>
   </si>
   <si>
     <t>5919</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5919/114_-_projeto_de_lei_-_loa__-_excesso_hospital.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5919/114_-_projeto_de_lei_-_loa__-_excesso_hospital.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 313.690,33 (trezentos e treze mil seiscentos e noventa reais e trinta e três centavos)</t>
   </si>
   <si>
     <t>5920</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5920/115_-_projeto_de_lei__-_ppa_-_excesso_855_aldir_blanc.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5920/115_-_projeto_de_lei__-_ppa_-_excesso_855_aldir_blanc.pdf</t>
   </si>
   <si>
     <t>5921</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5921/116_-_projeto_de_lei_-_ldo-__excesso_855_aldir_blanc.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5921/116_-_projeto_de_lei_-_ldo-__excesso_855_aldir_blanc.pdf</t>
   </si>
   <si>
     <t>5922</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5922/117_-_projeto_de_lei_-_loa_-_excesso_855_aldir_blanc.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5922/117_-_projeto_de_lei_-_loa_-_excesso_855_aldir_blanc.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional especial na importância de até 156.365,03 (cento e cinqüenta e seis mil trezentos e sessenta e cinco reais e três centavos)</t>
   </si>
   <si>
     <t>5923</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5923/118_-_altera_lei_previne_brasil.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5923/118_-_altera_lei_previne_brasil.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 1.908 de 23 de junho de 2021 e adota outras providências."</t>
   </si>
   <si>
     <t>5924</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5924/119_-_altera_lei_da_diaria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5924/119_-_altera_lei_da_diaria.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1.478, de 30 de setembro de 2011 e adota outras providências."</t>
   </si>
   <si>
     <t>5925</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5925/120__-_ppa_-_excesso_1000.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5925/120__-_ppa_-_excesso_1000.pdf</t>
   </si>
   <si>
     <t>5926</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5926/121_-_ldo-__excesso_1000.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5926/121_-_ldo-__excesso_1000.pdf</t>
   </si>
   <si>
     <t>5927</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5927/122__-_loa_-_excesso_1000.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5927/122__-_loa_-_excesso_1000.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 109.000,00 (cento e nove mil reais).</t>
   </si>
   <si>
     <t>5928</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5928/123_-_ppa_-_especial_excesso_327.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5928/123_-_ppa_-_especial_excesso_327.pdf</t>
   </si>
   <si>
     <t>5929</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5929/124_-_ldo-__especial_excesso__327.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5929/124_-_ldo-__especial_excesso__327.pdf</t>
   </si>
   <si>
     <t>5930</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5930/125_-_loa_-_especial_excesso_327.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5930/125_-_loa_-_especial_excesso_327.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 150.000,00 (cento e cinqüenta mil reais).</t>
   </si>
   <si>
     <t>5976</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5976/126_-_projeto_de_lei__-_ppa_-_medico_327.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5976/126_-_projeto_de_lei__-_ppa_-_medico_327.pdf</t>
   </si>
   <si>
     <t>5977</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5977/127_-_projeto_de_lei_-_ldo-__medico_327.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5977/127_-_projeto_de_lei_-_ldo-__medico_327.pdf</t>
   </si>
   <si>
     <t>5978</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5978/128_-_projeto_de_lei_loa_-_medico_327.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5978/128_-_projeto_de_lei_loa_-_medico_327.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 400.000,00 (quatrocentos mil reais)</t>
   </si>
   <si>
     <t>5979</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5979/129_-_projeto_de_lei_2021_-_ppa_-_escola_lorenzette.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5979/129_-_projeto_de_lei_2021_-_ppa_-_escola_lorenzette.pdf</t>
   </si>
   <si>
     <t>5980</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5980/130_-_projeto_de_lei__-_ldo_-__escola_lorenzette.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5980/130_-_projeto_de_lei__-_ldo_-__escola_lorenzette.pdf</t>
   </si>
   <si>
     <t>5981</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5981/131_-_projeto_de_lei_loa_-_escola_lorenzette.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5981/131_-_projeto_de_lei_loa_-_escola_lorenzette.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 350.000,00 (trezentos e cinqüenta mil reais)</t>
   </si>
   <si>
     <t>5982</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5982/132_-_projeto_de_lei__-_ppa_-_excesso_salarios_outubro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5982/132_-_projeto_de_lei__-_ppa_-_excesso_salarios_outubro.pdf</t>
   </si>
   <si>
     <t>5983</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5983/133_-_projeto_de_lei__-_ldo_-_excesso_salarios_outubro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5983/133_-_projeto_de_lei__-_ldo_-_excesso_salarios_outubro.pdf</t>
   </si>
   <si>
     <t>5984</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5984/134_-_projeto_de_lei_loa_salrios_-_outubro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5984/134_-_projeto_de_lei_loa_salrios_-_outubro.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 4.184.950,00 (quatro milhões cento e oitenta e quatro mil novecentos e cinqüenta reais)</t>
   </si>
   <si>
     <t>5991</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5991/135_-_ppa_-_saude_-_anulacao_31500.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5991/135_-_ppa_-_saude_-_anulacao_31500.pdf</t>
   </si>
   <si>
     <t>5992</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5992/136__-_ldo-_saude_-_anulacao_31500.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5992/136__-_ldo-_saude_-_anulacao_31500.pdf</t>
   </si>
   <si>
     <t>5993</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5993/137_-__loa_fonte_31500_anulacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5993/137_-__loa_fonte_31500_anulacao.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 107.398,95 (cento e sete mil trezentos e noventa e oito reais e noventa e cinco centavos)</t>
   </si>
   <si>
     <t>5994</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5994/138__-_ppa_-_equipamento_saude_e_obras_infra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5994/138__-_ppa_-_equipamento_saude_e_obras_infra.pdf</t>
   </si>
   <si>
     <t>5995</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5995/139__-_ldo-_equipamento_saude_e_obras_infra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5995/139__-_ldo-_equipamento_saude_e_obras_infra.pdf</t>
   </si>
   <si>
     <t>5996</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5996/140_-_loa_-_equipamento_saude_e_obras_infra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5996/140_-_loa_-_equipamento_saude_e_obras_infra.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 683.456,00 (seiscentos e oitenta e três mil quatrocentos e cinqüenta e seis reais).</t>
   </si>
   <si>
     <t>5997</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5997/141__-_ppa_-_excesso_saude_e_rh.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5997/141__-_ppa_-_excesso_saude_e_rh.pdf</t>
   </si>
   <si>
     <t>5998</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5998/142_-_ldo-__excesso_saude_e_rh.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5998/142_-_ldo-__excesso_saude_e_rh.pdf</t>
   </si>
   <si>
     <t>Altera  a ação no Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.823 de 14/07/2020que trata das diretrizes orçamentárias para o Exercício de 2021</t>
   </si>
   <si>
     <t>5999</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5999/143_-_loa_-_exesso_saude_e_rh.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5999/143_-_loa_-_exesso_saude_e_rh.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 665.412,09 (seiscentos e sessenta e cinco mil quatrocentos e doze reais e nove centavos)</t>
   </si>
   <si>
     <t>6002</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6002/144_-_ratifica_extincao_do_codepaci.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6002/144_-_ratifica_extincao_do_codepaci.pdf</t>
   </si>
   <si>
     <t>RATIFICA A EXTINÇÃO DO CONSÓRCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL DA BACIA DO PANEMA/CINZAS - CODEPACI</t>
   </si>
   <si>
     <t>6086</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6086/145_-_ppa_-_excesso_856_copel.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6086/145_-_ppa_-_excesso_856_copel.pdf</t>
   </si>
   <si>
     <t>6087</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6087/146_-_ldo_-_excesso_856_copel.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6087/146_-_ldo_-_excesso_856_copel.pdf</t>
   </si>
   <si>
     <t>Altera a ação no Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.823 de 14/07/2020 que trata das diretrizes orçamentárias para o Exercício de 2021</t>
   </si>
   <si>
     <t>6088</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6088/147_-_loa_-_excesso_856_copel.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6088/147_-_loa_-_excesso_856_copel.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 2.450.115,92 (dois milhões, quatrocentos e cinquenta mil, cento e quinze reais e noventa e dois centavos).</t>
   </si>
   <si>
     <t>6108</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6108/148_-_projeto_de_lei__-_ppa_-_excesso_857.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6108/148_-_projeto_de_lei__-_ppa_-_excesso_857.pdf</t>
   </si>
   <si>
     <t>6109</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6109/149_-_projeto_de_lei_-_ldo-__excesso_857.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6109/149_-_projeto_de_lei_-_ldo-__excesso_857.pdf</t>
   </si>
   <si>
     <t>6110</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6110/150_-_projeto_de_lei_-_loa_-_excesso_857.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6110/150_-_projeto_de_lei_-_loa_-_excesso_857.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional especial na importância de até 1.000.000,01 (Hum milhão de reais e um centavos).</t>
   </si>
   <si>
     <t>6111</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6111/151_-_projeto_de_lei__-_ppa_-_excesso_858_asfalto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6111/151_-_projeto_de_lei__-_ppa_-_excesso_858_asfalto.pdf</t>
   </si>
   <si>
     <t>6112</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6112/152_-_projeto_de_lei_-_ldo-__excesso_858_asfalto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6112/152_-_projeto_de_lei_-_ldo-__excesso_858_asfalto.pdf</t>
   </si>
   <si>
     <t>6113</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6113/153_-_projeto_de_lei_-_loa_-_excesso_fonte_858_asfalto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6113/153_-_projeto_de_lei_-_loa_-_excesso_fonte_858_asfalto.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 1.300.000,00 (um milhão trezentos mil reais).</t>
   </si>
   <si>
     <t>5296</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5296/projeto_de_lei_no_01_2021_-_reposicao_servidores_legislativo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5296/projeto_de_lei_no_01_2021_-_reposicao_servidores_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede reposição salarial a todos os servidores ativos, inativos e ocupantes de cargos de provimento em comissão do Poder Legislativo de Cambará e dá outras providências.</t>
   </si>
   <si>
     <t>5339</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5339/projeto_de_lei_no_02_2021_-_transparencia_vacina_covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5339/projeto_de_lei_no_02_2021_-_transparencia_vacina_covid.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transparência e a divulgação da lista de vacinados no Plano Municipal de Vacinação contra o Covid-19 do Município de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>5340</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5340/projeto_de_lei_no_03_2021_-_compostagem_podas_de_arvores_corrigida.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5340/projeto_de_lei_no_03_2021_-_compostagem_podas_de_arvores_corrigida.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o destino dos resíduos da poda e do corte de árvores no Município de Cambará/PR.</t>
   </si>
   <si>
     <t>5361</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5361/projeto_de_lei_no_04_2021_-_horta_comunitaria_corrigida.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5361/projeto_de_lei_no_04_2021_-_horta_comunitaria_corrigida.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de “Horta Comunitária” no Município de Cambará e dá outras providências.</t>
   </si>
   <si>
     <t>5399</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5399/pl_05_adote_uma_nascente.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5399/pl_05_adote_uma_nascente.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa “Adote uma nascente” no município de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>5411</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5411/projeto_de_lei_no_06_2021_-_altera_lei_da_divulacao_da_lista_de_vacinados_corrigida.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5411/projeto_de_lei_no_06_2021_-_altera_lei_da_divulacao_da_lista_de_vacinados_corrigida.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 1.876, de 08 de março de 2021, que “dispõe sobre a transparência e a divulgação da lista de vacinados no Plano Municipal de Vacinação contra o Covid-19 do Município de Cambará, Estado do Paraná”.</t>
   </si>
   <si>
     <t>5418</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5418/projeto_de_lei_no_07_2021_-_dia_municipal_em_memoria_das_vitimas_de_covid-19_corrigido.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5418/projeto_de_lei_no_07_2021_-_dia_municipal_em_memoria_das_vitimas_de_covid-19_corrigido.pdf</t>
   </si>
   <si>
     <t>Institui o dia 28 (vinte e oito) de junho como o “Dia Municipal em Memória às Vítimas da Covid-19”, no Município de Cambará, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5740</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5740/pl_08.2021_reserva_vagas_afrodescendentes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5740/pl_08.2021_reserva_vagas_afrodescendentes.pdf</t>
   </si>
   <si>
     <t>Reserva vagas a afro-descendentes em concursos públicos realizados no âmbito do Poder Executivo e Legislativo, das autarquias, das fundações públicas, das empresas públicas e das sociedades de economia mista do Município de Cambará-PR, conforme especifica.</t>
   </si>
   <si>
     <t>5819</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5819/pl_09_dezembro_transparente.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5819/pl_09_dezembro_transparente.pdf</t>
   </si>
   <si>
     <t>Institui o mês denominado “Dezembro Transparente” no Calendário Oficial do Município de Cambará, dedicado ao combate à corrupção.</t>
   </si>
   <si>
     <t>5848</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5848/projeto_de_lei_no_10.2021_setembro_amarelo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5848/projeto_de_lei_no_10.2021_setembro_amarelo.pdf</t>
   </si>
   <si>
     <t>Institui, no Calendário Oficial do Município de Cambará, o “Setembro Amarelo” e a “Semana Municipal de Prevenção do Suicídio e de Valorização da Vida”.</t>
   </si>
   <si>
     <t>5866</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5866/pl_11.2021_semana_municipal_para_o_direito_das_mulheres.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5866/pl_11.2021_semana_municipal_para_o_direito_das_mulheres.pdf</t>
   </si>
   <si>
     <t>Institui, no Calendário Oficial do Município de Cambará, a “Semana Municipal da Mulher” e dá outras providências.</t>
   </si>
   <si>
     <t>5931</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5931/projeto_de_lei_no_12_2021_-_controle_agendamentos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5931/projeto_de_lei_no_12_2021_-_controle_agendamentos.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a publicação e controle de agendamentos de média e alta complexidade, como consultas, procedimentos e exames laboratoriais e de imagem, bem como utilização de cotas extras na Secretaria Municipal de Saúde de Cambará, mediante utilização de sistema, registro em protocolo e divulgação física e virtual, e dá outras providências.</t>
   </si>
   <si>
     <t>5932</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5932/projeto_de_lei_no_13_2021_-_altera_lei_de_diarias_camara.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5932/projeto_de_lei_no_13_2021_-_altera_lei_de_diarias_camara.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.660, de 3 de abril e 2017, e adota outras providências.</t>
   </si>
   <si>
     <t>6000</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6000/projeto_de_lei_no_14_2021_-_suspensao_reposicao_inflacionaria_camara.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6000/projeto_de_lei_no_14_2021_-_suspensao_reposicao_inflacionaria_camara.pdf</t>
   </si>
   <si>
     <t>Suspende os efeitos financeiros da Lei Municipal n. 1.869, de 18 de janeiro de 2021.</t>
   </si>
   <si>
     <t>5986</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5986/projeto_de_lei_no_15_2021_-_semana_municipal_do_ciclismo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5986/projeto_de_lei_no_15_2021_-_semana_municipal_do_ciclismo.pdf</t>
   </si>
   <si>
     <t>Institui a “Semana Municipal do Ciclismo” no âmbito do Município de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>5990</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5990/projeto_de_lei_no_16_2021_-_semana_municipal_dislexia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5990/projeto_de_lei_no_16_2021_-_semana_municipal_dislexia.pdf</t>
   </si>
   <si>
     <t>Institui, no Calendário Oficial do Município de Cambará, a Semana Municipal de Conscientização sobre a Dislexia e Transtornos de Aprendizagem.</t>
   </si>
   <si>
     <t>6055</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6055/projeto_de_lei_no_17_2021_-_procuradoria_da_mulher.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6055/projeto_de_lei_no_17_2021_-_procuradoria_da_mulher.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria da Mulher no âmbito da Câmara Municipal de Cambará-PR e dá outras providências.</t>
   </si>
   <si>
     <t>6056</t>
   </si>
   <si>
     <t>Karen Dadona</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6056/projeto_de_lei_no_18_2021_-_semana_educacao_transito.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6056/projeto_de_lei_no_18_2021_-_semana_educacao_transito.pdf</t>
   </si>
   <si>
     <t>Institui, no Calendário Oficial do Município de Cambará-PR, a “Semana Municipal da Educação no Trânsito”.</t>
   </si>
   <si>
     <t>5602</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Junior Olivato, Raffaello Frascati, Rogérinho do Karatê, Tetinha, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5602/projeto_de_resolucao_no_01_2021_-_altera_regimento_interno_prazo_emendas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5602/projeto_de_resolucao_no_01_2021_-_altera_regimento_interno_prazo_emendas.pdf</t>
   </si>
   <si>
     <t>Altera o “caput” do art. 116 do Regimento Interno da Câmara Municipal de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>5705</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5705/projeto_de_resolucao_02.2021_emprestimo_consignado.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5705/projeto_de_resolucao_02.2021_emprestimo_consignado.pdf</t>
   </si>
   <si>
     <t>Regulamenta a consignação em folha de pagamento para os servidores efetivos, comissionados e agentes políticos da Câmara Municipal de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>5818</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5818/pr_03.2021_-_proposta_parcial_de_orcamento_camara.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5818/pr_03.2021_-_proposta_parcial_de_orcamento_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proposta parcial do Orçamento da Câmara Municipal de Cambará para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>5516</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5516/proposta_de_emenda_a_lei_organica_no_01-2021_orcamento_impositivo_corrigida.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5516/proposta_de_emenda_a_lei_organica_no_01-2021_orcamento_impositivo_corrigida.pdf</t>
   </si>
   <si>
     <t>Acrescenta à Lei Orgânica Municipal o art. 124-A, criando o orçamento impositivo no âmbito do Município de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>5308</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5308/prot._017_req_001_tabela_cosip.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5308/prot._017_req_001_tabela_cosip.pdf</t>
   </si>
   <si>
     <t>Prot. 017_Req_001_Tabela_COSIP</t>
   </si>
   <si>
     <t>5309</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5309/prot._025_req_002_regional_de_saude_competencia_samu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5309/prot._025_req_002_regional_de_saude_competencia_samu.pdf</t>
   </si>
   <si>
     <t>Prot. 025_Req_002_Regional de Saúde_Competencia_SAMU</t>
   </si>
   <si>
     <t>5342</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5342/prot._038_req_003_sec._municipal_de_saude_pmaq.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5342/prot._038_req_003_sec._municipal_de_saude_pmaq.pdf</t>
   </si>
   <si>
     <t>Prot. 038_Req_003_Sec. Municipal de Saúde_PMAQ</t>
   </si>
   <si>
     <t>5343</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5343/prot._043_req_004_subsidio_transporte_universitario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5343/prot._043_req_004_subsidio_transporte_universitario.pdf</t>
   </si>
   <si>
     <t>Prot. 043_Req_004_Subsídio_Transporte universitário.</t>
   </si>
   <si>
     <t>5344</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5344/prot._044_req_005_sec._municipal_de_saude_dna.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5344/prot._044_req_005_sec._municipal_de_saude_dna.pdf</t>
   </si>
   <si>
     <t>Prot. 044_Req_005_Sec. Municipal de Saúde_DNA</t>
   </si>
   <si>
     <t>5368</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5368/prot._052_req_006_conselhos_municipais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5368/prot._052_req_006_conselhos_municipais.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informem a esta Casa de Leis:_x000D_
 _x000D_
 - Quais os Conselhos Municipais que se encontram ativos e quais os membros que compõem cada um deles.</t>
   </si>
   <si>
     <t>5369</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5369/prot._053_req_007_imoveis_locacao_e_propriedade.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5369/prot._053_req_007_imoveis_locacao_e_propriedade.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informem a esta Casa de Leis:_x000D_
 _x000D_
 a)	Quantidade de imóveis de propriedade do município que não estão sendo utilizados ou que estejam sendo subtilizados;_x000D_
 b)	Quantidade de imóveis locados pelo município (locatário);_x000D_
 c)	Valor pago pelo município a título de aluguel em cada um e nome dos respectivos proprietários;_x000D_
 d)	Finalidade (utilização) dos referidos imóveis locados.</t>
   </si>
   <si>
     <t>5374</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5374/prot._059_req_008_conselho_municipal_de_meio_ambiente_projeto_fundo_azul.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5374/prot._059_req_008_conselho_municipal_de_meio_ambiente_projeto_fundo_azul.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, os vereadores que abaixo subscrevem, requerem a Vossa Excelência, que se digne a enviar ofício Conselho Municipal do Meio Ambiente, para que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Situação do Projeto Fundo Azul no município de Cambará.</t>
   </si>
   <si>
     <t>5376</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5376/prot._061_req_009_pl_regulamentacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5376/prot._061_req_009_pl_regulamentacao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informem a esta Casa de Leis:_x000D_
 _x000D_
 - Quais Leis, já aprovadas e sancionadas, encontram-se ainda sem a devida regulamentação?_x000D_
 - Motivos pelos quais ainda não foram regulamentadas e colocadas em prática efetivamente?</t>
   </si>
   <si>
     <t>5378</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5378/prot._063_req_010_sec._municipal_de_saude_filas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5378/prot._063_req_010_sec._municipal_de_saude_filas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, para que este, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 - Relação contendo a quantidade de munícipes que estão aguardando na fila, bem como o tempo, referente à: Consultas, Exames e Cirurgias, especificando o tipo de cada um dos procedimentos.</t>
   </si>
   <si>
     <t>5381</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5381/prot._066_req_011_epi_situacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5381/prot._066_req_011_epi_situacao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informem a esta Casa de Leis:_x000D_
 _x000D_
 - Situação em que se encontram os Equipamentos de Proteção Individual (EPIs) da Guarda Municipal e dos Coveiros.</t>
   </si>
   <si>
     <t>5391</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5391/prot._076_req_012_sec._assistencia_social_moradores_de_rua.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5391/prot._076_req_012_sec._assistencia_social_moradores_de_rua.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores João Mattar Olivato, Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício a Secretária Municipal de Assistência Social, senhora Ana Paula Moro Rafael, para que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Medidas que estão sendo tomadas pela Pasta da Assistência Social no município com relação aos moradores de rua.</t>
   </si>
   <si>
     <t>5428</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5428/prot._085_req_013_informacoes_asfalto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5428/prot._085_req_013_informacoes_asfalto.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15_x000D_
 dias), informem a esta Casa de Leis:_x000D_
 - Situação em que se encontra o asfalto no município, informando, ainda,_x000D_
 o cronograma de recapeamento existente.</t>
   </si>
   <si>
     <t>5429</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5429/prot._092_req_014_informacoes_comite_municipal_de_gerenciamento_do_novo_coronavirus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5429/prot._092_req_014_informacoes_comite_municipal_de_gerenciamento_do_novo_coronavirus.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ao Comitê Municipal de_x000D_
 Gerenciamento/Enfretamento do Novo Coronavírus (COVID-19), para que_x000D_
 este dentro do prazo legal (15 dias), informem a esta Casa de Leis:_x000D_
 - Quem são os membros do Comitê;_x000D_
 - Local, data e horário em que o Comitê costuma se reunir._x000D_
 * Solicita, ainda, que após obtidas as informações acima, que seja_x000D_
 agendada uma reunião do Comitê junto aos vereadores do município.</t>
   </si>
   <si>
     <t>5430</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5430/prot._095_req_015_informacoes_portal_da_transparencia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5430/prot._095_req_015_informacoes_portal_da_transparencia.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15_x000D_
 dias), informem a esta Casa de Leis:_x000D_
 - Quem são os responsáveis pelo lançamento de informações,_x000D_
 alimentando o Portal de Transparência?_x000D_
 - Qual o prazo para que ocorra a alimentação com as informações no_x000D_
 Portal, referente a cada item. (Por exemplo: Prazo para lançamento das_x000D_
 Licitações: 05 dias após a abertura; dos saldos em conta: 03 dias após_x000D_
 fechamento do mês; dos empenhos: semanalmente...)</t>
   </si>
   <si>
     <t>5431</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5431/prot._100_req_016_informacoes_garis_e_coletas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5431/prot._100_req_016_informacoes_garis_e_coletas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15_x000D_
 dias), informem a esta Casa de Leis:_x000D_
 - Situação em que se encontram os EPIs dos garis, sendo: Protetor_x000D_
 auricular, luvas de proteção, óculos, uniforme, botina de segurança e_x000D_
 protetores solares;_x000D_
 - Motivo pelo qual a coleta de lixo não é realizada após às 18h00min até_x000D_
 às 00h00min. No caso de impossibilidade, justificada, que informem o_x000D_
 motivo pelo qual os garis não realizam mais horário corrido;_x000D_
 - Justificativa apresentava para cada caminhão atuar com apenas 02_x000D_
 (dois) garis na coleta, sendo que o correto seriam ao menos 04 (quatro).</t>
   </si>
   <si>
     <t>5432</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5432/prot._102_req_017_informacoes_taxas_empresas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5432/prot._102_req_017_informacoes_taxas_empresas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública que, dentro do prazo legal (15 dias),_x000D_
 informe a esta Casa de Leis os itens abaixo especificados em relação às_x000D_
 Taxas de licença e Alvará de Funcionamento e Taxa e licença de Vigilância_x000D_
 Sanitária referentes aos anos de 2017, 2018, 2019, 2020 e 2021:</t>
   </si>
   <si>
     <t>5433</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5433/prot._108_req_018_informacoes_licitacao_proteses_dentarias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5433/prot._108_req_018_informacoes_licitacao_proteses_dentarias.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública que, dentro do prazo legal (15 dias),_x000D_
 informe a esta Casa de Leis os itens abaixo especificados em relação aos_x000D_
 procedimentos licitatórios para contratação de empresa para prestação de_x000D_
 serviços especializados de confecção de próteses dentárias referentes aos_x000D_
 anos de 2017, 2018, 2019, 2020 e 2021:</t>
   </si>
   <si>
     <t>5434</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5434/prot._142_req_025_informacoes_aplicacao_de_recursos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5434/prot._142_req_025_informacoes_aplicacao_de_recursos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15_x000D_
 dias), informem a esta Casa de Leis:_x000D_
 - Sobre a Portaria nº. 1.666. de 1º de julho de 2020, pela qual o município_x000D_
 de Cambará recebeu a transferência de recursos financeiros no valor de_x000D_
 R$1.170.871,00 (um milhão, cento e setenta mil, oitocentos e setenta e_x000D_
 um reais):_x000D_
 • Qual valor já foi investido? Onde foram realizados os investidos?_x000D_
 • Que apresente cópias dos documentos comprobatórios dos_x000D_
 investimentos/aquisições._x000D_
 - Sobre a Portaria nº. 2.516, de 21 de setembro de 2020, pela qual o_x000D_
 município de Cambará recebeu a transferência de recursos financeir</t>
   </si>
   <si>
     <t>5435</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5435/prot._143_req_026_informacoes_atendimento_pos-covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5435/prot._143_req_026_informacoes_atendimento_pos-covid.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15_x000D_
 dias), informem a esta Casa de Leis:_x000D_
 • Medidas que estão sendo tomadas pelo município com relação ao_x000D_
 tratamento de recuperação dos pacientes pós-COVID-19._x000D_
 • Se estão sendo ofertados aos pacientes atendimentos com equipes_x000D_
 multidisciplinares, tais como: psicólogos, fisioterapeutas, dentistas e_x000D_
 fonoaudiólogos.</t>
   </si>
   <si>
     <t>5436</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5436/prot._144_req_027_cisnorpi_informacoes_atendimento_pos-covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5436/prot._144_req_027_cisnorpi_informacoes_atendimento_pos-covid.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Presidente do Consórcio_x000D_
 Público Intermunicipal de Saúde do Norte Pioneiro (CISNORPI), senhor_x000D_
 Marcelo Palhares, para que este determine ao setor competente, que,_x000D_
 dentro do prazo legal (15 dias), informem a esta Casa de Leis:_x000D_
 • Quais atendimentos estão sendo ofertados pelo Consórcio para os_x000D_
 pacientes que estão em fase de reabilitação pós-COVID-19._x000D_
 • Se estão sendo ofertados aos pacientes atendimentos com equipes_x000D_
 multidisciplinares, tais como: psicólogos, fisioterapeutas, dentistas e_x000D_
 fonoaudiólogos. Neste sentido, sugere-se, ainda, que seja firmado_x000D_
 convênio junto à Faculdade de Odontologia de Fisioterapia para_x000D_
 intensificar estes atendimentos.</t>
   </si>
   <si>
     <t>5437</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5437/prot._149_req_028_sec._municipal_de_saude_tomografia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5437/prot._149_req_028_sec._municipal_de_saude_tomografia.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Secretário Municipal de_x000D_
 Saúde, senhor Francisco Peres dos Reis, para que este, dentro do prazo_x000D_
 legal (15 dias), informe a esta Casa de Leis:_x000D_
 - Se o município está realizando/disponibilizando a realização de_x000D_
 tomografias de emergência?_x000D_
 - Em caso positivo, que informe o prazo médio que o paciente tem_x000D_
 aguardando para realizar o exame de emergência;_x000D_
 - Em caso negativa, solicita que sejam tomadas providências com_x000D_
 urgência, solicitando a contratação de uma empresa para este fim, ou_x000D_
 ainda, a realização de parcerias com empresas que realizam este exame.</t>
   </si>
   <si>
     <t>5438</t>
   </si>
   <si>
     <t>Geraldinho PHN, João Mattar, Karen Dadona, Márcio Albertini</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5438/prot._164_req_029_informacoes_proc._de_medicamento_de_alto_custo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5438/prot._164_req_029_informacoes_proc._de_medicamento_de_alto_custo.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15_x000D_
 dias), informem a esta Casa de Leis:_x000D_
 • Se há algum servidor responsável pela elaboração dos processos_x000D_
 de medicamento de alto custo a serem encaminhados ao Ministério_x000D_
 Público?_x000D_
 - Em caso positivo que informe quem é._x000D_
 - Em caso negativo que toma as providências necessárias para que_x000D_
 alguém fique responsável por esta montagem.</t>
   </si>
   <si>
     <t>5439</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5439/prot._167_req_030_informacoes_portaria_2358_acoes_de_rastreamento_e_monitoramento_covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5439/prot._167_req_030_informacoes_portaria_2358_acoes_de_rastreamento_e_monitoramento_covid.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15_x000D_
 dias), informem a esta Casa de Leis:_x000D_
 • Se estão sendo executadas ações de rastreamento e_x000D_
 monitoramento de contatos de casos de COVID-19 pelo município?_x000D_
 Em caso positivo que informe quais são as medidas, detalhando-as.</t>
   </si>
   <si>
     <t>5440</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5440/prot._170_req_031_informacoes_fundos_municipais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5440/prot._170_req_031_informacoes_fundos_municipais.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15_x000D_
 dias), informem a esta Casa de Leis:_x000D_
 • Quais os Fundos Municipais existentes no município de Cambará?_x000D_
 • Qual a situação em que cada um se encontra?</t>
   </si>
   <si>
     <t>5441</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5441/prot._173_req_032_sec._municipal_de_saude_planilha_de_medicamentos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5441/prot._173_req_032_sec._municipal_de_saude_planilha_de_medicamentos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Marcio José_x000D_
 Albertini, acompanhado pelos vereadores Geraldo de Paula Dias_x000D_
 Carvalho, João Mattar Olivato, Karen Dadona e Walmir Joaquim,_x000D_
 requerem a Vossa Excelência, que se digne a enviar ofício ao Secretário_x000D_
 Municipal de Saúde, senhor Francisco Peres dos Reis, para que este,_x000D_
 dentro do prazo legal (15 dias), informe/encaminhe a esta Casa de Leis:_x000D_
 • Qual Farmácia foi a vencedora do certame licitatório para_x000D_
 fornecimento de medicamentos no município de Cambará;_x000D_
 • Planilha de entrega de medicamentos, contendo: Nome do_x000D_
 paciente; Nome do responsável pela retirada (caso haja); Data da_x000D_
 Retirada; Medicamento(s) entregue(s); referentes ao mês de_x000D_
 Janeiro de 2021 até data de protocolo deste. Se possível, que seja_x000D_
 encaminhada cópia da receita médica.</t>
   </si>
   <si>
     <t>5442</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5442/prot._177_req_033_informacoes_recursos_transporte_escolar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5442/prot._177_req_033_informacoes_recursos_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15_x000D_
 dias), informe a esta Casa de Leis:_x000D_
 • Se o município continua recebendo os recursos referentes ao_x000D_
 transporte escolar (PETE e PNATE)? Em caso positivo qual o_x000D_
 valor que possuem em caixa referente a estes recursos?_x000D_
 • Possibilidade de reverter o valor deste recurso em cestas_x000D_
 básicas, durante este período de pandemia.</t>
   </si>
   <si>
     <t>5443</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5443/prot._179_req_034_informacoes_vacinados.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5443/prot._179_req_034_informacoes_vacinados.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15 dias),_x000D_
 encaminhe a esta Casa de Leis:_x000D_
 • Relação da lista de vacinados no Plano Municipal de Vacinação_x000D_
 contra o COVID-19 no Município de Cambará, especificando:_x000D_
 Nome do vacinado, Número do CPF (com os 05 primeiros dígitos_x000D_
 substituídos por asteriscos), Indicação da fase de vacinação em_x000D_
 que foi enquadrado, Data e Local da vacinação.</t>
   </si>
   <si>
     <t>5444</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5444/prot._186_req_035_informacoes_posto_de_saude_do_centro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5444/prot._186_req_035_informacoes_posto_de_saude_do_centro.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15 dias),_x000D_
 informe a esta Casa de Leis:_x000D_
 • Se o Posto de Saúde do Centro (antiga Tenda Sentinela) será_x000D_
 reativado?_x000D_
 • Em caso positivo: Qual o prazo previsto para reativação? Qual_x000D_
 será o horário de funcionamento? Quais médicos estarão_x000D_
 realizando atendimentos no local?</t>
   </si>
   <si>
     <t>5445</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5445/prot._191_req_036_informacoes_recursos_prestacao_de_contas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5445/prot._191_req_036_informacoes_recursos_prestacao_de_contas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Marcio José_x000D_
 Albertini, acompanhado pelos vereadores Geraldo de Paula Dias_x000D_
 Carvalho, João Mattar Olivato, Karen Dadona e Walmir Joaquim,_x000D_
 requerem a Vossa Excelência, que se digne a enviar ofício Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, para que este_x000D_
 determine ao setor competente da Administração Pública que, dentro do_x000D_
 prazo legal (15 dias), encaminhe a esta Casa de Leis prestação de_x000D_
 contas, em ordem cronológica, dos recursos federais e estaduais_x000D_
 enviados ao município por conta do combate à pandemia. Destaca-se_x000D_
 que o relatório deverá conter as seguintes informações dos recursos_x000D_
 financeiros extra recebidos:_x000D_
 • Data do crédito;_x000D_
 • Nome do órgão remetente;_x000D_
 • Número do banco e da conta onde foram creditados cada envio;_x000D_
 • Comprovantes dos pagamentos, das notas fiscais, das notas de_x000D_
 empenho constando a licitação e ou dispensa, nota da liquidação,_x000D_
 comprovante da entrada da mercadoria no es</t>
   </si>
   <si>
     <t>5446</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5446/prot._192_req_037_informacoes_atitudes_indicacoes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5446/prot._192_req_037_informacoes_atitudes_indicacoes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15 dias),_x000D_
 informe a esta Casa de Leis:_x000D_
 • Quais providências as Secretarias e Departamentos competentes_x000D_
 tomaram até o momento acerca da indicação protocolada sob nº._x000D_
 021/2021 (que seja elaborado um Projeto de Lei para criação do_x000D_
 Conselho Municipal de Proteção e Defesa dos Animais), bem_x000D_
 como sobre a indicação protocolada sob nº. 023/2021 (que sejam_x000D_
 realizados convênios e parcerias entre o município de Cambará e_x000D_
 Clínicas Veterinárias);_x000D_
 • Providências tomadas até o momento para aquisição de um_x000D_
 castramóvel para o município.</t>
   </si>
   <si>
     <t>5447</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5447/prot._193_req_038_sec._municipal_de_educacao_merenda_escolar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5447/prot._193_req_038_sec._municipal_de_educacao_merenda_escolar.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício a Secretária Municipal de_x000D_
 Educação, senhora Franciele Axman Tavares Duarte, para que, dentro do_x000D_
 prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 - Quais são os critérios utilizados para distribuição dos kits de merenda_x000D_
 escolar aos alunos da rede municipal de ensino?_x000D_
 - Motivo pelo qual apenas os alunos que recebem Bolsa Família são_x000D_
 contemplados com os referidos kits?_x000D_
 - Quais são os itens contidos neste kit de alimentação? Há hortifrúti?_x000D_
 - Qual o valor do recurso repassado ao município para alimentação_x000D_
 escolar?</t>
   </si>
   <si>
     <t>5448</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5448/prot._195_req_039_informacoes_dispensa_de_licitacao_27-2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5448/prot._195_req_039_informacoes_dispensa_de_licitacao_27-2021.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Marcio José_x000D_
 Albertini, acompanhado pelos vereadores Geraldo de Paula Dias_x000D_
 Carvalho, João Mattar Olivato, Karen Dadona e Walmir Joaquim,_x000D_
 requerem a Vossa Excelência, que se digne a enviar ofício Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, para que este_x000D_
 determine ao setor competente da Administração Pública que, dentro do_x000D_
 prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 • Cópia integral do Processo de Dispensa n°. 27/2021, referente ao_x000D_
 Processo Administrativo n°. 437/2021, no valor global de R$_x000D_
 4.900,00, publicado no jornal Tribuna do Vale, edição 10 e 11 de_x000D_
 abril de 2021;_x000D_
 • Cópias de todos os processos de dispensa de licitação de peças_x000D_
 automotivas;_x000D_
 • Cópias das atas de pregões, presenciais ou eletrônico, de Registro_x000D_
 de Preços ou não, com os contratos firmados com os adjudicados;_x000D_
 • Cópias dos contratos originados pelas modalidades de licitação,_x000D_
 Tomada de Preço e Concorrência._x000D_
 -</t>
   </si>
   <si>
     <t>5449</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5449/prot._196_req_040_informacoes_plano_de_enfrentamento_covid_doacoes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5449/prot._196_req_040_informacoes_plano_de_enfrentamento_covid_doacoes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15 dias),_x000D_
 informe a esta Casa de Leis:_x000D_
 • Qual o Plano Municipal de Enfrentamento e Contingência ao_x000D_
 Coronavírus da Secretaria Municipal de Assistência Social?_x000D_
 • Quais foram as doações recebidas pelo município relacionadas ao_x000D_
 enfrentamento e combate do coronavírus, tanto financeiras quanto_x000D_
 em bens materiais, por exemplo: cestas básicas, álcool, EPIs._x000D_
 • Quantas cestas básicas e EPIs o município recebeu por_x000D_
 intermédio do Governo do Estado e do Governo Federal?_x000D_
 • Quantas cestas básicas, EPI’s, álcool em gel, máscaras e luvas o_x000D_
 município doou mês a mês ne</t>
   </si>
   <si>
     <t>5450</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5450/prot._197_req_041_informacoes_lei_14029.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5450/prot._197_req_041_informacoes_lei_14029.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15 dias),_x000D_
 informe a esta Casa de Leis:_x000D_
 • Acerca da Lei nº. 14.029, de 28 de julho de 2020, a qual dispõe_x000D_
 sobre a transposição e a reprogramação de saldos financeiros_x000D_
 constantes dos fundos de assistência social dos Estados, do_x000D_
 Distrito Federal e dos Municípios, provenientes de repasses_x000D_
 federais:_x000D_
 - Houve repasse ao Município referentes a esta Lei?_x000D_
 - Qual valor foi repassado?_x000D_
 - Quanto foi utilizado? Que demonstre por meio de comprovantes_x000D_
 os locais aplicados.</t>
   </si>
   <si>
     <t>5451</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5451/prot._199_req_042_sec._municipal_de_educacao_professores_home_office.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5451/prot._199_req_042_sec._municipal_de_educacao_professores_home_office.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Raffaello Frascati,_x000D_
 requer a Vossa Excelência, que se digne a enviar ofício a Secretária_x000D_
 Municipal de Educação, senhora Franciele Axman Tavares Duarte, para_x000D_
 que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 - Se os professores da Rede Municipal de Ensino irão permanecer_x000D_
 trabalhando em Home Office?</t>
   </si>
   <si>
     <t>5452</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5452/prot._201_req_043_informacoes_qualifar-sus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5452/prot._201_req_043_informacoes_qualifar-sus.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública, que, dentro do prazo legal (15 dias),_x000D_
 informe a esta Casa de Leis:_x000D_
 • Se o município de Cambará aderiu ao Programa Nacional de_x000D_
 Qualificação Farmacêutica (Qualifar-SUS)?_x000D_
 • Em caso negativo, por qual motivo não houve a adesão?</t>
   </si>
   <si>
     <t>5453</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5453/prot._209_req_044_supertintendencia_regional_pr431.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5453/prot._209_req_044_supertintendencia_regional_pr431.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução_x000D_
 nº08/96 – Regimento Interno, os vereadores que abaixo subscrevem,_x000D_
 requerem a Vossa Excelência, que se digne a enviar ofício ao_x000D_
 Superintendente da Secretaria de Estado da Infraestrutura e Logística –_x000D_
 Superintendência Regional Norte, senhor Marco Aurélio G. Sguario, para que_x000D_
 este determine ao setor competente da Administração Pública, que, dentro do_x000D_
 prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 • Se estão sendo tomadas as devidas providências quanto as_x000D_
 solicitações reivindicadas no protocolo nº 17.404.522-4, aberto em_x000D_
 02/03/2021, acerca da lentidão e má prestação dos serviços na_x000D_
 realização das obras de recapeamento na PR-431, trecho que liga_x000D_
 a cidade de Cambará/PR a Jacarezinho/PR?_x000D_
 • Em caso positivo: Qual o prazo previsto para o início das obras dos_x000D_
 desníveis deixados por obras anteriores entre a pista e o_x000D_
 acostamento?_x000D_
 • Se possível, que encaminhe um relatório atualizado do trecho em_x000D_
 questão com fotos e descrição dos serviços prest</t>
   </si>
   <si>
     <t>5454</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5454/prot._211_req_045_informacoes_sec._mun._agricultura_maquinario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5454/prot._211_req_045_informacoes_sec._mun._agricultura_maquinario.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício ao Secretário Municipal de_x000D_
 Agricultura, senhor Airton Kotaro Anabuki, para que este dentro do prazo_x000D_
 legal (15 dias), informe a esta Casa de Leis:_x000D_
 • Quais maquinários pertencem à sua pasta de atuação para_x000D_
 realizar melhorias nas estradas rurais, especificando-as e_x000D_
 discriminando a quantidade de cada equipamento.</t>
   </si>
   <si>
     <t>5455</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5455/prot._212_req_046_informacoes_divida_publica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5455/prot._212_req_046_informacoes_divida_publica.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Marcio José_x000D_
 Albertini, acompanhado pelos vereadores Geraldo de Paula Dias_x000D_
 Carvalho, João Mattar Olivato, Karen Dadona e Walmir Joaquim,_x000D_
 requerem a Vossa Excelência, que se digne a enviar ofício Chefe do_x000D_
 Executivo Municipal, senhor José Salim Haggi Neto, para que este_x000D_
 determine ao setor competente da Administração Pública que, dentro do_x000D_
 prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 • Na Audiência Pública referente às Metas Fiscais, constou: Dívida_x000D_
 Pública Consolidada no valor corrente de R$10.074.336,19 (dez_x000D_
 milhões, setenta e quatro mil, trezentos e trinta e seis reais e_x000D_
 dezenove centavos) e no valor constante de R$9.733.658,15 (nove_x000D_
 milhões, setecentos e trinta e três mil, seiscentos e quinta e oito_x000D_
 reais e quinze centavos):_x000D_
 - O que significa cada valor;_x000D_
 - Quais dívidas que somadas resultaram nestes valores.</t>
   </si>
   <si>
     <t>5456</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5456/prot._213_req_047_informacoes_divida_publica_e_consolidada.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5456/prot._213_req_047_informacoes_divida_publica_e_consolidada.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Walmir Joaquim, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública que, dentro do prazo legal (15 dias),_x000D_
 informe a esta Casa de Leis:_x000D_
 • Motivo pelo qual a Dívida Consolidada Líquida (R$ 1.661.723,73 –_x000D_
 um milhão, cento e sessenta e um mil, setecentos e vinte e três reais_x000D_
 e setenta e três centavos), difere da Dívida Pública Consolidada_x000D_
 (R$9.733.658,15 – nove milhões, setecentos e setenta e três mil,_x000D_
 seiscentos e cinquenta e oito reais e quinze centavos).</t>
   </si>
   <si>
     <t>5457</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5457/prot._214_req_048_informacoes_precatorios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5457/prot._214_req_048_informacoes_precatorios.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Walmir Joaquim, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública que, dentro do prazo legal (15 dias),_x000D_
 informe a esta Casa de Leis:_x000D_
 • Quais são os precatórios que somados resultam na previsão de_x000D_
 pagamento no valor de $2.100.000,00 (dois milhões e cem mil reais).</t>
   </si>
   <si>
     <t>5458</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5458/prot._215_req_049_informacoes_manutencao_gabinete.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5458/prot._215_req_049_informacoes_manutencao_gabinete.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Walmir Joaquim, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública que, dentro do prazo legal (15 dias),_x000D_
 informe a esta Casa de Leis:_x000D_
 • Quais são as despesas que resultaram o valor de R$720.000,00_x000D_
 (setecentos e vinte mil reais) referente a Manutenção do Gabinete do_x000D_
 Prefeito.</t>
   </si>
   <si>
     <t>5459</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5459/prot._216_req_050_informacoes_manutencao_joao_pires.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5459/prot._216_req_050_informacoes_manutencao_joao_pires.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Walmir Joaquim, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública que, dentro do prazo legal (15 dias),_x000D_
 informe a esta Casa de Leis:_x000D_
 • Acerca do valor de R$48.300,00 (quarenta e oito mil e trezentos_x000D_
 reais) referente a Manutenção do C. C. C. A João Pires,_x000D_
 explicitando o que se pretende fazer com esta quantia.</t>
   </si>
   <si>
     <t>5460</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5460/prot._217_req_051_informacoes_amortizacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5460/prot._217_req_051_informacoes_amortizacao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Walmir Joaquim, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública que, dentro do prazo legal (15 dias),_x000D_
 informe a esta Casa de Leis:_x000D_
 • Se a Dívida Pública Consolidada é de R$10.074.336,19 (dez_x000D_
 milhões, setenta e quatro mil, trezentos e trinta e seis reais e_x000D_
 dezenove centavos), porque se definiu como meta a Amortização da_x000D_
 Dívida Pública em R$1.586.000,00 (um milhão, quinhentos e oitenta_x000D_
 e seis mil reais).</t>
   </si>
   <si>
     <t>5461</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5461/prot._218_req_052_informacoes_renuncia_iptu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5461/prot._218_req_052_informacoes_renuncia_iptu.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Walmir Joaquim, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública que, dentro do prazo legal (15 dias),_x000D_
 encaminhe a esta Casa de Leis:_x000D_
 • Relatório demonstrando detalhadamente todos os imóveis que_x000D_
 estão sendo beneficiados pela Renúncia Fiscal do IPTU no valor_x000D_
 total de R$1.542.996,17 (um milhão, quinhentos e quarenta e dois_x000D_
 mil, novecentos e noventa e seis reais e dezessete centavos),_x000D_
 constando o nome do proprietário, endereço do imóvel_x000D_
 beneficiado e o valor do tributo.</t>
   </si>
   <si>
     <t>5462</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5462/prot._219_req_053_informacoes_renuncia_iss.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5462/prot._219_req_053_informacoes_renuncia_iss.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Walmir Joaquim, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública que, dentro do prazo legal (15 dias),_x000D_
 encaminhe a esta Casa de Leis:_x000D_
 • Relatório demonstrando detalhadamente todos os que estão_x000D_
 sendo beneficiados pela Renúncia Fiscal do tributo ISS no valor_x000D_
 total de R$ 178.526,04 (cento e setenta e oito mil, quinhentos_x000D_
 e vinte e seis reais e quatro centavos), constando o nome do_x000D_
 beneficiado e o valor do tributo.</t>
   </si>
   <si>
     <t>5463</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5463/prot._220_req_054_informacoes_renuncia_taxas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5463/prot._220_req_054_informacoes_renuncia_taxas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da_x000D_
 Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini,_x000D_
 acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João_x000D_
 Mattar Olivato, Karen Dadona e Walmir Joaquim, requerem a Vossa_x000D_
 Excelência, que se digne a enviar ofício Chefe do Executivo Municipal,_x000D_
 senhor José Salim Haggi Neto, para que este determine ao setor_x000D_
 competente da Administração Pública que, dentro do prazo legal (15 dias),_x000D_
 encaminhe a esta Casa de Leis:_x000D_
 • Relatório demonstrando detalhadamente todos os que estão_x000D_
 sendo beneficiados pela Renúncia Fiscal do tributo TAXAS no_x000D_
 valor total de R$ 548.578,42 (quinhentos e quarenta e oito mil,_x000D_
 quinhentos e setenta e oito reais e quarenta e dois centavos),_x000D_
 constando o nome do beneficiado e o valor do tributo.</t>
   </si>
   <si>
     <t>5464</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5464/prot._224_req_055_informacoes_gestao_de_residuos_solidos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5464/prot._224_req_055_informacoes_gestao_de_residuos_solidos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Sobre o Plano de Gestão Integrado de Resíduos Sólidos Urbanos do Município de Cambará, aprovado por meio da Lei nº. 1.504/2012:_x000D_
 a) Quem é responsável pela gestão?_x000D_
 b) Como tem funcionado este Plano no município?_x000D_
 c) A Lei tem tido efetiva aplicabilidade?_x000D_
 d) Qual Secretaria Municipal é responsável pela fiscalização desta questão?_x000D_
 e) Como ocorre o gerenciamento dos resíduos?_x000D_
 f) Onde se localiza a estrutura operacional dos resíduos sólidos?_x000D_
 g) O Plano está sendo revisado, ao menos, a cada um ano? Em caso positivo</t>
   </si>
   <si>
     <t>5465</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5465/prot._226_req_056_informacoes_vacina_acamados.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5465/prot._226_req_056_informacoes_vacina_acamados.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Como está sendo realizada a vacinação dos acamados, com relação ao COVID-19.</t>
   </si>
   <si>
     <t>5466</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5466/prot._230_req_057_obras_conj._bergamaschi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5466/prot._230_req_057_obras_conj._bergamaschi.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o Vereador Rogério Frutuoso, requerer a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Situação do procedimento para construção do Posto de Saúde do Conjunto Bergamaschi, encaminhando, se possível, cronograma de previsão da obra;_x000D_
 •	Situação do procedimento para construção da calçada do Conjunto Bergamaschi, encaminhando, se possível, cronograma de previsão da obra.</t>
   </si>
   <si>
     <t>5467</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5467/prot._232_req_058_informacoes_recomendacao_administrativa_09-2016.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5467/prot._232_req_058_informacoes_recomendacao_administrativa_09-2016.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis, os itens abaixo relacionados, considerando a Recomendação Administrativa nº. 09/2016, emitido pelo GEPATRIA da região de Santo Antônio da Platina (anexa):_x000D_
 •	Cópia da Lei a que se refere o item 1 da Recomendação;_x000D_
 •	Cópia dos registros a que se refere o item 2 e seus desdobramentos, da Recomendação, do período de 01 de janeiro de 2020 até a data do recebimento deste;_x000D_
 •	Cópias do que se refere o item 3, do período de 01 de janeiro de 2020 até a data do recebimento deste.</t>
   </si>
   <si>
     <t>5468</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5468/prot._233_req_059_informacoes_sec._municipal_de_saude_medicamentos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5468/prot._233_req_059_informacoes_sec._municipal_de_saude_medicamentos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Walmir Joaquim, REITERAM requerimento a Vossa Excelência, que se digne a enviar ofício ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, para que este, dentro do prazo legal (15 dias), informe/encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Planilha de entrega de medicamentos da Farmácia vendedora do certame licitatório, contendo: Os registros de saída onde constam os nomes dos beneficiários ou departamento para onde foi encaminhado o medicamento, identificação civil, endereço completo e respectiva receita ou requisição médica onde esteja identificado o nome profissional responsável.</t>
   </si>
   <si>
     <t>5469</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5469/prot._234_req_060_informacoes_pmaq.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5469/prot._234_req_060_informacoes_pmaq.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis, acerca do PMAQ-AB:_x000D_
 _x000D_
 •	Quais Postos de Saúde foram beneficiados?_x000D_
 •	Qual foi o valor repassado a cada equipe?_x000D_
 •	Quais critérios o município utilizou para o repasse da verba?_x000D_
 _x000D_
 - Todas as informações supramencionadas devem ser encaminhadas do período compreendido entre 2017 e final do Programa Nacional de Melhoria do Acesso e da Qualidade da Atenção Básica.</t>
   </si>
   <si>
     <t>5470</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5470/prot._235_req_061_informacoes_iluminacao_publica_padovani.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5470/prot._235_req_061_informacoes_iluminacao_publica_padovani.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, a vereadora Karen Dadona, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Situação que se encontra o procedimento para instalação de extensão de rede para iluminação da Avenida José Joaquim Francisco, no Bairro Irmãos Francisco. _x000D_
 •	Há previsão para a mencionada instalação? Em caso positivo, que seja encaminhado cronograma.</t>
   </si>
   <si>
     <t>5471</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5471/prot._241_req_062_informacoes_programa_do_tabaco.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5471/prot._241_req_062_informacoes_programa_do_tabaco.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Qual a situação do Programa Nacional de Controle do Tabagismo no município de Cambará?_x000D_
 •	Acerca do mencionado Programa:_x000D_
 - Quem está como referência do mesmo no município?_x000D_
 - Estão ocorrendo reuniões?_x000D_
 - Quem é o médico responsável?_x000D_
 - Está havendo participação dos munícipes?</t>
   </si>
   <si>
     <t>5472</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5472/prot._243_req_063_informacoes_oxigenioterapia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5472/prot._243_req_063_informacoes_oxigenioterapia.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quem é a referência técnica da oxigenioterapia no município de Cambará?_x000D_
 •	São fornecidos cilindros de oxigênio reserva aos pacientes que fazem uso 24h? Em caso negativo que expliquem o motivo.</t>
   </si>
   <si>
     <t>5473</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5473/prot._249_req_064_informacoes_comissoes_representantes_camara.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5473/prot._249_req_064_informacoes_comissoes_representantes_camara.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Todas as Comissões, Conselhos e Comitês, entre outros semelhantes, que se encontrem ativos e estejam oficialmente constituídos, para que possa ser indicado o representante do Poder Legislativo que irá constituí-lo.</t>
   </si>
   <si>
     <t>5474</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5474/prot._250_req_065_informacoes_boca_de_lobo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5474/prot._250_req_065_informacoes_boca_de_lobo.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Há uma equipe responsável pela manutenção das bocas de lobo do município? Esta equipe realiza o monitoramento frequente sobre a situação em que se encontram as bocas de lobo?_x000D_
 •	Há previsão para serem realizadas as manutenções, os reparos e as limpezas nas bocas de lobo no município?_x000D_
 •	De quem é a responsabilidade por acidentes ocasionados com pedestres ou veículos devido à má conservação e ausência de manutenção das bocas de lobo, quando as envolve?</t>
   </si>
   <si>
     <t>5475</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5475/prot._252_req_066_informacoes_portaria_1666_notas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5475/prot._252_req_066_informacoes_portaria_1666_notas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Cópia das notas fiscais anexadas as respectivas notas de empenho e liquidação, em ordem cronológica, referentes às despesas contidas no Ofício nº. 091/2020, do Executivo Municipal, alusivos aos gastos que utilizaram recursos destinados ao município pela Portaria nº. 1.666/2020.</t>
   </si>
   <si>
     <t>5476</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5476/prot._253_req_067_informacoes_licitacao_radio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5476/prot._253_req_067_informacoes_licitacao_radio.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Cópia integral do Processo de Licitação na Modalidade de Pregão Presencial nº. 027/2017, o qual teve por objeto a contratação de serviços de radiodifusão FM, com abrangência no município de Cambará-PR.</t>
   </si>
   <si>
     <t>5539</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5539/prot._257_req_068_informacoes_plano_municipal_de_arborizacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5539/prot._257_req_068_informacoes_plano_municipal_de_arborizacao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Situação em que se encontra a elaboração do Plano Municipal de Arborização Urbana no município de Cambará.</t>
   </si>
   <si>
     <t>5540</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5540/prot._259_req_069_informacoes_agentes_de_endemias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5540/prot._259_req_069_informacoes_agentes_de_endemias.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 •	Se os agentes de endemias possuem o poder de realizar notificações e aplicar multas dentro de suas funções? Em caso negativo, solicita-se que tais atribuições lhes sejam repassadas.</t>
   </si>
   <si>
     <t>5541</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5541/prot._268_req_070_informacoes_sec._mun._assistencia_social_e_sec._mun._saude_pacientes_covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5541/prot._268_req_070_informacoes_sec._mun._assistencia_social_e_sec._mun._saude_pacientes_covid.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício à Secretária Municipal de Assistência Social, senhora Ana Paula Moro da Silva Rafael, bem como ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, para que, dentro do prazo legal (15 dias), informem a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais ações estão sendo realizadas pela pasta junto às famílias de pacientes hospitalizados com COVID fora do município de Cambará?_x000D_
 •	Todos os direitos destes familiares estão sendo garantidos?_x000D_
 •	A Secretaria está realizando um trabalho de humanização aos familiares, por exemplo, entrando em contato com os hospitais que se encontram os pacientes transferidos para obter informações e repassá-las à família?</t>
   </si>
   <si>
     <t>5542</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5542/prot._269_req_071_informacoes_vulnerabilidade.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5542/prot._269_req_071_informacoes_vulnerabilidade.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quantidade de munícipes que se encontram em situação de vulnerabilidade motivada pela pandemia, sendo as que perderam os empregos ou que trabalham em serviços não essenciais (ex. pintor).</t>
   </si>
   <si>
     <t>5543</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5543/prot._279_req_072_informacoes_plano_municipal_do_idoso_e_adolescentes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5543/prot._279_req_072_informacoes_plano_municipal_do_idoso_e_adolescentes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se em Cambará há o Plano Municipal do Idoso e o Plano Municipal da Criança e do Adolescente?_x000D_
 •	Quais as estratégias adotadas pelo município com relação aos idosos, bem como com relação às crianças e aos adolescentes?_x000D_
 •	Há programas municipais relacionados às crianças e adolescentes contra os maus tratos/violência?_x000D_
 •	Se as Leis abaixo relacionadas encontram-se sendo aplicadas, em caso negativo que justifiquem o motivo de não estarem?_x000D_
 - Leis Municipais nº.: 1.326/2006; 1.356/2007; 1.463/2020; 1.662/2017.</t>
   </si>
   <si>
     <t>5544</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5544/prot._285_req_073_informacoes_programa_saude_com_agente.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5544/prot._285_req_073_informacoes_programa_saude_com_agente.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município aderiu ao Programa Saúde com Agente, destinado à formação técnica dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias. Em caso negativo que informa o motivo da não aderência.</t>
   </si>
   <si>
     <t>5545</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5545/prot._287_req_074_informacoes_criterios_de_distribuicao_assist._social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5545/prot._287_req_074_informacoes_criterios_de_distribuicao_assist._social.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Tipos de fornecimentos que são ofertados aos munícipes pela Secretaria Municipal de Assistência Social, tais como: distribuição de cestas básicas, de caixas de leite, kits de alimentação emergencial..._x000D_
 •	Critérios utilizados para distribuição de cada um dos fornecimentos que realizem._x000D_
 •	A cumulação de recebimentos é possível? Por exemplo, uma família pode receber cesta básica e também caixas de leite ou outros itens? Em caso positivo que especifiquem os critérios utilizados neste fim.</t>
   </si>
   <si>
     <t>5546</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5546/prot._295_req_075_informacoes_filas_exames.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5546/prot._295_req_075_informacoes_filas_exames.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Situação das filas de munícipes aguardando para realização dos seguintes exames: Ultrassom de mama, mamografia e ultrassom transvaginal. Especificando se há filas, quantos munícipes estão aguardando cada um, tempo médio de espera para marcar e realizar o mesmo.</t>
   </si>
   <si>
     <t>5547</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5547/prot._302_req_076_informacoes_rodizio_gm.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5547/prot._302_req_076_informacoes_rodizio_gm.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Critérios utilizados para definição do rodízio de escala de horários dos Guardas Municipais.</t>
   </si>
   <si>
     <t>5548</t>
   </si>
   <si>
     <t>Geraldinho PHN, João Mattar, Márcio Albertini, Walmir da Fisioterapia</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5548/prot._313_req_077_reiteracao_191_informacoes_recursos_prestacao_de_contas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5548/prot._313_req_077_reiteracao_191_informacoes_recursos_prestacao_de_contas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Walmir Joaquim, reiteram o requerimento protocolado sob o nº 191, para que a Vossa Excelência se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis prestação de contas, em ordem cronológica, dos recursos federais e estaduais enviados ao município por conta do combate à pandemia. Destaca-se que o relatório deverá conter as seguintes informações dos recursos financeiros extra recebidos:_x000D_
 _x000D_
 •	Número do banco e da conta onde foram creditados cada envio;_x000D_
 •	Comprovantes dos pagamentos, das notas fiscais, das notas de empenho constando a licitação e ou dispensa, nota da liquidação, comprovante da entrada da mercadoria no es</t>
   </si>
   <si>
     <t>5549</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5549/prot._314_req_078_reiteracao_179_informacoes_vacinados.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5549/prot._314_req_078_reiteracao_179_informacoes_vacinados.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, reiteram o requerimento protocolado sob o nº 179 para que Vossa Excelência se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Relação da lista de vacinados no Plano Municipal de Vacinação contra o COVID-19 no Município de Cambará, especificando: Nome Completo do vacinado, Número do CPF (com os 05 primeiros dígitos substituídos por asteriscos), Indicação da fase de vacinação em que foi enquadrado, Data e Local da vacinação.</t>
   </si>
   <si>
     <t>5550</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5550/prot._318_req_079_informacoes_orteses_e_proteses.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5550/prot._318_req_079_informacoes_orteses_e_proteses.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há represálias de órteses e próteses? _x000D_
 •	Há uma estratégia se serem realizadas compras com esta finalidade?</t>
   </si>
   <si>
     <t>5551</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5551/prot._326_req_080_informacoes_lc_181_saldo_remanescente_sec._saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5551/prot._326_req_080_informacoes_lc_181_saldo_remanescente_sec._saude.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há saldo remanescente nas contas bancárias relacionadas à Secretaria Municipal de Saúde?_x000D_
 •	Em caso positivo, solicita que realize a transposição, a transferência e/ou a reprogramação destes saldos financeiros, conforme permite a Lei Complementar nº. 181/2021.</t>
   </si>
   <si>
     <t>5552</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5552/prot._332_req_081_informacoes_aprovados_concurso.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5552/prot._332_req_081_informacoes_aprovados_concurso.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Relação contendo todos os aprovados, dentro do número de vagas do Concurso Público nº. 026/2016, que não foram nomeados até o momento, especificando, cargo, classificação, nome completo, endereço e telefone de cada um.</t>
   </si>
   <si>
     <t>5553</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5553/prot._336_req_082_informacoes_gov._do_estado_vacina_pfzier.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5553/prot._336_req_082_informacoes_gov._do_estado_vacina_pfzier.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Governador do Estado do Paraná, senhor Carlos Massa Ratinho Junior, para que este determine ao setor competente, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais os critérios utilizados para distribuição de doses da vacina Pfzier? Motivos pelos quais o município de Cambará não foi contemplado?</t>
   </si>
   <si>
     <t>5554</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5554/prot._337_req_083_informacoes_cota_extra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5554/prot._337_req_083_informacoes_cota_extra.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Relação referente aos munícipes que realizarem exames cota extra no CISNORPI de janeiro de 2021 até data de protocolo deste, contendo: Nome completo do paciente; exame realizado; data do pedido de exame; data da realização do mesmo.</t>
   </si>
   <si>
     <t>5555</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5555/prot._341_req_084_informacoes_sec._mun._saude_e_educacao_professores_vacinados.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5555/prot._341_req_084_informacoes_sec._mun._saude_e_educacao_professores_vacinados.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, bem como a Secretária Municipal de Educação, senhora Francielle Axman Tavares Duarte, para que, dentro do prazo legal (15 dias), informem a esta Casa de Leis:_x000D_
 _x000D_
 •	Quantidade de professores da rede pública estadual e municipal, bem como da rede privada de ensino já foram vacinados e quantos ainda faltam.</t>
   </si>
   <si>
     <t>5676</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5676/prot._348_req_085_informacoes_vacina_servidores_afastados.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5676/prot._348_req_085_informacoes_vacina_servidores_afastados.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Relação com o nome e função de todos os servidores públicos municipais que se encontram afastados de suas funções;_x000D_
 •	Que informem se estes servidores supramencionados já receberam a vacina referente ao COVID-19. Em caso negativo, que informem o motivo.</t>
   </si>
   <si>
     <t>5677</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5677/prot._354_req_086_informacoes_19_regional_de_saude_pfzier.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5677/prot._354_req_086_informacoes_19_regional_de_saude_pfzier.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe da 19ª Regional de Saúde, senhor Marcelo Nascimento, bem como a Chefe da Divisão da Vigilância e Atenção Básica, senhora Marcia Scarpelim, para que estes, dentro do prazo legal (15 dias), informem a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais os critérios utilizados para distribuição de doses da vacina Pfzier? Motivos pelos quais o município de Cambará não foi contemplado?</t>
   </si>
   <si>
     <t>5678</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5678/prot._357_req_087_informacoes_iptu.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5678/prot._357_req_087_informacoes_iptu.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quem recebe a cobrança do IPTU? Quais os requisitos para fazer jus a tal cobrança?_x000D_
 •	Por quem a cobrança é realizada? Qual setor faz a destinação da mesma?_x000D_
 •	Há responsabilidade dos vereadores na cobrança do IPTU? Os mesmos interferem em algo para sua emissão?</t>
   </si>
   <si>
     <t>5679</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5679/prot._358_req_088_informacoes_caminhoneiros_bergamaschi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5679/prot._358_req_088_informacoes_caminhoneiros_bergamaschi.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se foram realizadas notificações à Yoki e à Associação dos Caminhoneiros de Cambará acerca da proibição de estacionar caminhões na Rua José Frediane, no Conjunto Bergamaschi? Se realizaram orientações aos motoristas?</t>
   </si>
   <si>
     <t>5691</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5691/prot._364_req_090_informacoes_servidores_vigilancia_e_agentes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5691/prot._364_req_090_informacoes_servidores_vigilancia_e_agentes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim requer a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quantidade de servidores lotados na Vigilância Sanitária, bem como quantidade de funcionários que atuam como agentes de endemias e agentes comunitários de saúde, especificando nomes e funções respectivas. _x000D_
 •	Se quantidade atual supre as demandas existentes no município.</t>
   </si>
   <si>
     <t>5692</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5692/prot._372_req_091_informacoes_vacinacao_remanescente.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5692/prot._372_req_091_informacoes_vacinacao_remanescente.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim requer a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se está ocorrendo a vacinação de COVID-19 daqueles que não compareceram no dia agendado em que se enquadravam? Em caso positivo, que explique como estão sendo realizadas.</t>
   </si>
   <si>
     <t>5724</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5724/prot._379_req_092_informacoes_licitacao_monitoramento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5724/prot._379_req_092_informacoes_licitacao_monitoramento.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, a vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe/encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Cópia do Processo Licitatório para aquisição do Sistema de Vídeo de Monitoramento do município – encaminhando-a de capa a capa;_x000D_
 •	Motivo pelo qual não houve prioridade para contratação de empresa do município para este fim;_x000D_
 •	Se as empresas do município foram comunicadas sobre a abertura deste certame.</t>
   </si>
   <si>
     <t>5725</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5725/prot._383_req_093_informacoes_equipes_postos_de_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5725/prot._383_req_093_informacoes_equipes_postos_de_saude.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Composição da equipe técnica de cada Posto de Saúde da Família, especificando nome e função, contendo nesta relação as respectivas atribuições, sendo: Enfermeiros; Odontólogos; Médicos; Auxiliar e técnico de enfermagem; Auxiliar e técnico de saúde bucal; Agente Comunitário de Saúde; Recepcionista; Auxiliar de Serviços Gerais e Agente Operacional.</t>
   </si>
   <si>
     <t>5726</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5726/prot._389_req_094_informacoes_caminhao_iluminacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5726/prot._389_req_094_informacoes_caminhao_iluminacao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivo pelo qual há um caminhão para manutenção e troca de lâmpadas que ainda não foi liberado para utilização, encontrando-se parado há cerca de 03 (três) meses.</t>
   </si>
   <si>
     <t>5727</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5727/prot._394_req_095_informacoes_julho_amarelo_hepatite.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5727/prot._394_req_095_informacoes_julho_amarelo_hepatite.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, João Mattar Olivato, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município possui ações ou estratégias voltadas para a prevenção e o controle das hepatites virais? Em caso afirmativo que informe quais, e em caso negativo que ampliem as discussões neste sentido neste mês de Julho, o qual é voltado para o combate à hepatite.</t>
   </si>
   <si>
     <t>5728</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5728/prot._402_req_096_informacoes_escala_gm.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5728/prot._402_req_096_informacoes_escala_gm.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Tabela de escalas dos Guardas Municipais, referentes aos rodízios de turnos que foram realizados, do mês de janeiro até a data de protocolo deste.</t>
   </si>
   <si>
     <t>5729</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5729/prot._403_req_097_rocagem.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5729/prot._403_req_097_rocagem.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcos Roberto de Oliveira, requer a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Metragem total de área do município destinada a roçagem.</t>
   </si>
   <si>
     <t>5730</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5730/prot._407_req_098_informacoes_cotas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5730/prot._407_req_098_informacoes_cotas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Qual a quantidade de cotas mensais do município junto ao CISNORPI, para: Tomografias, consultas de pneumologista, cardiologista, psiquiatra e psicólogo. _x000D_
 •	Quantas cotas extras foram utilizadas em cada mês para o exame e especialistas supramencionados. _x000D_
 - Que as informações encaminhadas sejam do mês de janeiro de 2021 até data de protocolo deste.</t>
   </si>
   <si>
     <t>5731</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5731/prot._409_req_099_informacoes_portal_da_transparencia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5731/prot._409_req_099_informacoes_portal_da_transparencia.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis com base do seguinte fato: _x000D_
 - No Portal da Transparência, ano 2020, publicações, no arquivo Lei de Responsabilidade Fiscal, Relatório Resumido da Execução Orçamentária, demonstrativo da Receita Corrente Líquida período Janeiro/2020 a Dezembro/2020, está registrado na coluna Especificação, item Receitas Correntes, Outras Receitas Correntes: Janeiro R$ 325.608,24 (trezentos e vinte e cinco mil, seiscentos e oito reais e vinte e quatro centavos); Fevereiro R$ 495.237,88 (quatrocentos e noventa e cinco mil, duzentos e trinta e sete reais e</t>
   </si>
   <si>
     <t>5732</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5732/prot._410_req_100_informacoes_tac.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5732/prot._410_req_100_informacoes_tac.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Fotocópia de todas os Termos de Ajustamento de Conduta (TAC) realizados entre o Município de Cambará e o Ministério Público que ainda se encontram vigentes.</t>
   </si>
   <si>
     <t>5733</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5733/prot._414_req_101_informacoes_sanepar_cobrancas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5733/prot._414_req_101_informacoes_sanepar_cobrancas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o Vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, requererem a Vossa Excelência, que se digne a enviar ofício à SANEPAR, para que dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Critérios utilizados para tarifação como residencial e comercial;_x000D_
 •	Motivos pelos quais empresas pequenas estão sendo tarifadas como empresas de grande porte.</t>
   </si>
   <si>
     <t>5734</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5734/prot._416_req_102_informacoes_cosip.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5734/prot._416_req_102_informacoes_cosip.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o Vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, requererem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Tabela com valores de entradas (arrecadações) e saídas (despesas) referentes à COSIP.</t>
   </si>
   <si>
     <t>5735</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5735/prot._420_req_103_informacoes_portaria_894.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5735/prot._420_req_103_informacoes_portaria_894.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais ações e promoções em relação à saúde do idoso, da gestante e das crianças estão sendo realizadas na Atenção Básica de Saúde, referente à Portaria GM/MS nº. 894, de 11 de maio de 2021? Se não estiverem sendo realizadas, solicita que se atentem e as façam.</t>
   </si>
   <si>
     <t>5736</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5736/prot._421_req_104_informacoes_programa_de_suplementacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5736/prot._421_req_104_informacoes_programa_de_suplementacao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município participa do Programa de Suplementação de Vitamina A, e ainda, se disponibiliza a suplementação de ferro para crianças e gestantes como profilaxia.</t>
   </si>
   <si>
     <t>5737</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5737/prot._422_req_105_informacoes_19_regional_de_saude_tomografia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5737/prot._422_req_105_informacoes_19_regional_de_saude_tomografia.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe da 19ª Regional de Saúde, senhor Marcelo Nascimento, para que este, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivo pelo qual foi estipulada uma determinação interna para que os exames de tomografia passem por uma avaliação médica antes de serem marcados._x000D_
 •	A elaboração da mencionada determinação foi influenciada por algum cidadão cambaraense? Em caso afirmativo, qual foi a influência realizada?</t>
   </si>
   <si>
     <t>5738</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5738/prot._424_req_106_informacoes_janssen.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5738/prot._424_req_106_informacoes_janssen.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 - Relação contendo o nome completo, endereço e CPF de todos os munícipes que receberam doses da vacina Janssen em Cambará. _x000D_
 - Motivo pelo qual não está sendo atualizada lista de vacinados no site do Executivo Municipal? Solicita-se que a mencionada atualização ocorra de acordo com a Lei Municipal nº. 1.876/2021.</t>
   </si>
   <si>
     <t>5739</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5739/prot._425_req_107_informacoes_receita.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5739/prot._425_req_107_informacoes_receita.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Qual ação administrativa provocou a receita encontrada no Portal da Transparência, Publicações, Anexos da Lei n° 4.320/64, Anexo X, Período janeiro a dezembro de 2020, Comparativo da Receita Orçada com a Arrecadada, onde consta CESSÃO DE DIREITOS, coluna Arrecadado, referente ao valor de R$ 187.260,12 (cento e oitenta e sete mil, duzentos e sessenta reais e doze centavos).</t>
   </si>
   <si>
     <t>5793</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5793/prot._428_req_108_informacoes_adesao_vacina_influenza.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5793/prot._428_req_108_informacoes_adesao_vacina_influenza.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Qual foi o percentual de adesão da população cambaraense à vacinação contra a Influenza tratando-se da realizada por meio do calendário oficial, sendo: crianças, gestantes, puérperas, trabalhadores da saúde, idosos, professores e demais grupos prioritários.</t>
   </si>
   <si>
     <t>5794</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5794/prot._433_req_109_informacoes_monitoramento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5794/prot._433_req_109_informacoes_monitoramento.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Como funciona o monitoramento de segurança do município, especificando, por exemplo: A quem compete o monitoramento; Quais as funções dos responsáveis; Como são realizados os monitoramentos... _x000D_
 •	Que encaminhe cópia do contrato referente ao Sistema de Monitoramento, bem como cópia dos aditivos relacionados ao mesmo.</t>
   </si>
   <si>
     <t>5795</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5795/prot._438_req_110_informacoes_19_regional_de_saude_planejamento_familiar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5795/prot._438_req_110_informacoes_19_regional_de_saude_planejamento_familiar.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe da 19ª Regional de Saúde, senhor Marcelo Nascimento, para que este, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se realizam trabalhos relacionados ao Planejamento Familiar, tais como: Vasectomia e laqueadura? Em caso positivo, que informem a fila de espera dos munícipes cambaraenses com relação a cada um dos procedimentos.</t>
   </si>
   <si>
     <t>5796</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5796/prot._439_req_111_informacoes_busca_moradores_de_rua.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5796/prot._439_req_111_informacoes_busca_moradores_de_rua.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se a Secretaria Municipal de Assistência Social e a Secretaria Municipal de Saúde possuem estratégia de busca ativa dos moradores de rua? Em caso positivo que informem como a mesma ocorre.</t>
   </si>
   <si>
     <t>5797</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5797/prot._440_req_112_informacoes_bb.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5797/prot._440_req_112_informacoes_bb.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, membro e relator da Comissão de Legislação, Justiça e Redação, requer a Vossa Excelência, que se digne a enviar ofício ao Gerente do Banco do Brasil da agência de Cambará, para que este, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o Banco do Brasil realiza operações de crédito destinada a fomentação de políticas públicas municipais, tal qual a oferecida pela Agência de Fomento do Paraná S.A., conforme simulação em anexo. Se afirmativo, que encaminhe a esta Casa uma proposta de crédito, nos moldes ofertado pela instituição financeira alhures.</t>
   </si>
   <si>
     <t>5798</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5798/prot._441_req_113_informacoes_bndes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5798/prot._441_req_113_informacoes_bndes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, membro e relator da Comissão de Legislação, Justiça e Redação, requer a Vossa Excelência, que se digne a enviar ofício o Presidente do BNDES, para que este, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o BNDES realiza operações de crédito destinada a fomentação de políticas públicas municipais, tal qual a oferecida pela Agência de Fomento do Paraná S.A., conforme simulação em anexo. Se afirmativo, que encaminhe a esta Casa uma proposta de crédito, nos moldes ofertado pela instituição financeira alhures.</t>
   </si>
   <si>
     <t>5799</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5799/prot._442_req_114_informacoes_cef.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5799/prot._442_req_114_informacoes_cef.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, membro e relator da Comissão de Legislação, Justiça e Redação, requer a Vossa Excelência, que se digne a enviar ofício ao Gerente da Caixa Econômica Federal da agência de Cambará, para que este, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se a Caixa Econômica realiza operações de crédito destinada a fomentação de políticas públicas municipais, tal qual a oferecida pela Agência de Fomento do Paraná S.A., conforme simulação em anexo. Se afirmativo, que encaminhe a esta Casa uma proposta de crédito, nos moldes ofertado pela instituição financeira alhures.</t>
   </si>
   <si>
     <t>5800</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5800/prot._443_req_115_informacoes_pl_54.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5800/prot._443_req_115_informacoes_pl_54.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, membro e relator da Comissão de Legislação, Justiça e Redação, requer a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se foi realizado cotação/simulação com outras instituições financeiras para a realização da operação de crédito, objeto do Projeto de Lei nº 54/2021. Se afirmativo, que encaminhe a esta Casa os respectivos orçamentos;_x000D_
 •	Se foi realizado um pré-projeto das ações a serem realizadas por meio do aludido PL. Se afirmativo, que encaminhe a esta Casa o projeto, o memorial descritivo das obras, os orçamentos da mão de obra e material, cronograma físico-financeiro, bem como todo o levantamento realizado para se chegar ao valor estimado de R$5.000.000,00 (cinco milhões de re</t>
   </si>
   <si>
     <t>5801</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5801/prot._445_req_116_informacoes_19_regional_de_saude_caps_i.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5801/prot._445_req_116_informacoes_19_regional_de_saude_caps_i.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício à Chefe da Divisão de Atenção Básica e Gestão à Saúde da 19ª Regional de Saúde, senhora Mariana Salles, para que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Se o município de Cambará está apto para instalação de unidade do CAPS I (Centro de Atenção Psicossocial)?_x000D_
 - Se há algum incentivo do Governo Federal para instalação do mencionado Centro no município de Cambará?</t>
   </si>
   <si>
     <t>5802</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5802/prot._447_req_117_informacoes_portaria_705.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5802/prot._447_req_117_informacoes_portaria_705.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais foram os investimentos realizados pelo município de Cambará com o recurso especificado na Resolução SESA nº. 705/2020, a qual: “Dispõe acerca da destinação, excepcional, de recursos angariados a título de prestação pecuniária, provenientes do Poder Judiciário alocado no Fundo Estadual de Saúde, a ser repassado aos municípios, para o enfretamento da Emergência de Saúde Pública de Importância Internacional decorrente do Coronavírus – Covid-19”.</t>
   </si>
   <si>
     <t>5803</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5803/prot._448_req_118_informacoes_portal_da_transparencia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5803/prot._448_req_118_informacoes_portal_da_transparencia.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	No Portal da Transparência, ano 2020, publicações, anexos da Lei nº. 4.320/64, anexo XIII, demonstração dos fluxos de caixa, na página 03 (três), no item transferências correntes recebidas consta “outras transferências correntes recebidas” demonstrando o valor de R$ 8.111.893,27 (oito milhões, cento e onze mil, oitocentos e noventa e três reais e vinte e sete centavos). _x000D_
 •	E ainda, nesse mesmo arquivo supramencionado, na página 04 (quatro), no item de título “encargos especiais” consta demonstrado o valor de R$ 2.788.187,42 (do</t>
   </si>
   <si>
     <t>5804</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5804/prot._452_req_119_informacoes_bb_obras.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5804/prot._452_req_119_informacoes_bb_obras.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Gerente do Banco do Brasil da agência de Cambará, para que este, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Qual o prazo previsto para conclusão das obras na Agência do Banco do Brasil no município? Há uma previsão de retorno para funcionamento de saques nos caixas eletrônicos?</t>
   </si>
   <si>
     <t>5805</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5805/prot._453_req_120_informacoes_odontologia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5805/prot._453_req_120_informacoes_odontologia.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Sobre os consultórios de atendimentos odontológicos nas Unidades Básicas de Saúde do município: _x000D_
 - Se os mobiliários, iluminação e ventilação seguem as normas estipuladas para sua instalação e funcionamento? Em caso positivo que informem desde quando estão atuando desta forma._x000D_
 - Há laudos de Técnicos do Trabalho sobre a situação destas salas de atendimentos odontológicos? _x000D_
 - As cadeiras utilizadas são ergométricas? _x000D_
 - Há aparelhos de ar condicionado em funcionamento? Em caso positivo, que informem a data de instalação dos mesmo</t>
   </si>
   <si>
     <t>5849</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5849/prot._478_req_122_tomografo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5849/prot._478_req_122_tomografo.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores João Mattar Olivato, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso,  requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Se há a possibilidade de o município fazer a aquisição de um tomógrafo? Em caso positivo, solicita-se que sejam tomadas as providências necessárias para a sua compra.</t>
   </si>
   <si>
     <t>5850</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5850/prot._479_req_123_informacoes_agosto_dourado.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5850/prot._479_req_123_informacoes_agosto_dourado.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município possui ações e estratégias relacionadas ao “Agosto Dourado”, mês dedicado à intensificação das ações de promoção, proteção e apoio ao aleitamento materno? Em caso positivo que informe quais são, e em caso negativo que sejam tomadas providências no sentido de dar ampla divulgação para o incentivo a amamentação, ainda este mês, e já realizem programações para os próximos anos.</t>
   </si>
   <si>
     <t>5851</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5851/prot._481_req_124_informacoes_insalubridade_ltcat.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5851/prot._481_req_124_informacoes_insalubridade_ltcat.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivo pelo qual foi retirado o adicional de insalubridade de diversas categorias de servidores do Executivo Municipal?_x000D_
 •	Quais categorias foram atingidas por esta retirada?_x000D_
 •	Cópia do Processo Licitatório referente à contratação de empresa para realizar o LTCAT.</t>
   </si>
   <si>
     <t>5852</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5852/prot._487_req_125_informacoes_pl_54_complemento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5852/prot._487_req_125_informacoes_pl_54_complemento.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, a Mesa Diretiva, composta pelos vereadores Marcio José Albertini, Walmir Joaquim e Karen Dadona, acompanhada pelo vereador Geraldo de Paula Dias Carvalho, REITERAM requerimento a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se foi realizado cotação/simulação com outras instituições financeiras para a realização da operação de crédito, objeto do Projeto de Lei nº 54/2021. Se afirmativo, que encaminhe a esta Casa os respectivos orçamentos;_x000D_
 •	Tem-se que na resposta encaminhada por meio do Ofício nº. 082/2021, da Secretaria Municipal de Infraestrutura Urbana consta que foram realizadas análises técnicas, pré-projetos e planilhas orçamentárias prévias, no entanto, tal documentação não foi encaminhada em sua int</t>
   </si>
   <si>
     <t>5853</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5853/prot._488_req_126_informacoes_veiculos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5853/prot._488_req_126_informacoes_veiculos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais os veículos que o município possui em sua frota (identificando-os por modelo, marca, ano e placa)?_x000D_
 •	Que especifique em qual Secretaria cada um dos veículos supramencionados se encontra alocado. _x000D_
 •	Sobre cada um dos veículos, que informe a data em que foi realizada a última revisão e a data em que foi realizada a última troca de pneus.</t>
   </si>
   <si>
     <t>5854</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5854/prot._489_req_127_informacoes_capacitacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5854/prot._489_req_127_informacoes_capacitacao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Como são realizadas as capacitações dos servidores, especificando-as por Secretaria?_x000D_
 •	Quando foi a última capacitação realizada pelos servidores de cada uma das Secretarias?_x000D_
 •	Os servidores que participam de cursos (online ou presencial) os repassam aos demais servidores alocados em sua Secretaria? Em caso positivo, que informe como o repasse é realizado.</t>
   </si>
   <si>
     <t>5876</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5876/prot._495_req_128_informacoes_medidas_vulneraveis_casa_de_apoio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5876/prot._495_req_128_informacoes_medidas_vulneraveis_casa_de_apoio.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há Programas no Município no sentido da criação de albergues, casas de apoio, abrigos ou casas de passagem para pessoas que estão em situação de rua? Em caso positivo que informe quais, e em caso negativo que sejam elaboradas medidas visando a criação dos mesmos._x000D_
 •	Se são promovidas ações efetivas de prevenção e resgate social daqueles que se encontram em situação de rua, com foco na inserção familiar, fortalecer e resgatar os vínculos, inclusão do Benefício de Prestação Continuada e encaminhamento à área de saúde, principal</t>
   </si>
   <si>
     <t>5877</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5877/prot._496_req_129_informacoes_creches.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5877/prot._496_req_129_informacoes_creches.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se há crianças no município, em situação de vulnerabilidade, que se encontram fora dos Centros Municipais de Educação Infantil (CMEI)?_x000D_
 •	Como estão as vagas para os Centros Municipais de Educação Infantil (CMEI) no município, há filas de espera ou as vagas ofertadas suprem a demanda? _x000D_
 - Caso haja fila de espera que informem a quantidade e a faixa etária aguardando. E, ainda, que construam um Centro de Educação Infantil para atender a demanda existente, principalmente relacionada às crianças de 0 a 3 anos em situação de vulnerab</t>
   </si>
   <si>
     <t>5878</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5878/prot._497_req_130_informacoes_censo_municipal_situacao_de_rua.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5878/prot._497_req_130_informacoes_censo_municipal_situacao_de_rua.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Censo Municipal do número de pessoas em situação de rua, classificadas por: idade, sexo, problemas mentais, dependentes químicos, vínculo familiar, naturalidade, escolaridade e residência.</t>
   </si>
   <si>
     <t>5879</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5879/prot._500_req_131_informacoes_irregularidade_tce.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5879/prot._500_req_131_informacoes_irregularidade_tce.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Cópia dos achados do Tribunal de Contas do Estado do Paraná ante a Prefeitura Municipal de Cambará referentes ao monitoramento realizado de 1º de abril de 2019 a 19 de fevereiro de 2020, especificando quais não foram regularizados e os que os foram, encaminhando a providência que foi tomada sobre cada um dos achados;_x000D_
 •	Cópia das recomendações apontadas na auditoria realizada pelo Tribunal na folha de pagamento do Poder Executivo do município de Cambará, em cumprimento ao Plano Anual de Fiscalização (PAF) de 2017 do TCE-PR. As</t>
   </si>
   <si>
     <t>5880</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5880/prot._505_req_132_informacoes_setembro_amarelo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5880/prot._505_req_132_informacoes_setembro_amarelo.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	O município possui estratégias e ações de conscientização referentes ao Setembro Amarelo, em prevenção ao suicídio? Em caso positivo que informe quais.</t>
   </si>
   <si>
     <t>5881</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5881/prot._506_req_133_informacoes_inclusao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5881/prot._506_req_133_informacoes_inclusao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	O Município possui/realiza avaliação multidisciplinar para inclusão dos alunos com deficiência nas escolas? Em caso positivo, por quanto tempo são realizadas e com que frequência?_x000D_
 •	O Município possui condições de realizar a inclusão de forma adequada nas escolas? _x000D_
 •	Quais escolas estão mais preparadas, no município, para realizar o acolhimento dos alunos com deficiência?_x000D_
 •	Nas salas de aula com alunos de inclusão há monitores ou professores auxiliares?</t>
   </si>
   <si>
     <t>5900</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5900/prot._512_req_134_informacoes_kit_de_merendas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5900/prot._512_req_134_informacoes_kit_de_merendas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Estão sendo realizadas entregas de kits de merendas escolares aos alunos? _x000D_
 - Em caso positivo que informem com que frequência estão sendo realizadas e quem está sendo atendido. Em caso negativo que informem o motivo e desde quando não estão mais realizando a entrega.</t>
   </si>
   <si>
     <t>5901</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5901/prot._513_req_135_informacoes_registro_de_ponto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5901/prot._513_req_135_informacoes_registro_de_ponto.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Como cada Secretaria Municipal, especificando-as uma a uma, faz o registro dos pontos dos servidores? _x000D_
 •	O registro é realizado da mesma forma nos dias de semana e nos finais de semana trabalhados? Caso sejam realizados registros de forma diferente aos finais de semana, que informem o motivo deste feito, bem como quem é o responsável pelo controle dos documentos de registro e horas trabalhadas.</t>
   </si>
   <si>
     <t>5902</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5902/prot._517_req_136_informacoes_passaporte_vacinacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5902/prot._517_req_136_informacoes_passaporte_vacinacao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município de Cambará tem realizado o preenchimento devido com as informações que se fazem necessárias para liberação do “passaporte da vacinação” por meio de aplicativos (ex.: Conecte SUS, São Paulo e-saúde), os quais irão substituir as carteirinhas de vacinação físicas e autorizar a entrada em eventos de diversos Estados. _x000D_
 •	O município de Cambará pretende aderir ao “passaporte da vacinação” para liberar eventos culturais, esportivos e reuniões? Em caso positivo que informe as estratégias neste sentido, e em caso negativo</t>
   </si>
   <si>
     <t>5903</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5903/prot._518_req_137_informacoes_periculosidade.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5903/prot._518_req_137_informacoes_periculosidade.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais os cargos de servidores públicos municipais que fazem jus ao recebimento de adicional de periculosidade?_x000D_
 •	Como é realizado o cálculo para pagamento do adicional de periculosidade?_x000D_
 •	Há o recebimento de adicional de periculosidade pelos servidores quando estão de férias, licença ou apresentam atestados?_x000D_
 - Em caso negativo, que informem como é efetuado esse desconto no salário dos servidores e, ainda, que apresentem o parecer jurídico que fundamente este desconto.</t>
   </si>
   <si>
     <t>5904</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5904/prot._519_req_138_informacoes_sec._municipal_de_saude_medicamentos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5904/prot._519_req_138_informacoes_sec._municipal_de_saude_medicamentos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, para que este, dentro do prazo legal (15 dias), informe/encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Planilha de entrega de medicamentos da Farmácia vencedora do certame licitatório, contendo: Os registros de saída onde constam os nomes dos beneficiários ou departamento para onde foi encaminhado o medicamento, identificação civil, endereço completo e respectiva receita ou requisição médica onde esteja identificado o nome profissional responsável. _x000D_
 - Dados do mês de maio ao mês de setembro de 2021.</t>
   </si>
   <si>
     <t>5905</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5905/prot._520_req_139_informacoes_sec._assist._social_contemplados_casas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5905/prot._520_req_139_informacoes_sec._assist._social_contemplados_casas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o Vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, requererem a Vossa Excelência, que se digne a enviar ofício a Secretária Municipal de Assistência Social, senhora Ana Paula Moro da Silva Rafael, para que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Relação com o nome dos contemplados para recebimento das 56 (cinquenta e seis) casas entregues no município.</t>
   </si>
   <si>
     <t>5906</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5906/prot._522_req_140_informacoes_denuncias_guarda_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5906/prot._522_req_140_informacoes_denuncias_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Há uma fiscalização quanto ao uso da água para limpeza de veículos, bicicletas ou outros meios de locomoção particulares pelos servidores ou munícipes na sede da Guarda Municipal?_x000D_
 * Em caso positivo que informe quais os meios de inibir que isso ocorra e em caso negativo que sejam tomadas providências urgentes com este objetivo.</t>
   </si>
   <si>
     <t>5907</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5907/prot._524_req_141_informacoes_denuncias_agentes_de_endemias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5907/prot._524_req_141_informacoes_denuncias_agentes_de_endemias.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Motivo pelo qual o veículo oficial do município pertencente à Vigilância Sanitária encontra-se alocado na garagem do responsável pela divisão de endemias, sendo que o mesmo se encontra de férias e os servidores se deslocando para bairros distantes com as bombas nas costas a pé?</t>
   </si>
   <si>
     <t>5933</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5933/prot._525_req_142_informacoes_cestas_basicas_acoes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5933/prot._525_req_142_informacoes_cestas_basicas_acoes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Está sendo realizada a entrega de cestas básicas pela Secretaria Municipal de Assistência Social?_x000D_
 - Quais são os critérios para fazer jus as mesmas?_x000D_
 - Quantidade de famílias que foram atendidas mensalmente de janeiro de 2021 até a data de protocolo deste._x000D_
 - As famílias que estão enfrentando crises devido a pandemia estão sendo atendidas com cestas básicas? Em caso negativo que expliquem o motivo. _x000D_
 - Quais são as estratégias elaboradas pela Secretaria Municipal de Assistência Social para continuidade da ação de entrega de cestas</t>
   </si>
   <si>
     <t>5934</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5934/prot._527_req_143_informacoes_zeladoria_contratacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5934/prot._527_req_143_informacoes_zeladoria_contratacao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Como é organizado o trabalho relacionado à zeladoria do município, especificando ainda, com que frequência o serviço de zeladoria é realizado nos bairros._x000D_
 - O Executivo Municipal pretende contratar, por meio da terceirização, pessoas para atuar na área da zeladoria? Em caso positivo, quando pretendem fazê-lo e qual o número de pessoas que almejam terceirizar para a área.</t>
   </si>
   <si>
     <t>5935</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5935/prot._530_req_144_informacoes_quadro_servidores_escolas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5935/prot._530_req_144_informacoes_quadro_servidores_escolas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe/encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 a)	Quadro de servidores na função de serviços gerais que atuam nas Escolas Municipais e nos Centros Municipais de Educação. Carga horária diária destes servidores em cada uma das instituições de ensino que atuam._x000D_
 b)	Quantos inspetores de alunos atuam, por turno, nas escolas de grande porte da rede municipal de ensino, especificando-as._x000D_
 c)	Nos ônibus escolares municipais há monitores que acompanham os alunos? Em caso positivo que informem quantos e como atuam, já em caso negativo solicita-se que sejam tomadas providência</t>
   </si>
   <si>
     <t>5936</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5936/prot._533_req_145_informacoes_obesidade_infantil.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5936/prot._533_req_145_informacoes_obesidade_infantil.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - O Município de Cambará aderiu à estratégia de prevenção a obesidade infantil, a qual deveria ser realizada até o dia 17 de setembro? Em caso positivo, quais foram as estratégias de prevenção elaboradas pelo município com relação à obesidade infantil? Em caso negativo, que informem o motivo da não adesão. _x000D_
 - Atualmente quais são as estratégias do município com relação ao combate à obesidade infantil?</t>
   </si>
   <si>
     <t>5937</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5937/prot._535_req_146_informacoes_remume.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5937/prot._535_req_146_informacoes_remume.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 - Relação Municipal de Medicamentos Essenciais (REMUME) adquiridos pelo município mensalmente.</t>
   </si>
   <si>
     <t>5938</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5938/prot._538_req_147_reiteracao_prot._479_informacoes_agosto_dourado.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5938/prot._538_req_147_reiteracao_prot._479_informacoes_agosto_dourado.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, REITERAM requerimento a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município possui ações e estratégias relacionadas ao “Agosto Dourado”, mês dedicado à intensificação das ações de promoção, proteção e apoio ao aleitamento materno? Em caso positivo que informe quais são, e em caso negativo que sejam tomadas providências no sentido de dar ampla divulgação para o incentivo a amamentação, ainda este mês, e já realizem programações para os próximos anos.</t>
   </si>
   <si>
     <t>5939</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5939/prot._539_req_148_reiteracao_prot._481_informacoes_insalubridade_ltcat.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5939/prot._539_req_148_reiteracao_prot._481_informacoes_insalubridade_ltcat.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, REITERAM requerimento a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivo pelo qual foi retirado o adicional de insalubridade de diversas categorias de servidores do Executivo Municipal?_x000D_
 •	Quais categorias foram atingidas por esta retirada?_x000D_
 •	Cópia do Processo Licitatório referente à contratação de empresa para realizar o LTCAT.</t>
   </si>
   <si>
     <t>5940</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5940/prot._540_req_149_reiteracao_prot._488_informacoes_veiculos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5940/prot._540_req_149_reiteracao_prot._488_informacoes_veiculos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, REITERAM requerimento a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais os veículos que o município possui em sua frota (identificando-os por modelo, marca, ano e placa)?_x000D_
 •	Que especifique em qual Secretaria cada um dos veículos supramencionados se encontra alocado. _x000D_
 •	Sobre cada um dos veículos, que informe a data em que foi realizada a última revisão e a data em que foi realizada a última troca de pneus.</t>
   </si>
   <si>
     <t>5941</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5941/prot._541_req_150_reiteracao_prot._489_informacoes_capacitacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5941/prot._541_req_150_reiteracao_prot._489_informacoes_capacitacao.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, REITERAM requerimento a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Como são realizadas as capacitações dos servidores, especificando-as por Secretaria?_x000D_
 •	Quando foi a última capacitação realizada pelos servidores de cada uma das Secretarias?_x000D_
 •	Os servidores que participam de cursos (online ou presencial) os repassam aos demais servidores alocados em sua Secretaria? Em caso positivo, que informe como o repasse é realizado.</t>
   </si>
   <si>
     <t>5942</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5942/prot._543_req_151_informacoes_protocolo_distrito_industrial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5942/prot._543_req_151_informacoes_protocolo_distrito_industrial.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 - Cópia dos requerimentos encaminhados pelo Executivo Municipal ao Instituto Água e Terra (IAT), bem como, ao Instituto Ambiental do Paraná (IAP) e ao Instituto de Terras, Cartografia e Geociências (ITCG), referentes a pedidos de vistorias e liberação do Distrito Industrial Benedito Menossi, localizado próximo ao Bairro Votorantim. _x000D_
 - Que os requerimentos sejam enviados com os respectivos comprovantes de protocolo junto aos órgãos interessados, devendo constar número do protocolo, data e horário.</t>
   </si>
   <si>
     <t>5943</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5943/prot._550_req_152_informacoes_situacao_de_violencia_sexual.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5943/prot._550_req_152_informacoes_situacao_de_violencia_sexual.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe/encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 - O município possui uma equipe de Atenção à Saúde das Pessoas em Situação de Violência Sexual? Em caso positivo, que informem a sua composição;_x000D_
 - Quais são as ações de enfrentamento e as estratégias do município a situações de violência sexual?_x000D_
 - Quais são as etapas de atenção à pessoa em situação de violência sexual?_x000D_
 - Fluxograma de atendimento às pessoas em situação de violência sexual.</t>
   </si>
   <si>
     <t>5944</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5944/prot._552_req_153_informacoes_controle_carro_de_som.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5944/prot._552_req_153_informacoes_controle_carro_de_som.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Forma como é realizado o controle de horas efetivamente trabalhadas de serviço de propaganda de carro de som;_x000D_
 •	Que seja encaminhado cópia do controle de quilômetros rodados referentes ao serviço de propaganda de carro de som contratados por meio do Pregão Presencial – Processo nº. 26/2021.</t>
   </si>
   <si>
     <t>5945</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5945/prot._558_req_154_informacoes_enchentes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5945/prot._558_req_154_informacoes_enchentes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Quais as medidas preventivas que o município tem realizado para evitar a ocorrência de enchentes?_x000D_
 - A enchente ocorrida no município teve suas causas detectadas? Em caso positivo, que expliquem quais foram as causas e se as mesmas foram sanadas.</t>
   </si>
   <si>
     <t>5946</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5946/prot._559_req_155_informacoes_cohapar_contemplados_casas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5946/prot._559_req_155_informacoes_cohapar_contemplados_casas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o Vereador Rogério Frutuoso, acompanhado pelos vereadores João Mattar Olivato, Marcos Roberto de Oliveira, Nelson Olivato Junior e Raffaello Frascati, requererem a Vossa Excelência, que se digne a enviar ofício à COHAPAR, para que, dentro do prazo legal (15 dias), o departamento responsável encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Relação com o nome dos contemplados para recebimento das 56 (cinquenta e seis) casas entregues no município.</t>
   </si>
   <si>
     <t>5947</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5947/prot._572_req_162_informacoes_regularidade_guarda_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5947/prot._572_req_162_informacoes_regularidade_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Motivos pelos quais a Guarda Municipal de Cambará não foi contemplada pelo Programa Habite Seguro;_x000D_
 - Quais as pendências e irregularidades existentes na Guarda Municipal de Cambará, em conformidade com a Lei nº. 13.022/2021?  _x000D_
 - Solicita-se que as pendências sejam sanadas e a situação regularizada junto à SENASP/MJSP para que os servidores da Guarda Municipal de Cambará possam ser atendidos pelo Programa Nacional de Apoio à Aquisição de Habitação para Profissionais da Segurança Pública Programa Habite Seguro.</t>
   </si>
   <si>
     <t>6003</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6003/prot._578_req_163_informacoes_castracoes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6003/prot._578_req_163_informacoes_castracoes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - As castrações dos animais terão continuidade este ano no município? Qual a data prevista para reinício das mesmas?</t>
   </si>
   <si>
     <t>6004</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6004/prot._579_req_164_informacoes_vulnerabilidades.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6004/prot._579_req_164_informacoes_vulnerabilidades.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Relação, em ordem decrescente, dos bairros do município que apresentam maior número de munícipes em estado de vulnerabilidade em relação à saúde mental e também ao risco social (por exemplo: com menores condições financeiras, sem trabalhos e recebendo auxílios).</t>
   </si>
   <si>
     <t>6005</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6005/prot._580_req_165_informacoes_cursos_tecnicos_e_profissionalizantes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6005/prot._580_req_165_informacoes_cursos_tecnicos_e_profissionalizantes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Se o município de Cambará oferta à população, por meio de suas Secretarias, ou seja, de forma municipalizada, cursos técnicos e profissionalizantes, tais como: Manicure, pintor, marcenaria, confeitaria, encanador e eletricista. _x000D_
 - Em caso negativo, que informem se há a possibilidade de os mesmos serem implantados e ofertados?_x000D_
 - Em caso positivo, que informem os cursos e horários ofertados, solicitando-se, desde já, que os ofertarem em períodos noturnos.</t>
   </si>
   <si>
     <t>6006</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6006/prot._581_req_166_informacoes_vulnerabilidades_idosos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6006/prot._581_req_166_informacoes_vulnerabilidades_idosos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Qual a quantidade de idosos acamados há no município? _x000D_
 - Qual a quantidade de idosos em situação de vulnerabilidade há no município? Se possível for, que sejam especificados os tipos de vulnerabilidade.</t>
   </si>
   <si>
     <t>6007</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6007/prot._582_req_167_informacoes_transporte_alunos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6007/prot._582_req_167_informacoes_transporte_alunos.pdf</t>
   </si>
   <si>
     <t>o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Como é realizado o transporte escolar no município? _x000D_
 * Todos os Bairros são atendidos? _x000D_
 * Quais os horários de saída e chegada dos alunos?_x000D_
 * Há pontos pré-estabelecidos de embarque e desembarque? Em caso positivo, quais são? Em caso negativo, como é realizado?</t>
   </si>
   <si>
     <t>6008</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6008/prot._594_req_168_informacoes_precatorios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6008/prot._594_req_168_informacoes_precatorios.pdf</t>
   </si>
   <si>
     <t>o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 - Relação contendo todos os precatórios a serem pagos ainda este ano, encaminhando-os em ordem cronológica e alfabética;_x000D_
 - Previsão de gastos com precatórios para os anos futuros, especificando ano e ano.</t>
   </si>
   <si>
     <t>6009</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6009/prot._596_req_169_informacoes_encontro_de_contas_copel.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6009/prot._596_req_169_informacoes_encontro_de_contas_copel.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Cópia do encontro de contas da COPEL, o qual justifica o Projeto de Lei nº. 107/2021, de autoria do Executivo.</t>
   </si>
   <si>
     <t>6010</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6010/prot._597_req_170_informacoes_sec._mun._educacao_alunas_idade_menstrual.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6010/prot._597_req_170_informacoes_sec._mun._educacao_alunas_idade_menstrual.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, a vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício a Secretária Municipal de Educação, senhora Franciele Axman Tavares Duarte, para que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quantidade de alunas matriculadas nas escolas municipais se encontram em idade menstrual.</t>
   </si>
   <si>
     <t>6011</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6011/prot._598_req_171_informacoes_sec._mun._assisten._social_mulheres_vulnerabilidade_idade_menstrual.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6011/prot._598_req_171_informacoes_sec._mun._assisten._social_mulheres_vulnerabilidade_idade_menstrual.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, a vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício a Secretária Municipal de Assistência Social, senhora Ana Paula Moro da Silva Rafael, para que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quantidade de mulheres, em situação de vulnerabilidade, encontram-se em idade menstrual no município.</t>
   </si>
   <si>
     <t>6012</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6012/prot._599_req_172_informacoes_postos_de_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6012/prot._599_req_172_informacoes_postos_de_saude.pdf</t>
   </si>
   <si>
     <t>Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quantas Unidades Básicas de Saúde há no município? Que especifique quais são e a área atendida por cada um, detalhando o número de munícipes que são abrangidos uma a uma;_x000D_
 •	Todas as Unidades Básicas de Saúde do Município possuem equipe técnica completa (Enfermeiros; Odontólogos; Médicos; Auxiliar e técnico de enfermagem; Auxiliar e técnico de saúde bucal; Agente Comunitário de Saúde; Recepcionista; Auxiliar de Serviços Gerais e Agente Operacional) ou há a falta de algum profissional? Caso haja falta que especifique qual a função e qual a Unidade Básica que não o possui.  _x000D_
 •	Quantos ACS há em cada uma das UBS do munic</t>
   </si>
   <si>
     <t>6013</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6013/prot._600_req_173_informacoes_copia_processos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6013/prot._600_req_173_informacoes_copia_processos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, a Mesa Diretiva, composta pelos vereadores Marcio José Albertini, Walmir Joaquim e Karen Dadona, acompanhada pelo vereador Geraldo de Paula Dias Carvalho, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Cópia, na íntegra, dos seguintes Processos Administrativos:_x000D_
 - Processo nº. 1.385/2021;_x000D_
 - Processo nº. 1.396/2021;_x000D_
 - Processo nº. 1.388/2021;_x000D_
 - Processo nº. 1.397/2021.</t>
   </si>
   <si>
     <t>6014</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6014/prot._601_req_174_informacoes_dentistas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6014/prot._601_req_174_informacoes_dentistas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 - Cópia do registro funcional de todos os dentistas que atuam/atuaram no município de Janeiro de 2021 até data de protocolo deste, especificando Posto de Saúde que presta/prestou serviço;_x000D_
 - Cópia do controle de jornada trabalhada dos mesmos e relação de atendimentos mensais, de Janeiro de 2021 até data de protocolo deste.</t>
   </si>
   <si>
     <t>6015</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6015/prot._602_req_175_informacoes_epi_acs.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6015/prot._602_req_175_informacoes_epi_acs.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Quais os EPI’s que são fornecidos aos Agentes Comunitários de Saúde e aos Agentes de Endemias do município? _x000D_
 - Os mesmos recebem itens como: crachá de identificação, protetor solar, chapéu árabe, guarda-chuva, capa de chuva, uniformes e tênis? Em caso positivo que informe quais dos itens são entregues, e em caso negativo, que tomem as providências, urgentes, para que os Agentes os recebam.</t>
   </si>
   <si>
     <t>6016</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6016/prot._604_req_176_informacoes_nucleo_de_educacao_alunas_idade_menstrual.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6016/prot._604_req_176_informacoes_nucleo_de_educacao_alunas_idade_menstrual.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, a vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Núcleo Regional de Educação de Jacarezinho, para que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quantidade de alunas matriculadas nas escolas estaduais, no município de Cambará, se encontram em idade menstrual.</t>
   </si>
   <si>
     <t>6017</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6017/prot._606_req_177_informacoes_sec._municipal_de_saude_medicamentos_complemento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6017/prot._606_req_177_informacoes_sec._municipal_de_saude_medicamentos_complemento.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcio José Albertini, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Secretário Municipal de Saúde, senhor Francisco Peres dos Reis, para que com relação a resposta encaminhada pelo Executivo Municipal, por meio do Ofício nº. 245/2021, em resposta ao requerimento protocolado sob nº. 519/2021, onde foi solicitada “Planilha de entrega de medicamentos da Farmácia vencedora do certame licitatório, contendo: Os registros de saída onde constam os nomes dos beneficiários ou departamento para onde foi encaminhado o medicamento, identificação civil, endereço completo e respectiva receita ou requisição médica onde esteja identificado o nome profissional responsável (dados do mês de maio ao mês de setembro de 2021)”, encaminhe, dentro do prazo legal (15 dias), a esta Casa de Leis:_x000D_
 _x000D_
 •	Cópia de todas as r</t>
   </si>
   <si>
     <t>6018</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6018/prot._607_req_178_informacoes_receita_tipo_b2.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6018/prot._607_req_178_informacoes_receita_tipo_b2.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Há no município algum médico que atenda nos Postos de Saúde e utilize de Receita tipo B2 – cor azul?_x000D_
 •	Receita do tipo B2 – cor azul, permite a prescrição de medicamentos para emagrecer, caso não exista no município nenhum médico que o faça, solicita-se que se adequem para os trabalhos relacionados à obesidade.</t>
   </si>
   <si>
     <t>6019</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6019/prot._609_req_179_convocacao_sec._assist._social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6019/prot._609_req_179_convocacao_sec._assist._social.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, bem como do artigo 178 da Resolução nº08/96 – Regimento Interno, A mesa Diretiva, composta pelos vereadores Marcio José Albertini, Walmir Joaquim e Karen Dadona, acompanhada pelo vereador Geraldo de Paula Dias Carvalho, requerem a Vossa Excelência, que se digne a enviar ofício a Secretária Municipal de Assistência Social, Sra. Ana Paula Moro da Silva Rafael, convocando-a a comparecer nesta Casa de Leis para explanar sobre o seguinte quesito: Distribuição de cestas básicas.</t>
   </si>
   <si>
     <t>6020</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6020/prot._610_req_180_informacoes_estrategia_pop._ribeirinha.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6020/prot._610_req_180_informacoes_estrategia_pop._ribeirinha.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	O município possui estratégias voltadas à população ribeirinha, a qual se encontra em constante situação de risco?_x000D_
 - Em caso positivo que informe quais. _x000D_
 - Em caso negativo que elaborem estratégias no sentido de retirar essa população de suas residências e lhes fornecer uma moradia digna e segura, inclusive em parceria com as demais esferas de Governo.</t>
   </si>
   <si>
     <t>6021</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6021/prot._611_req_181_informacoes_servidores_posto_de_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6021/prot._611_req_181_informacoes_servidores_posto_de_saude.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais servidores do município possuem CNES?_x000D_
 •	O que ocorre com cada um destes com relação a geração de produção?_x000D_
 •	Caso não haja a geração de produção adequada o que pode vir a ocorrer com os mesmos?_x000D_
 •	Locais onde os servidores do Posto de Saúde do Centro encontram-se alocados?</t>
   </si>
   <si>
     <t>6022</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6022/prot._615_req_182_reiteracao_prot._445_informacoes_19_regional_de_saude_caps_i.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6022/prot._615_req_182_reiteracao_prot._445_informacoes_19_regional_de_saude_caps_i.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, REITERAM requerimento a Vossa Excelência, que se digne a enviar ofício à Chefe da Divisão de Atenção Básica e Gestão à Saúde da 19ª Regional de Saúde, senhora Mariana Salles, para que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 - Se o município de Cambará está apto para instalação de unidade do CAPS I (Centro de Atenção Psicossocial)?_x000D_
 - Se há algum incentivo do Governo Federal para instalação do mencionado Centro no município de Cambará?</t>
   </si>
   <si>
     <t>6023</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6023/prot._620_req_183_informacoes_incentivo_acs_e_ace.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6023/prot._620_req_183_informacoes_incentivo_acs_e_ace.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores João Mattar Olivato, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se os Agentes Comunitários de Endemias (ACE) e os Agentes Comunitários de Saúde (ACS) do município irão receber o Incentivo Financeiro Adicional (conhecido, popularmente, como 14º salário)._x000D_
 - Em caso positivo, questiona-se se já há um embasamento legal no município para esse pagamento. _x000D_
 - Em caso negativo, solicita-se que seja elaborado um Projeto de Lei e encaminhado para a Câmara Municipal para aprovação, com urgência, visando garantir um direito aos agentes supramencionados.</t>
   </si>
   <si>
     <t>6024</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6024/prot._621_req_184_informacoes_19_regional_de_saude_canal_de_transparencia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6024/prot._621_req_184_informacoes_19_regional_de_saude_canal_de_transparencia.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores João Mattar Olivato, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, requerem a Vossa Excelência, que se digne a enviar ofício à 19ª Regional de Saúde, para que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se disponibilizam um canal de transparência para o controle de agendamentos de média e alta complexidade, como consultas, procedimentos e exames laboratoriais e de imagem.</t>
   </si>
   <si>
     <t>6025</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6025/prot._625_req_185_informacoes_processos_licitatorios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6025/prot._625_req_185_informacoes_processos_licitatorios.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Cópia integral dos Processos Licitatórios que possuem como objeto:_x000D_
 - Contratação de instituição financeira, pública ou privada, para prestação de serviços bancários (folha de pagamento) – Dispensa 72/2021;_x000D_
 - Dispensa de Licitação para locação de um aparelho de ultrassom – Dispensa nº. 78/2021.</t>
   </si>
   <si>
     <t>6026</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6026/prot._626_req_186_informacoes_repasse_ministerio_da_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6026/prot._626_req_186_informacoes_repasse_ministerio_da_saude.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Qual o valor do repasse de recurso extraordinário foi destinado ao Município de Cambará, em 2020, pelo Ministério da Saúde, para compra de equipamentos para informatização da Atenção Primária (APS), a estruturação dos consultórios de saúde bucal das unidades básicas de saúde e, também, para a renovação do parque tecnológico das maternidades._x000D_
 •	Quais foram os investimentos realizados pelo município com este repasse? Quanto dele foi utilizado?_x000D_
 - Solicita-se que se houver saldo remanescente deste recurso realizem a sua aplicação c</t>
   </si>
   <si>
     <t>6027</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6027/prot._627_req_187_informacoes_portaria_2888.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6027/prot._627_req_187_informacoes_portaria_2888.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivos pelos quais o município de Cambará foi enquadrado na Portaria GM/MS nº. 2.888, de 26 de outubro de 2021, a qual suspende na competência financeira setembro de 2021 a transferência de incentivos financeiros das equipes e serviços da Atenção Primária, com ausência de alimentação do Sistema de Informação em Saúde para a Atenção Básica (SISAB)._x000D_
 •	Quais medidas o município irá tomar visando evitar tal suspensão e retornar à normalidade?</t>
   </si>
   <si>
     <t>6028</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6028/prot._630_req_188_informacoes_transporte_pacientes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6028/prot._630_req_188_informacoes_transporte_pacientes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Como é realizado o transporte dos pacientes que realizam TFD (tratamentos fora do município)?_x000D_
 •	O deslocamento dos pacientes que realizam cirurgias em Curitiba ocorre de que forma? _x000D_
 •	Qual é o meio de transporte dos pacientes do município com transtornos mentais e que necessitam de tratamentos/cirurgias em Curitiba?</t>
   </si>
   <si>
     <t>6029</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6029/prot._638_req_189_informacoes_pediatra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6029/prot._638_req_189_informacoes_pediatra.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quantas vezes por semana o pediatra realiza atendimentos no município de Cambará?_x000D_
 •	Em quais dias e horários os atendimentos são realizados?_x000D_
 •	Qual a fila de espera atual para consulta com o pediatra?</t>
   </si>
   <si>
     <t>6030</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6030/prot._640_req_190_informacoes_placas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6030/prot._640_req_190_informacoes_placas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Há previsão para instalação de placas de nomenclatura de ruas do município, nos pontos que ainda não as possuem? Em caso positivo que informe qual o prazo, e em caso negativo solicita-se que providências sejam tomadas neste sentido, para que os munícipes não continuem sendo prejudicados pela ausência das mesmas.</t>
   </si>
   <si>
     <t>6031</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6031/prot._643_req_191_informacoes_sec._mun._assist._social_validade.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6031/prot._643_req_191_informacoes_sec._mun._assist._social_validade.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício a Secretária Municipal de Assistência Social, senhora Ana Paula Moro da Silva Rafael, para que que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Há um controle de data de validade dos alimentos para doação pela Assistência Social?_x000D_
 •	Como esse controle ocorre? Há algum sistema para este fim, o qual indica os produtos com validades mais próximas para serem entregues primeiro?_x000D_
 •	Houve vencimento de produtos alimentícios recentemente na Secretária? Em caso positivo, que informe quais produtos venceram, quais as medidas que foram tomadas e o prazo que demorou para resolução do problema.</t>
   </si>
   <si>
     <t>6032</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6032/prot._644_req_192_informacoes_ministerio_da_cidadania_portaria_618.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6032/prot._644_req_192_informacoes_ministerio_da_cidadania_portaria_618.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Ministério da Cidadania, para que o departamento responsável, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se o município de Cambará aderiu à Portaria MC nº. 618, de 22 de março de 2021, a qual dispõe sobre procedimentos para Ação de Distribuição de Alimentos (ADA) nas localidades em situação de emergência ou estado de calamidade pública? Caso tenha realizado adesão que encaminhe cópia do protocolo. _x000D_
 •	O município de Cambará foi atendido por meio dessa Ação de Distribuição de Alimentos pelo Ministério da Cidadania? Em caso positivo, que informe se os alimentos foram enviados, quanto foi enviado ao município e a data de entrega dos mesmos. Em caso negativo, que informe o motivo de não ter sido atendido.</t>
   </si>
   <si>
     <t>6033</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6033/prot._650_req_193_informacoes_detran_e_executivo_fluxo_de_transito.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6033/prot._650_req_193_informacoes_detran_e_executivo_fluxo_de_transito.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, bem como ao DETRAN, para que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Cópia do estudo de fluxo de trânsito que foi realizado pelo DETRAN no município de Cambará.</t>
   </si>
   <si>
     <t>6034</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6034/prot._652_req_194_informacoes_vigilancia_insetos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6034/prot._652_req_194_informacoes_vigilancia_insetos.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine à Vigilância Sanitária, que, realize uma análise sobre o motivo de estar ocorrendo um princípio de infestação de insetos, no Bairro Estação, próximo à linha do trem, principalmente após às 17h00min, e quais medidas podem ser tomadas para sanar esse problema e proporcionar maior qualidade de vida aos munícipes que ali residem, posteriormente, que dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis este relatório.</t>
   </si>
   <si>
     <t>6035</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6035/prot._653_req_195_informacoes_estrategias_procedimentos_dengue.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6035/prot._653_req_195_informacoes_estrategias_procedimentos_dengue.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais as estratégias e os procedimentos realizados pelas equipes de endemias ao deparar-se com residências fechadas no município, impedindo-as de realizar a vistoria de focos de dengue?</t>
   </si>
   <si>
     <t>6036</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6036/prot._654_req_196_informacoes_top_farma_receitas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6036/prot._654_req_196_informacoes_top_farma_receitas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Geraldo de Paula Dias Carvalho, acompanhado pelos vereadores Karen Dadona, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar à Farmácia vencedora do certame licitatório do Executivo Municipal para fornecimento de medicamentos, para que, dentro do prazo legal (15 dias), encaminhe a esta Casa de Leis:_x000D_
 _x000D_
 •	Cópia de todas as receitas médicas destes medicamentos entregues, do mês de maio de 2021 ao mês de setembro de 2021, ocultando o nome do paciente.</t>
   </si>
   <si>
     <t>6095</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6095/prot._672_req_204_informacoes_lei_da_consciencia_negra_escolas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6095/prot._672_req_204_informacoes_lei_da_consciencia_negra_escolas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se as escolas do município realizem o ensino de história e de cultura africana e afro-brasileira durante todo o ano ou apenas no mês de novembro. Caso não sejam realizados trabalhos neste sentido durante todo o ano solicita-se que ocorra esta inclusão.</t>
   </si>
   <si>
     <t>6096</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6096/prot._676_req_205_informacoes_monitoramento_reforma.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6096/prot._676_req_205_informacoes_monitoramento_reforma.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quem realizou a reforma do espaço destinado ao monitoramento no prédio da Guarda Municipal?_x000D_
 •	Qual foi o custo da mencionada reforma? _x000D_
 •	Que encaminhe cópia do Processo Licitatório referente à reforma deste espaço._x000D_
 •	Motivo pelo qual a reforma no prédio da Guarda Municipal foi realizada apenas de modo parcial, sendo apenas na sala do monitoramento e não nos demais espaços que necessitavam.</t>
   </si>
   <si>
     <t>6097</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6097/prot._677_req_206_informacoes_proibicao_podas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6097/prot._677_req_206_informacoes_proibicao_podas.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Motivos pelos quais as podas/cortes de árvores estão proibidas no mês de dezembro?_x000D_
 •	Há alguma estratégia por parte da Administração Pública para este mês com relação aos munícipes que possuem as podas/cortes como atividade remuneratória e serão prejudicados pela proibição? Em caso positivo que informe quais, e em caso negativo que tomem providências urgentes neste sentido.</t>
   </si>
   <si>
     <t>6098</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6098/prot._679_req_207_informacoes_vila_aurora.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6098/prot._679_req_207_informacoes_vila_aurora.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais providências foram tomadas com relação as melhorias necessárias no bairro rural Vila Aurora, solicitadas por meio da indicação protocolada sob nº. 375/2021?_x000D_
 •	Motivo pelo qual a ponte do bairro Vila Aurora que quebrou está sendo construída em madeira? _x000D_
 •	Há possibilidade de ser realizada uma parceria junto à empresa Dacalda para que a referida ponte seja construída em concreto?</t>
   </si>
   <si>
     <t>6099</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6099/prot._680_req_208_informacoes_fnde.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6099/prot._680_req_208_informacoes_fnde.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	De forma detalhada discriminando o percentual de recursos utilizados pelo FNDE, no âmbito do PNAE, na aquisição de gêneros alimentícios diretamente da agricultura familiar e do empreendedor familiar rural (nos termos do art. 14 da Lei Federal 11.947/2009), de janeiro do corrente ano até a data de protocolo deste.</t>
   </si>
   <si>
     <t>6100</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6100/prot._682_req_209_informacoes_evasao_escolar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6100/prot._682_req_209_informacoes_evasao_escolar.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Houve evasão escolar no município neste ano de 2021? Em caso positivo que informe o percentual médio de evasão que ocorreu._x000D_
 •	Estão sendo realizadas buscas ativas destes alunos?_x000D_
 •	Qual a estratégia adotada para que no próximo ano a evasão escolar não venha a ocorrer?</t>
   </si>
   <si>
     <t>6101</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6101/prot._684_req_210_informacoes_fundeb.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6101/prot._684_req_210_informacoes_fundeb.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº 08/96 – Regimento Interno, o vereador Walmir Joaquim, acompanhado pelos vereadores Geraldo de Paula Dias Carvalho, Karen Dadona e Marcio José Albertini, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública, que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Há saldo remanescente do FUNDEB? Em caso positivo que informe que finalidade será dada a este valor.</t>
   </si>
   <si>
     <t>6102</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6102/prot._688_req_211_informacoes_providencias_indicacoes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6102/prot._688_req_211_informacoes_providencias_indicacoes.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, a vereadora Karen Dadona, acompanhada pelos vereadores Geraldo de Paula Dias Carvalho, Marcio José Albertini e Walmir Joaquim, requerem a Vossa Excelência, que se digne a enviar ofício ao Chefe do Executivo Municipal, senhor José Salim Haggi Neto, para que este determine ao setor competente da Administração Pública que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Quais providências foram tomadas pelo Executivo Municipal acerca das seguintes indicações:_x000D_
 - Protocolo 546: Que seja instalado alambrado na lateral da Casa de Velórios, próximo ao Rio Alambari;_x000D_
 - Protocolo 592: Que seja instalado um parque infantil e uma academia da 3ª idade na Rua dos Expedicionários, próximo à residência nº. 429, na Vila Rubim, bem como que realizem a manutenção e os reparos devidos em todos os parques infantis e academias da 3ª idade instalados no município.</t>
   </si>
   <si>
     <t>6103</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6103/prot._689_req_212_reiteracao_prot._621_informacoes_19_regional_de_saude_canal_de_transparencia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6103/prot._689_req_212_reiteracao_prot._621_informacoes_19_regional_de_saude_canal_de_transparencia.pdf</t>
   </si>
   <si>
     <t>Nos termos do artigo 111, inciso II, da Resolução nº08/96 – Regimento Interno, o vereador Marcos Roberto de Oliveira, acompanhado pelos vereadores João Mattar Olivato, Nelson Olivato Junior, Raffaello Frascati e Rogério Frutuoso, REITERAM requerimento a Vossa Excelência, que se digne a enviar ofício à 19ª Regional de Saúde, para que, dentro do prazo legal (15 dias), informe a esta Casa de Leis:_x000D_
 _x000D_
 •	Se disponibilizam um canal de transparência para o controle de agendamentos de média e alta complexidade, como consultas, procedimentos e exames laboratoriais e de imagem.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -10459,67 +10459,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5310/prot._001_ind_001_plano_de_saude_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5311/prot._002_ind_002_dep._federal_reinhold_s._junior_infraestrutura_distrito_industrial_votorantim.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5312/prot._003_ind_003_infraestrutura_distrito_industrial_votorantim.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5313/prot._004_ind_004_dep._federal_pedro_lupion_posto_de_saude_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5314/prot._005_ind_005_sec._municipal_de_industria_e_comercio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5315/prot._006_ind_006_limpeza_parque_alambari.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5316/prot._007_ind_007_extensao_de_rede_conj._irmaos_francisco.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5317/prot._008_ind_008_escola_profissionalizante_campo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5318/prot._009_ind_009_revitalizacao_praca_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5319/prot._010_ind_010_cisnorpi_aparelhos_auditivos_e_proteses.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5320/prot._011_ind_011_mapas_inteligentes_atencao_basica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5321/prot._012_ind_012_fios_postes.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5322/prot._013_ind_013_sec._municipal_de_saude_ginecologista.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5323/prot._014_ind_014_pm_rondas_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5324/prot._015_ind_015_deputado_estadual_michela_caputo_kits_roboticos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5325/prot._016_ind_016_recapeamento_rua_tiradentes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5326/prot._019_ind_018_deputado_federal_filipe_barros_ambulancia_samu.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5327/prot._020_ind_019_reforma_samu.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5328/prot._021_ind_020_conselho_municipal_de_protacao_e_defesa_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5329/prot._022_ind_021_mutirao_de_limpeza_fiscalizacao_de_terrenos_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5330/prot._023_ind_022_deputado_federal_filipe_barros_castramovel.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5331/prot._024_ind_023_parceria_municipio_e_clinica_veterinaria.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5332/prot._026_ind_024_procon.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5347/prot._027_ind_025_melhorias_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5333/prot._028_ind_026_limpeza_rio_jardim_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5334/prot._029_ind_027_sec._municipal_de_agricultura_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5335/prot._030_ind_028_area_verde_jardim_nova_america.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5336/prot._031_ind_029_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5337/prot._032_ind_030_melhoria_parque_conjunto_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5345/prot._033_ind_031_cisnorpi_castramovel.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5346/prot._034_ind_032_pl_doacao_de_lotes_construcao_de_moradias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5348/prot._035_ind_033_caps_i.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5349/prot._036_ind_034_vacina_professores_e_alunos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5350/prot._037_ind_035_seguranca_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5351/prot._039_ind_036_seguro_de_vida_e_vale_alimentaao_servidores.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5352/prot._040_ind_037_vacina_covid_cuidadores_e_agentes_funerarios.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5353/prot._041_ind_038_sec._municipal_de_saude_aparelho_glicemia.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5354/prot._042_ind_039_curso_menor_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5355/prot._045_ind_040_empedramento_chacara_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5356/prot._046_ind_041_zeladoria.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5357/prot._047_ind_042_melhorias_casa_de_velorio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5358/prot._048_ind_043_iluminacao_rua_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5359/prot._049_ind_044_manutencao_boca_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5360/prot._050_ind_045_placas_ruas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5367/prot._051_ind_046_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5370/prot._054_ind_047_sinalizacao_e_correcao_ponte.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5371/prot._055_ind_048_semaforo_rua_joao_mischiatti.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5372/prot._056_ind_049_nomes_bairros.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5373/prot._058_ind_051_bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5375/prot._060_ind_052_campo_estacao_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5377/prot._062_ind_053_contratacao_tecnico_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5379/prot._064_ind_054_agencia_do_trabalhador_curriculo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5380/prot._065_ind_055_vacina_cronograma_e_aquisicao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5382/prot._067_ind_056_ponto_biometrico_e_vestiario_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5383/prot._068_ind_057_adicional_de_insalubridade_equipe_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5384/prot._069_ind_058_remocao_de_arvore_cupim.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5385/prot._070_ind_059_clube_lazer_melhorias.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5386/prot._071_ind_060_convite_emater_acaf_e_sec._munic._de_agricultura_compostagem.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5387/prot._072_ind_061_sec._municipal_de_saude_vacina_antirrabica.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5388/prot._073_ind_062_asfalto_e_meio_fio_rua_david_guiotto_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5389/prot._074_ind_063_iluminacao_praca_vila_santana.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5392/prot._077_ind_065_tachoes_conjunto_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5393/prot._078_ind_066_rebaixamento_rua_pontilhao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5394/prot._080_ind_068_pedagio_dep._estadual_romanelli.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5395/prot._081_ind._069_pedagio_dep._estadual_mauro_moraes.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5396/prot._082_ind_070_pedagio_dep._estadual_michelle_caputo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5397/prot._083_ind_071_deputado_sandro_alex_pr431.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5398/prot._084_ind_072_placas_ciclistas_na_via.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5477/prot._086_ind_073_canaletas_limpeza.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5478/prot._087_ind_074_entulhos_estrada.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5479/prot._088_ind_075_placas_velocidade_maxima.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5480/prot._089_ind_076_cronograma_limpeza_e_mutirao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5481/prot._090_ind_077_19_regional_de_saude_equipe_de_atencao_basica.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5482/prot._091_ind_078_incentivo_plantio_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5483/prot._093_ind_079_academia_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5484/prot._094_ind_080_gov._do_estado_camburao_ou_van_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5485/prot._096_ind_081_sala_de_apoio_ao_aleitamento_materno.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5486/prot._097_ind_082_iluminacao_rua_gabriel_ferrari.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5487/prot._099_ind_084_camara_ltcat.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5488/prot._101_ind_085_melhorias_guarda_municipal_sec._municipal_de_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5489/prot._103_ind_086_reparo_ponte_jardim_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5490/prot._104_ind_087_reparo_passarela_parque_alambari_ii.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5491/prot._105_ind_088_manutencao_tori.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5492/prot._106_ind_089_boca_de_lobo_rua_kazuma_sakamoto.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5493/prot._107_ind_090_licitacao_aplicacao_lc_123_2006.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5494/prot._109_ind_091_sec._municipal_de_agricultura_inscricao_programa_de_aceleraca.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5495/prot._110_ind_092_academia_servico_essencial.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5496/prot._111_ind_093_pl_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5497/prot._141_ind_117_kit_de_alimentacao_escolar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5498/prot._145_ind_118_reitoria_uenp_parceria_recuperacao_pos_covid.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5499/prot._146_ind_119_contratacao_medico_intensivista.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5500/prot._147_ind_120_mascara_de_ventilacao_nao_invasiva.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5501/prot._148_ind_121_sec._municipal_de_saude_melhorias_tenda_sentinela.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5502/prot._150_ind_122_sec._estadual_de_saude_guindaste_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5503/prot._151_ind_123_agente_de_endemias_mudanca_de_local.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5518/prot._152_ind_124_sec._municipal_de_saude_vacina_sec._mun._assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5519/prot._153_ind_125_sec._municipal_de_saude_vacina_prof._educ._fisica.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5520/prot._154_ind_126_sec._municipal_de_saude_atendimento_prioritario_tenda_sentinela.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5521/prot._155_ind_127_junta_comercial.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5522/prot._156_ind_128_manifestacao_covid.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5523/prot._157_ind_129_quebra-molas_rua_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5524/prot._158_ind_130_escolas_municipais_aula_de_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5525/prot._159_ind_131_perdao_de_juros_e_multas_pandemia.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5526/prot._160_ind_132_iluminacao_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5527/prot._161_ind_133_hotel_bourbon_covid.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5528/prot._162_ind_134_telefones_denuncias_e_vacinas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5529/prot._163_ind_135_abrigo_animais.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5530/prot._165_ind_136_prefeitura_e_sec._estadual_de_saude_ambulancia_samu.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5531/prot._166_ind_137_sec._municipal_de_saude_vacina_garis.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5532/prot._168_ind_138_nota_tenica_agentes_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5533/prot._169_ind_139_escola_profissionalizante_creche.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5534/prot._171_ind_140_local_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5556/prot._172_ind_141_melhorias_samu.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5557/prot._174_ind_142_extensao_atendimento_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5558/prot._175_ind_143_sec._estadual_de_saude_ar_condicionado_hospital_regional_de_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5559/prot._176_ind_144_sec._municipal_de_saude_vacina_guardas_municipais.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5560/prot._178_ind_145_engenharia_melhorias_br369.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5561/prot._180_ind_146_equipe_especializada_contratacao_ventilacao_nao_invasiva.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5562/prot._181_ind_147_capacete_elmo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5563/prot._182_ind_148_laboratorio_municipal_de_proteses_dentarias.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5564/prot._183_ind_149_sistema_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5565/prot._184_ind_150_horario_farmacia_e_entrega_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5566/prot._185_ind_151_camara_repasse_capacetes_elmo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5567/prot._187_ind_152_cisnorpi_municipio_raio_x_eed_refluxo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5568/prot._188_ind_153_medicamentos_pacientes_pos-covid.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5569/prot._189_ind_154_mao_dupla_rua_nelson_bonacin.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5570/prot._190_ind_155_der_redutor_de_velocidade_pr431.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5571/prot._194_ind_156_reuniao_kit_de_merenda_escolar.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5572/prot._198_ind_157_sec._muncipal_de_educacao_obra_um_trem_para_leoflora.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5573/prot._200_ind_158_deputado_estadual_michele_caputo_ambulancia_samu.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5574/prot._202_ind_159_rocam_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5575/prot._203_ind_160_aumento_margem_do_consignado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5576/prot._204_ind_161_reiteracao_prot._125_recapeamento_asfaltico_estacao.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5577/prot._205_ind_162_sec._mun._infraestrutura_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5578/prot._206_ind_163_eletrocardiograma_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5579/prot._207_ind_164_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5580/prot._210_ind_165_equipamento_de_seguranca_garis.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5581/prot._221_ind_166_parceria_sanepar_higienizacao_orgaos_publicos.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5582/prot._222_ind_167_carro_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5583/prot._223_ind_168_monitoramento_pacientes_pos-covid.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5584/prot._225_ind_169_monitoramento_gravidas_e_puerperas.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5585/prot._227_ind_170_rua_joao_manoel_dos_santos_detran.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5586/prot._228_ind_171_calcada_avenida_antonio_mano.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5587/prot._229_ind_172_dep._estadual_jonas_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5588/prot._231_ind_173_comite_gestor_estrategia_dia_das_maes.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5589/prot._236_ind_174_iluminacao_praca_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5590/prot._237_ind_175_recapeamento_rua_santo_expedito.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5591/prot._238_ind_176_senador_alvaro_dias_pl_teto_salarial.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5592/prot._239_ind_177_vigilancia_sanitaria_boletim_dengue.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5593/prot._240_ind_178_procon.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5594/prot._242_ind_179_vacina_gestantes_puerperas_e_lactantes.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5595/prot._244_ind_180_estrategia_dia_das_maes_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5596/prot._245_ind_181_dep._estadual_jonas_guimaraes_casas.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5597/prot._246_ind_182_revogacao_decreto_comissao_de_avaliacao_e_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5598/prot._247_ind_183_alteracao_do_paragrafo_4o_da_lei_complementar_no_75-2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5599/prot._248_ind_184_comunicado_eventos_oficiais.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5600/prot._251_ind_185_fundos_municipais.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5601/prot._254_ind_186_sanepar_poco_de_visita.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5603/prot._255_ind_187_maio_amarelo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5604/prot._256_ind_188_lavar_br369.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5605/prot._258_ind_189_reuniao_sec._assist._social_e_entidades.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5606/prot._260_ind_190_escola_profissionalizante_reforma_creche.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5607/prot._261_ind_191_revitalizacao_rua_doutor_genaro_resende.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5608/prot._262_ind_192_castracao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5610/prot._264_ind_194_manutencao_bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5611/prot._266_ind_196_associacao_dos_caminhoneiros_e_prefeitura_rua_jose_frediane.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5612/prot._267_ind_197_planifica_sus.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5613/prot._270_ind_198_acoes_fome.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5614/prot._271_ind_199_trabalhos_cadeia-sec._municipal_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5615/prot._272_ind_200_revitalizacao_avenida_brasil.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5616/prot._273_ind_201_posto_de_saude_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5617/prot._274_ind_202_cmei_escola_municipal_maria_alice.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5618/prot._275_ind_203_clube_lazer_melhorias.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5619/prot._276_ind_204_cidade_digital.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5620/prot._277_ind_205_melhorias_casa_de_velorio.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5621/prot._278_ind_206_redutores_de_velocidade_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5622/prot._280_ind_207_mapeamento_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5623/prot._281_ind_208_vacinacao_alunos_uenp.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5624/prot._282_ind_209_placa_saida_jacarezinho.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5625/prot._283_ind_210_equipe_de_protecao_animal.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5626/prot._284_ind_211_vacina_alunos_e_atividades_essenciais.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5627/prot._286_ind_212_identificacao_agentes.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5628/prot._288_ind_213_ambulancia_dep._estadual_cobra_reporter.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5629/prot._290_ind_214_bueiro_rua_joao_manoel_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5631/prot._289_ind_216_drones_agentes_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5632/prot._292_ind_217_alambrado_parque_mohamed_ali_hamze.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5633/prot._293_ind_218_academia_escola_maria_paulina.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5634/prot._294_ind_219_copel_arborizacao_mais_segura.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5635/prot._296_ind_220_lonas_reciclagem.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5636/prot._297_ind_221_mapeamento_focos_educacao_continuada.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5637/prot._298_ind_222_medico_saude_da_familia.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5638/prot._299_ind_223_gov._do_estado_base_movel.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5639/prot._300_ind_224_base_movel_gm.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5640/prot._301_ind_225_rodizio_gm.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5641/prot._303_ind_226_recapeamento_rodovia_laurindo_francisco.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5642/prot._304_ind_227_limpeza_parque_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5643/prot._305_ind_228_iluminacao_rua_joao_mischievis.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5644/prot._306_ind_229_mudanca_samu.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5645/prot._307_ind_230_reiteracao_prot._035_caps_i.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5646/prot._308_ind_231_reiteracao_prot._178_engenharia_melhorias_br369.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5647/prot._309_ind_232_reiteracao_prot._182_laboratorio_municipal_de_proteses_dentarias.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5648/prot._310_ind_233_reiteracao_prot._011_mapas_inteligentes_atencao_basica.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5649/prot._311_ind_234_psicologo_samu_e_saude.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5650/prot._312_ind_235_cisnop_samu_psicologo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5651/prot._315_ind_236_equipar_samu.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5652/prot._316_ind_237_cobertura_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5653/prot._317_ind_238_letreiro_estadio.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5654/prot._320_ind_240_horta_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5655/prot._321_ind_241_telefones_consultas_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5656/prot._322_ind_242_contratacao_cursos_profissionalizante.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5657/prot._323_ind_243_sinal_tv_digital.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5658/prot._324_ind_244_professores_comorbidade_retorno.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5659/prot._325_ind_245_econorte_limpeza_br369.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5661/prot._328_ind_247_sec._infraestrutura_sandro_alex_pr431_trevos.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5662/prot._329_ind_248_dep._estadual_filipe_barros_guindaste_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5663/prot._330_ind_249_decreto_retorno_aulas.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5664/prot._331_ind_250_prot._188_reiteracao_medicamentos_pacientes_pos-covid.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5665/prot._333_ind_251_orientacoes_escolas.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5666/prot._334_ind_252_reativacao_posto_de_saude_do_centro.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5667/prot._335_ind_253_contratacao_equipe_multidisciplinar_pos_covid.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5668/prot._338_ind_254_sec._municipal_de_agricultura_empedramento_bairro_santa_clementina.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5669/prot._339_ind_255_mutirao_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5670/prot._340_ind_256_panfleto_comorbidades.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5671/prot._342_ind_257_reiteracao_prot._096_sala_de_apoio_ao_aleitamento_materno.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5672/prot._343_ind_258_recape_jardim_das_acacias.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5673/prot._344_ind_259_recape_rua_joao_manoel_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5674/prot._345_ind_260_praca_conjunto_sao_jose_i.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5675/prot._346_ind_261_melhorias_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5680/prot._347_ind_262_caixa_dagua_sanepar.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5681/prot._349_ind_263_vacina_atividades_essenciais.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5682/prot._350_ind_264_deputado_estadual_michele_caputo_meu_campinho.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5683/prot._351_ind_265_cisnop_samu_aumento_motoristas.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5685/prot._353_ind_267_sec._estadual_de_saude_sec._mun._saude_vacina_professores_e_atividades_essenciais.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5686/prot._355_ind_268_quadra_popular_nova.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5687/prot._356_ind_269_limpeza_rio_lago_conj._ignez.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5688/prot._360_ind_270_iluminacao_rua_ricardo_bernardelli.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5689/prot._362_ind_272_vacinacao_caminhoneiros.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5690/prot._363_ind_273_academia_reinstalacao.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5693/prot._365_ind_274_seguranca_vacinas.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5694/prot._366_ind_275_professores_e_servidores_home_office.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5695/prot._367_ind_276_prot._127_reiteracao_saude_na_hora.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5696/prot._368_ind_277_prot._267_reiteracao_planifica_sus.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5697/prot._369_ind_278_prot._126_reiteracao_capacitacoes_agentes_de_saude.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5698/prot._370_ind_279_prot._090_reiterecao_19_regional_de_saude_equipe_de_atencao_basica.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5699/prot._371_ind_280_iluminacao_led.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5700/prot._373_ind_281_bueiros_manutencao.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5701/prot._374_ind_282_dep._est._jonas_guimaraes_emendas.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5702/prot._375_ind_283_canaletas_limpeza_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5703/prot._376_ind_284_rondas_gm.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5704/prot._377_ind_285_rol_prioritario_lactantes.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5741/prot._378_ind_286_iluminacao_reparos.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5742/prot._380_ind_287_reiteracao_prot._107_licitacao_aplicacao_lc_123_2006.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5743/prot._381_ind_288_seguranca_monitoramento_antena_tv.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5744/prot._382_ind_289_reiteracao_prot._051_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5745/prot._384_ind_290_dep._federal_boca_aberta_guindaste_santa_casa_e_pronto_socorro.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5746/prot._385_ind_291_dep._federal_boca_aberta_equipamento_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5747/prot._386_ind_292_reforma_escola_municipal_luiz_lorenzetti.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5748/prot._387_ind_293_dep._estadual_boca_aberta_junior_guindaste_santa_casa_e_pronto_socorro.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5749/prot._388_ind_294_dep._estadual_boca_aberta_junior_equipamento_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5750/prot._390_ind_295_projeto_estadual_parques_urbanos.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5751/prot._391_ind_296_horario_tenda.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5752/prot._392_ind_297_lampada_de_led_loteamento_novo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5753/prot._393_ind_298_rol_prioritario_vacina_moradores_de_rua.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5754/prot._395_ind_299_vacinacao_domingo_a_domingo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5756/prot._397_ind_301_reiteracao_prot._240_procon.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5757/prot._398_ind_302_vacinacao_influenza.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5758/prot._400_ind_304_operacao_noite_fria_e_geladeira_solidaria.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5759/prot._401_ind_305_reiteracao_prot._286_identificacao_agentes.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5760/prot._404_ind_306_cisnorpi_especialidades.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5761/prot._405_ind_307_sec._mun._saude_aumento_de_especialidades.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5762/prot._406_ind_308_sec._est._saude_cotas_aumento.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5763/prot._408_ind_309_absorventes_estudantes.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5764/prot._411_ind_310_reiteracao_prot._163_abrigo_animais.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5765/prot._412_ind_311_monitoramento_pacientes_covid.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5766/prot._413_ind_312_reiteracao_prot._147_mascara_de_ventilacao_nao_invasiva.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5767/prot._415_ind_313_comite_municipal_de_gerenciamentoenfrentamento_do_novo_coronavirus_retorno_futebol.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5768/prot._417_ind_314_internet_pracas.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5769/prot._418_ind_315_camera_praca_conj._votorantim.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5770/prot._419_ind_316_reiteracao_prot._037_seguranca_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5771/prot._423_ind_317_projeto_saude_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5772/prot._426_ind_318_reiteracao_prot._083_sec._est._infraestrutura_sandro_alex_pr431.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5784/prot._427_ind_319_melhorias_parque_mohamed_ali_hamze.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5785/prot._429_ind_320_sec._est._seguranca_publica_emissao_rg.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5786/prot._430_ind_321_sec._estadual_de_educacao_laboratorio_generoso_marques.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5787/prot._431_ind_322_reiteracao_prot._008_escola_profissionalizante_campo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5788/prot._432_ind_323_cisnorpi_neuro_e_psiquiatra.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5789/prot._434_ind_324_autarquia_municipal_dos_esportes.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5790/prot._435_ind_325_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5791/prot._436_ind_326_iluminacao_rua_manoel_henrique.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5792/prot._437_ind_327_atencao_basica_planejamento_familiar.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5806/prot._444_ind_328_banheiro_publico_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5807/prot._446_ind_329_depen_motos.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5808/prot._449_ind_330_asfalto_travessa_22.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5809/prot._450_ind_331_coleta_blister.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5810/prot._451_ind_332_sec._mun._saude_reorganizacao_ubs.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5811/prot._454_ind_333_casas_sustentaveis_animais.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5812/prot._455_ind_334_sinalizacao_pontilhao.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5813/prot._456_ind_335_calcada_rua_marechal_deodoro_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5814/prot._457_ind_336_asfalto_rua_maria_helenice_nunes.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5815/prot._458_ind_337_copel_rua_joao_evangelista_barreiros_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5816/prot._459_ind_338_fundo_municipal_e_conselho_municipal_drogas.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5817/prot._460_ind_339_parque_gonzaga_academia.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5855/prot._475_ind_353_divulgacao_fluxo_planejamento_familiar.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5856/prot._476_ind_354_celetistas_igualdade.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5857/prot._477_ind_355_calcada_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5858/prot._480_ind_356_iluminacao_capela_divino_esp._santo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5859/prot._482_ind_357_bebedouro_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5860/prot._483_ind_358_calcada_conj._sao_jose_ii.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5861/prot._484_ind_359_poco_artesiano_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5862/prot._485_ind_360_bebedouro_ar_e_ultrassom_reparos.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5863/prot._486_ind_361_filas_preventivos.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5864/prot._490_ind_362_dia_municipal_da_esclerose.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5865/prot._491_ind_363_coleta_tampas_e_lacres.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5882/prot._492_ind_364_adesao_programa_parana_mais_verde.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5883/prot._493_ind_365_implantacao_programa_de_protecao_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5884/prot._494_ind_366_banco_orteses_e_proteses.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5885/prot._498_ind_367_corrimao_cras.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5886/prot._499_ind_368_consulta_publica_ldo.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5887/prot._501_ind_369_reiteracao_prot._296_lonas_reciclagem.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5888/prot._503_ind_371_reiteracao_prot._042_curso_menor_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5889/prot._504_ind_372_dep._federal_pedro_lupion_aparelhos_auditivos.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5890/prot._507_ind_373_parque_gonzaga_limpeza_lago.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5908/prot._508_ind_374_contratacao_anestesista.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5909/prot._509_ind_375_pl_primeiro_emprego.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5910/prot._510_ind_376_caminhoes_pontilhao.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5911/prot._511_ind_377_melhorias_estacao.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5912/prot._514_ind_378_empresas_reflorestamento_nascentes.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5913/prot._515_ind_379_receita_federal_bazar_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5914/prot._516_ind_380_pl_investimento_nascentes.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5915/prot._521_ind_381_florestamento_e_soltura_de_peixes_lagos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5916/prot._523_ind_382_iluminacao_marechal_floriano_peixoto.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5948/prot._526_ind_383_iluminacao_trocas_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5949/prot._528_ind_384_reiteracao_prot._240_e_397_procon.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5950/prot._529_ind_385_reiteracao_prot._008_e_431_escola_profissionalizante_campo_-_copia.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5951/prot._531_ind_386_reativacao_viveiro_municipal.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5952/prot._532_ind_387_portaria_gm-ms_2317.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5953/prot._534_ind_388_centro_de_educacao_infantil_conj._nova_america.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5954/prot._536_ind_389_monitoramento_escolas.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5955/prot._537_ind_390_reiteracao_prot._051_e_382_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5956/prot._542_ind_391_reiteracao_prot._101_melhorias_guarda_municipal_sec._municipal_de_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5957/prot._544_ind_392_melhorias_praca_vereador_atilio_betini.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5958/prot._545_ind_393_pl_fundo_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5959/prot._546_ind_394_alambrado_casa_de_velorios.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5960/prot._547_ind_395_reiteracao_prot._054_sinalizacao_e_correcao_ponte.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5961/prot._548_ind_396_placa_alerta.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5962/prot._549_ind_397_bebedouro_campo_de_bocha.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5963/prot._551_ind_398_cota_extra_aumento_ultrassom.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5964/prot._553_ind_399_reiteracao_prot._086_canaletas_limpeza.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5965/prot._554_ind._400_reiteracao_prot._087_entulhos_estrada.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5966/prot._555_ind_401_reiteracao_prot._339_mutirao_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5967/prot._556_ind_402_transporte_solidario.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5968/prot._557_ind_403_cursos_profissionalizantes_periodo_noturno.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5969/prot._566_ind_404_dep._fed._diego_garcia_onibus_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5970/prot._567_ind_405_iluminacao_reparo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5971/prot._568_ind_406_parabenizar_cris_liga_e_andre.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5972/prot._570_ind_408_sec._estadual_de_saude_ultrassom_e_ambulancia_samu.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5973/prot._571_ind_409_gov._do_estado_base_de_policiamento.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5974/prot._573_ind_410_agradecer_dep._sandro_alex.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5975/prot._574_ind_411_sec._mun._assist._social_subsidio_transporte.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6037/prot._575_ind_412_municipalizacao_transito.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6038/prot._576_ind_413_reativacao_guarda_mirim.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6039/prot._577_ind_414_capacitacoes_agentes_de_saude_sistema.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6040/prot._583_ind_415_publicidade_lei_13767-2018.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6041/prot._584_ind_416_reforma_camara.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6042/prot._585_ind_417_auxilio_funeral_servidor.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6043/prot._586_ind_418_reiteracao_prot._466_reducao_de_carga_horaria_filho_deficiente.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6044/prot._587_ind_419_reiteracao_prot._128_acessibilidade_orgaos_publicos.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6045/prot._588_ind_420_projeto_bom_vizinho_e_celular_pm.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6046/prot._589_ind_421_chefia_gm_meritocracia.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6047/prot._591_ind_423_novembro_azul.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6048/prot._592_ind_424_parques_e_academias_reparos.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6049/prot._593_ind_425_prot._408_absorventes_estudantes.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6050/prot._595_ind_426_reiteracao_prot._335_contratacao_equipe_multidisciplinar_pos_covid.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6051/prot._603_ind_427_pl_animal_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6052/prot._605_ind_428_caminhao_pipa_estacao.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6053/prot._608_ind_429_reabertura_cristo.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6054/prot._612_ind_430_reiteracao_prot._334_reativacao_posto_de_saude_do_centro.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6057/prot._613_ind_431_extensao_de_rede_e_pista_de_caminhada_br369.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6058/prot._614_ind_432_reiteracao_prot._499_consulta_publica_ldo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6059/prot._616_ind_433_caps.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6060/prot._617_ind_434_recape_e_melhorias_rua_joao_gnaspini.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6061/prot._618_ind_435_iluminacao_reparos.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6062/prot._619_ind_436_reiteracao_prot._567_iluminacao_rua_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6063/prot._623_ind_437_descentralizacao_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6064/prot._624_ind_438_sec._est._educacao_dep._est._mauro_moraes_reforma_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6065/prot._622_ind_439_pl_arborizacao.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6066/prot._628_ind_440_iluminacao_praca_rotary.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6067/prot._629_ind_441_praca_e_asfalto.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6068/prot._631_ind_442_sanepar_nascentes.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6069/prot._632_ind_443_descarte_lixo_eletronico.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6070/prot._633_ind._444_reiteracao_prot._317_letreiro_estadio.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6071/prot._634_ind_445_vale-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6072/prot._635_ind_446_semaforo_e_faixa_de_pedestres_br369.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6073/prot._636_ind_447_melhorias_campos_de_areia.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6074/prot._637_ind_448_melhorias_estrada_pedreira.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6075/prot._639_ind_449_terceirizar_zeladoria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6076/prot._641_ind_450_dep._estadual_jonas_guimaraes_gov._do_estado_reajuste_servidores_estaduais.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6077/prot._642_ind_451_posto_de_saude_vila_santana_cadeiras.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6078/prot._645_ind_452_sao_lucas_contratacao_servidor.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6079/prot._646_ind_453_19_regional_de_saude_vigilancia_analise_da_agua.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6080/prot._647_ind_454_posto_de_saude_rolante.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6081/prot._648_ind_455_saude_do_homem.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6082/prot._649_ind_456_curso_equipe_saude.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6083/prot._651_ind_457_gm_rondas_comercio.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6084/prot._655_ind_458_cerca_baixa_praca_dr._miguel_dinizo.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6089/prot._673_ind_468_captacao_de_agua_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6090/prot._674_ind_469_regular_velocidade_e_instalar_placas.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6091/prot._675_ind_470_arvore_de_natal_covid.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6092/prot._678_ind_471_reparos_eletricos_poste.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6093/prot._681_ind_472_central_de_empregos_deficientes.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6094/prot._683_ind_473_academia_bairro_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6104/prot._685_ind_474_iluminacao_reparos.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6105/prot._686_ind_475_contratacoes_temporarias_e_concurso.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6106/prot._687_ind_476_pl_cursinhos.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6107/prot._690_ind_477_recapeamento_rua_joao_gnaspini.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5338/proposta_de_decreto_legislativo_01_2021_titulo_de_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5341/proposta_de_decreto_legislativo_02_2021_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5415/proposta_de_decreto_legislativo_03_2021_mocao_de_aplausos_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5505/proposta_de_decreto_legislativo_04_2021_mocao_de_congratulacoes_samu.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5517/proposta_de_decreto_legislativo_05_2021_mocao_de_aplausos_bombeiros_comunitarios2.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5713/proposta_de_decreto_legislativo_06_2021_mocao_de_aplausos_profissionais_de_saude_1.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5714/proposta_de_decreto_legislativo_07_2021_titulo_de_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5820/proposta_de_decreto_legislativo_08_2021_prestacao_de_contas_exercicio_2019_comissao_de_financas.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6001/pdl_10_vulto_emerito.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6085/proposta_de_decreto_legislativo_11_2021_mocao_de_merito_esportivo_amauri.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5298/01_-_2021_-_suspende_dispositivo_da_lc_95-2019.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5299/02_-_2021_-revisao_geral_anual.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5303/03-2021__autoriza_o_refis_cambara_2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5304/04-2021_-_piso_acs_e_ace_-_2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5362/05_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5407/01_oficio_no._36_2021_-_encaminhamento_plce_06_2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5410/01_oficio_no._50_2021_-_encaminhamento_plc_07_2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5782/plc_08.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5893/09_-_anteprojeto_lei_de_uso_e_ocupacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5894/10_-_anteprojeto_lei_do_sistema_viario.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5895/11_-_anteprojeto_lei_do_perimetro_urbano_assinado.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5896/12_-_anteprojeto_lei_do_parcelamento_do_solo_assinado.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5897/13_-_projeto_de_lei_-_codigo_de_posturas_assinado.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5898/14_-_anteprojeto_lei_do_codigo_de_obras_assinado.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5899/15_-_anteprojeto_lei_do_plano_diretor_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5987/16_-_suspende_reposicao_inflacionaria_2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5988/17_-_altera_refis_2021_-_prorrogacao.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5989/18_-_revisado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5783/projeto_de_lei_complementar_no_001_2021.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5297/01_-_2021_-_institui_o_diario_oficial_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5300/02_-_projeto_de_lei__2021_-_ldo_-_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5301/03_-_projeto_de_lei__2021_-_ppa_-_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5302/04_-_projeto_de_lei_2021_-_loa_-_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5305/05_-_loa_-_social_-varias_fontes.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5306/06_-_ppa_-_social_-_varias_fontes.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5307/07_-_ldo_-_social-_varias_fontes.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5363/08_-_ldo_-_obras.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5364/09_-_ppa_-_obras.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5365/10_-_projeto_de_lei_loa_-_obras.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5400/12_-_ldo_-_social_troca_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5401/13_-_ppa_-_social_troca_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5402/14_-_loa_-equipamentos_social.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5403/15_-__loa_-_social_troca_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5404/16_-_ldo_-_motoniveladora.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5405/17_-_ppa_-_motoniveladora.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5406/18_-__loa_-_motoniveladora.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5408/19_-_conectar_-_vacinas_fnp.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5409/20-2021_-_conselho_fundeb.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5412/pl_21_-_altera_as_acoes_no_exercicio2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5413/pl_22_-_altera_e_inclui_as_acoes_no_anexo_de_metas_anuais_.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5414/pl_23_-_autoriza_credito_adicional_suplementar_na_importancia_de_ate_52.70746_.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5416/pl_24_2021_-_altera_dispositivos.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5417/pl_25_2021_-_loa.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5419/pl_26_-_altera_as_acoes_no_exercicio-2021___ao_anexo_da_lei_municipal_no_1.687.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5420/pl_27_-_altera_e_inclui_as_acoes_no_anexo_de_metas_anuais__despesa_da_lei_municipal_no_1.823.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5421/pl_28_-_autoriza_credito_adicional_suplementar_na_importancia_de_ate_45.59356.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5422/pl_29_-_ppa_-_social_troca.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5423/pl_30_-_ldo_-__social.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5424/pl_31_loa-_social_-troca_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5425/pl_32_-_altera_as_acoes_no_exercicio_2021___ao_anexo_da_lei_municipal_no_1.687-17.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5426/pl_33_-_altera_as_acoes_no_anexo_de_metas_anuais__despesa_da_lei_municipal_no_1.823.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5427/pl_34_-_autoriza_credito_especial_na_importancia_de_ate_64.30000.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5504/projeto_de_lei_no35_2021_camara_municipal_regime_de_urgencia_.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5506/pl_36__-_ppa_-_saude_-_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5507/pl_37_-_ldo-_saude_-_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5508/pl_38_-_saude_-equipamentos.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5509/pl_39__-_ppa_-_saude_-_obras.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5510/pl_40__-_ldo-_saude_-_obras.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5511/pl_41_-saude_-_obras.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5512/pl_42_-_encaminhamento_ple_36_2021.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5513/pl_43_-_ppa_-__social_-_fundo_crianca.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5514/pl_44_-_ldo_-__social_-_fundo_crianca.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5515/pl_45-_loa_-social_-fundo_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5535/pl_46__-_ldo_-_adm_e_outos.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5536/pl_47__-_ppa_-_adm_e_outos.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5537/pl_48_-adm_e_outros.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5538/pl_49_-2021_-adm_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5706/pl_50__-_ppa_-_educacao_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5707/pl_51__-_ldo_-_educacao_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5708/pl_52_-_educacao_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5709/pl_53_-_lei_abertura_de_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5710/pl_54__-_autoriza_operacao_de_credito_-_5_milhoes.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5711/pl_55__-_ldo_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5712/pl_56__projeto_de_lei__-_ldo_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5715/57_-.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5716/58_-_projeto_de_lei__2021_-_ldo_-__social_-_equipamentos_2.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5717/59_-_projeto_de_lei_loa_-_social_equipamentos_2.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5718/60_-_projeto_de_lei__-_ppa_-_salarios.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5719/61_-_projeto_de_lei__-_ldo_-_salarios.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5720/62_-_projeto_de_lei_loa_-salarios.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5721/pl_63__-_ppa_-_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5722/pl_64__-_ldo_-_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5723/pl_65_-_social_e_saude.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5773/pl_66-_ldo_-_saude_e_infra.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5774/pl_67__-_ppa_-_saude_e_infra.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5775/pl_68__loa_-__saude_e_infra.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5776/pl_69_-2021_-_deficit_atuarial.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5777/pl_70_2021_-_encaminhamento_ploe_xx_2021.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5779/pl_72_-_ppa_-_saude_e_educacao.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5780/pl_73__-_ldo_-_saude_e_educacao.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5781/pl_74_-_loa_-__saude_educacao.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5821/75_-_projeto_de_lei__-_ppa_-_saude_excesso_327.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5822/76_-_projeto_de_lei__-_ldo_-_saude_excesso_327.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5823/77_-_projeto_de_lei_-_loa_-_saude_excesso_327.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5824/78_-_projeto_de_lei__2021_-_ppa_-__social_-_fonte_902.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5825/79_-_projeto_de_lei__-_ldo_-_fonte_902_-social.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5826/80_-_projeto_de_lei_-_loa_-_social_fonte_902.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5827/81_-_projeto_de_lei__2021_-_ppa_-__social_-_social_6032.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5828/82-_projeto_de_lei__2021_-_ldo_-__social_-_social_6032.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5829/83_-_projeto_de_lei_loa_-_social_-_projeto_6032.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5830/84_-_projeto_de_lei__-_ppa_-_saude_repasse.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5831/85_-_projeto_de_lei__-_ldo_-_saude__repasse.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5832/86_-_projeto_de_lei_loa_-saude__repasse.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5833/87_-_projeto_de_lei__2021_-_ppa_-_saude_anulacao_845.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5834/88_-_projeto_de_lei__2021_-_ldo_-_saude_anulacao_845.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5835/89_-projeto_de_lei_2021_-_loa_-_saude_anulacao_845.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5836/90_-_projeto_de_lei_2021_-_ppa_-_educacao_excesso_fonte_102.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5837/91_-_projeto_de_lei_2021_-_ldo_-_educacao_excesso_fonte_102.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5838/92_-_projeto_de_lei_2021-_loa_-_educacao_excesso_fonte_102.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5839/93_-_projeto_de_lei__2021_-_ppa_-_saude_fonte_325.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5840/94_-_projeto_de_lei__2021_-_ldo_-_saude_fonte_325.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5841/95_-_projeto_de_lei_2021__-_loa_-_saude_fonte_325.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5842/96_-_projeto_de_lei__2021_-_ppa_-_saude_superaviti_845.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5843/97-_projeto_de_lei__2021_-_ldo_-_saude_superaviti_845.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5844/98_-_projeto_de_lei_2021__-_loa_-_saude_superaviti_845.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5845/99_-_projeto_de_lei__-_ppa_-_excesso_salarios_2.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5846/100_-_projeto_de_lei__-_ldo_-_excesso_salarios_2.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5847/101_-_projeto_de_lei_-_loa_-_excesso_salarios_2.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5867/102_-_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5868/103_-_ppa_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5869/104_-_altera_ldo_2020.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5870/105_-_projeto_de_lei__-_ppa_-_anulacao_507.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5871/106_-_projeto_de_lei_-_ldo-__anulacao_507.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5872/107_-_projeto_de_lei__-_loa_-_anulacao_507.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5873/108_-_projeto_de_lei__-_ppa_-_excesso_507.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5874/109_-_projeto_de_lei_-_ldo-__excesso_507.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5875/110.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5892/oficio_226-2021_-_pl_-_fundo_garantidor.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5917/112_-_projeto_de_lei__2021_-_ppa_-_excesso_hospital.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5918/113_-_projeto_de_lei_-_ldo-__excesso_hospital.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5919/114_-_projeto_de_lei_-_loa__-_excesso_hospital.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5920/115_-_projeto_de_lei__-_ppa_-_excesso_855_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5921/116_-_projeto_de_lei_-_ldo-__excesso_855_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5922/117_-_projeto_de_lei_-_loa_-_excesso_855_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5923/118_-_altera_lei_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5924/119_-_altera_lei_da_diaria.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5925/120__-_ppa_-_excesso_1000.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5926/121_-_ldo-__excesso_1000.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5927/122__-_loa_-_excesso_1000.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5928/123_-_ppa_-_especial_excesso_327.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5929/124_-_ldo-__especial_excesso__327.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5930/125_-_loa_-_especial_excesso_327.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5976/126_-_projeto_de_lei__-_ppa_-_medico_327.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5977/127_-_projeto_de_lei_-_ldo-__medico_327.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5978/128_-_projeto_de_lei_loa_-_medico_327.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5979/129_-_projeto_de_lei_2021_-_ppa_-_escola_lorenzette.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5980/130_-_projeto_de_lei__-_ldo_-__escola_lorenzette.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5981/131_-_projeto_de_lei_loa_-_escola_lorenzette.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5982/132_-_projeto_de_lei__-_ppa_-_excesso_salarios_outubro.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5983/133_-_projeto_de_lei__-_ldo_-_excesso_salarios_outubro.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5984/134_-_projeto_de_lei_loa_salrios_-_outubro.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5991/135_-_ppa_-_saude_-_anulacao_31500.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5992/136__-_ldo-_saude_-_anulacao_31500.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5993/137_-__loa_fonte_31500_anulacao.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5994/138__-_ppa_-_equipamento_saude_e_obras_infra.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5995/139__-_ldo-_equipamento_saude_e_obras_infra.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5996/140_-_loa_-_equipamento_saude_e_obras_infra.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5997/141__-_ppa_-_excesso_saude_e_rh.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5998/142_-_ldo-__excesso_saude_e_rh.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5999/143_-_loa_-_exesso_saude_e_rh.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6002/144_-_ratifica_extincao_do_codepaci.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6086/145_-_ppa_-_excesso_856_copel.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6087/146_-_ldo_-_excesso_856_copel.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6088/147_-_loa_-_excesso_856_copel.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6108/148_-_projeto_de_lei__-_ppa_-_excesso_857.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6109/149_-_projeto_de_lei_-_ldo-__excesso_857.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6110/150_-_projeto_de_lei_-_loa_-_excesso_857.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6111/151_-_projeto_de_lei__-_ppa_-_excesso_858_asfalto.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6112/152_-_projeto_de_lei_-_ldo-__excesso_858_asfalto.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6113/153_-_projeto_de_lei_-_loa_-_excesso_fonte_858_asfalto.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5296/projeto_de_lei_no_01_2021_-_reposicao_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5339/projeto_de_lei_no_02_2021_-_transparencia_vacina_covid.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5340/projeto_de_lei_no_03_2021_-_compostagem_podas_de_arvores_corrigida.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5361/projeto_de_lei_no_04_2021_-_horta_comunitaria_corrigida.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5399/pl_05_adote_uma_nascente.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5411/projeto_de_lei_no_06_2021_-_altera_lei_da_divulacao_da_lista_de_vacinados_corrigida.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5418/projeto_de_lei_no_07_2021_-_dia_municipal_em_memoria_das_vitimas_de_covid-19_corrigido.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5740/pl_08.2021_reserva_vagas_afrodescendentes.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5819/pl_09_dezembro_transparente.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5848/projeto_de_lei_no_10.2021_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5866/pl_11.2021_semana_municipal_para_o_direito_das_mulheres.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5931/projeto_de_lei_no_12_2021_-_controle_agendamentos.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5932/projeto_de_lei_no_13_2021_-_altera_lei_de_diarias_camara.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6000/projeto_de_lei_no_14_2021_-_suspensao_reposicao_inflacionaria_camara.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5986/projeto_de_lei_no_15_2021_-_semana_municipal_do_ciclismo.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5990/projeto_de_lei_no_16_2021_-_semana_municipal_dislexia.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6055/projeto_de_lei_no_17_2021_-_procuradoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6056/projeto_de_lei_no_18_2021_-_semana_educacao_transito.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5602/projeto_de_resolucao_no_01_2021_-_altera_regimento_interno_prazo_emendas.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5705/projeto_de_resolucao_02.2021_emprestimo_consignado.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5818/pr_03.2021_-_proposta_parcial_de_orcamento_camara.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5516/proposta_de_emenda_a_lei_organica_no_01-2021_orcamento_impositivo_corrigida.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5308/prot._017_req_001_tabela_cosip.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5309/prot._025_req_002_regional_de_saude_competencia_samu.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5342/prot._038_req_003_sec._municipal_de_saude_pmaq.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5343/prot._043_req_004_subsidio_transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5344/prot._044_req_005_sec._municipal_de_saude_dna.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5368/prot._052_req_006_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5369/prot._053_req_007_imoveis_locacao_e_propriedade.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5374/prot._059_req_008_conselho_municipal_de_meio_ambiente_projeto_fundo_azul.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5376/prot._061_req_009_pl_regulamentacao.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5378/prot._063_req_010_sec._municipal_de_saude_filas.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5381/prot._066_req_011_epi_situacao.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5391/prot._076_req_012_sec._assistencia_social_moradores_de_rua.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5428/prot._085_req_013_informacoes_asfalto.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5429/prot._092_req_014_informacoes_comite_municipal_de_gerenciamento_do_novo_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5430/prot._095_req_015_informacoes_portal_da_transparencia.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5431/prot._100_req_016_informacoes_garis_e_coletas.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5432/prot._102_req_017_informacoes_taxas_empresas.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5433/prot._108_req_018_informacoes_licitacao_proteses_dentarias.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5434/prot._142_req_025_informacoes_aplicacao_de_recursos.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5435/prot._143_req_026_informacoes_atendimento_pos-covid.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5436/prot._144_req_027_cisnorpi_informacoes_atendimento_pos-covid.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5437/prot._149_req_028_sec._municipal_de_saude_tomografia.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5438/prot._164_req_029_informacoes_proc._de_medicamento_de_alto_custo.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5439/prot._167_req_030_informacoes_portaria_2358_acoes_de_rastreamento_e_monitoramento_covid.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5440/prot._170_req_031_informacoes_fundos_municipais.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5441/prot._173_req_032_sec._municipal_de_saude_planilha_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5442/prot._177_req_033_informacoes_recursos_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5443/prot._179_req_034_informacoes_vacinados.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5444/prot._186_req_035_informacoes_posto_de_saude_do_centro.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5445/prot._191_req_036_informacoes_recursos_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5446/prot._192_req_037_informacoes_atitudes_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5447/prot._193_req_038_sec._municipal_de_educacao_merenda_escolar.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5448/prot._195_req_039_informacoes_dispensa_de_licitacao_27-2021.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5449/prot._196_req_040_informacoes_plano_de_enfrentamento_covid_doacoes.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5450/prot._197_req_041_informacoes_lei_14029.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5451/prot._199_req_042_sec._municipal_de_educacao_professores_home_office.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5452/prot._201_req_043_informacoes_qualifar-sus.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5453/prot._209_req_044_supertintendencia_regional_pr431.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5454/prot._211_req_045_informacoes_sec._mun._agricultura_maquinario.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5455/prot._212_req_046_informacoes_divida_publica.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5456/prot._213_req_047_informacoes_divida_publica_e_consolidada.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5457/prot._214_req_048_informacoes_precatorios.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5458/prot._215_req_049_informacoes_manutencao_gabinete.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5459/prot._216_req_050_informacoes_manutencao_joao_pires.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5460/prot._217_req_051_informacoes_amortizacao.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5461/prot._218_req_052_informacoes_renuncia_iptu.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5462/prot._219_req_053_informacoes_renuncia_iss.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5463/prot._220_req_054_informacoes_renuncia_taxas.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5464/prot._224_req_055_informacoes_gestao_de_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5465/prot._226_req_056_informacoes_vacina_acamados.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5466/prot._230_req_057_obras_conj._bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5467/prot._232_req_058_informacoes_recomendacao_administrativa_09-2016.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5468/prot._233_req_059_informacoes_sec._municipal_de_saude_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5469/prot._234_req_060_informacoes_pmaq.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5470/prot._235_req_061_informacoes_iluminacao_publica_padovani.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5471/prot._241_req_062_informacoes_programa_do_tabaco.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5472/prot._243_req_063_informacoes_oxigenioterapia.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5473/prot._249_req_064_informacoes_comissoes_representantes_camara.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5474/prot._250_req_065_informacoes_boca_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5475/prot._252_req_066_informacoes_portaria_1666_notas.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5476/prot._253_req_067_informacoes_licitacao_radio.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5539/prot._257_req_068_informacoes_plano_municipal_de_arborizacao.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5540/prot._259_req_069_informacoes_agentes_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5541/prot._268_req_070_informacoes_sec._mun._assistencia_social_e_sec._mun._saude_pacientes_covid.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5542/prot._269_req_071_informacoes_vulnerabilidade.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5543/prot._279_req_072_informacoes_plano_municipal_do_idoso_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5544/prot._285_req_073_informacoes_programa_saude_com_agente.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5545/prot._287_req_074_informacoes_criterios_de_distribuicao_assist._social.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5546/prot._295_req_075_informacoes_filas_exames.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5547/prot._302_req_076_informacoes_rodizio_gm.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5548/prot._313_req_077_reiteracao_191_informacoes_recursos_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5549/prot._314_req_078_reiteracao_179_informacoes_vacinados.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5550/prot._318_req_079_informacoes_orteses_e_proteses.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5551/prot._326_req_080_informacoes_lc_181_saldo_remanescente_sec._saude.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5552/prot._332_req_081_informacoes_aprovados_concurso.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5553/prot._336_req_082_informacoes_gov._do_estado_vacina_pfzier.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5554/prot._337_req_083_informacoes_cota_extra.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5555/prot._341_req_084_informacoes_sec._mun._saude_e_educacao_professores_vacinados.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5676/prot._348_req_085_informacoes_vacina_servidores_afastados.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5677/prot._354_req_086_informacoes_19_regional_de_saude_pfzier.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5678/prot._357_req_087_informacoes_iptu.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5679/prot._358_req_088_informacoes_caminhoneiros_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5691/prot._364_req_090_informacoes_servidores_vigilancia_e_agentes.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5692/prot._372_req_091_informacoes_vacinacao_remanescente.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5724/prot._379_req_092_informacoes_licitacao_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5725/prot._383_req_093_informacoes_equipes_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5726/prot._389_req_094_informacoes_caminhao_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5727/prot._394_req_095_informacoes_julho_amarelo_hepatite.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5728/prot._402_req_096_informacoes_escala_gm.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5729/prot._403_req_097_rocagem.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5730/prot._407_req_098_informacoes_cotas.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5731/prot._409_req_099_informacoes_portal_da_transparencia.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5732/prot._410_req_100_informacoes_tac.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5733/prot._414_req_101_informacoes_sanepar_cobrancas.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5734/prot._416_req_102_informacoes_cosip.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5735/prot._420_req_103_informacoes_portaria_894.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5736/prot._421_req_104_informacoes_programa_de_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5737/prot._422_req_105_informacoes_19_regional_de_saude_tomografia.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5738/prot._424_req_106_informacoes_janssen.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5739/prot._425_req_107_informacoes_receita.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5793/prot._428_req_108_informacoes_adesao_vacina_influenza.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5794/prot._433_req_109_informacoes_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5795/prot._438_req_110_informacoes_19_regional_de_saude_planejamento_familiar.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5796/prot._439_req_111_informacoes_busca_moradores_de_rua.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5797/prot._440_req_112_informacoes_bb.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5798/prot._441_req_113_informacoes_bndes.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5799/prot._442_req_114_informacoes_cef.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5800/prot._443_req_115_informacoes_pl_54.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5801/prot._445_req_116_informacoes_19_regional_de_saude_caps_i.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5802/prot._447_req_117_informacoes_portaria_705.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5803/prot._448_req_118_informacoes_portal_da_transparencia.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5804/prot._452_req_119_informacoes_bb_obras.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5805/prot._453_req_120_informacoes_odontologia.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5849/prot._478_req_122_tomografo.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5850/prot._479_req_123_informacoes_agosto_dourado.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5851/prot._481_req_124_informacoes_insalubridade_ltcat.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5852/prot._487_req_125_informacoes_pl_54_complemento.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5853/prot._488_req_126_informacoes_veiculos.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5854/prot._489_req_127_informacoes_capacitacao.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5876/prot._495_req_128_informacoes_medidas_vulneraveis_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5877/prot._496_req_129_informacoes_creches.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5878/prot._497_req_130_informacoes_censo_municipal_situacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5879/prot._500_req_131_informacoes_irregularidade_tce.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5880/prot._505_req_132_informacoes_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5881/prot._506_req_133_informacoes_inclusao.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5900/prot._512_req_134_informacoes_kit_de_merendas.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5901/prot._513_req_135_informacoes_registro_de_ponto.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5902/prot._517_req_136_informacoes_passaporte_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5903/prot._518_req_137_informacoes_periculosidade.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5904/prot._519_req_138_informacoes_sec._municipal_de_saude_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5905/prot._520_req_139_informacoes_sec._assist._social_contemplados_casas.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5906/prot._522_req_140_informacoes_denuncias_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5907/prot._524_req_141_informacoes_denuncias_agentes_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5933/prot._525_req_142_informacoes_cestas_basicas_acoes.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5934/prot._527_req_143_informacoes_zeladoria_contratacao.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5935/prot._530_req_144_informacoes_quadro_servidores_escolas.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5936/prot._533_req_145_informacoes_obesidade_infantil.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5937/prot._535_req_146_informacoes_remume.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5938/prot._538_req_147_reiteracao_prot._479_informacoes_agosto_dourado.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5939/prot._539_req_148_reiteracao_prot._481_informacoes_insalubridade_ltcat.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5940/prot._540_req_149_reiteracao_prot._488_informacoes_veiculos.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5941/prot._541_req_150_reiteracao_prot._489_informacoes_capacitacao.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5942/prot._543_req_151_informacoes_protocolo_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5943/prot._550_req_152_informacoes_situacao_de_violencia_sexual.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5944/prot._552_req_153_informacoes_controle_carro_de_som.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5945/prot._558_req_154_informacoes_enchentes.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5946/prot._559_req_155_informacoes_cohapar_contemplados_casas.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5947/prot._572_req_162_informacoes_regularidade_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6003/prot._578_req_163_informacoes_castracoes.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6004/prot._579_req_164_informacoes_vulnerabilidades.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6005/prot._580_req_165_informacoes_cursos_tecnicos_e_profissionalizantes.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6006/prot._581_req_166_informacoes_vulnerabilidades_idosos.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6007/prot._582_req_167_informacoes_transporte_alunos.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6008/prot._594_req_168_informacoes_precatorios.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6009/prot._596_req_169_informacoes_encontro_de_contas_copel.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6010/prot._597_req_170_informacoes_sec._mun._educacao_alunas_idade_menstrual.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6011/prot._598_req_171_informacoes_sec._mun._assisten._social_mulheres_vulnerabilidade_idade_menstrual.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6012/prot._599_req_172_informacoes_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6013/prot._600_req_173_informacoes_copia_processos.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6014/prot._601_req_174_informacoes_dentistas.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6015/prot._602_req_175_informacoes_epi_acs.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6016/prot._604_req_176_informacoes_nucleo_de_educacao_alunas_idade_menstrual.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6017/prot._606_req_177_informacoes_sec._municipal_de_saude_medicamentos_complemento.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6018/prot._607_req_178_informacoes_receita_tipo_b2.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6019/prot._609_req_179_convocacao_sec._assist._social.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6020/prot._610_req_180_informacoes_estrategia_pop._ribeirinha.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6021/prot._611_req_181_informacoes_servidores_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6022/prot._615_req_182_reiteracao_prot._445_informacoes_19_regional_de_saude_caps_i.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6023/prot._620_req_183_informacoes_incentivo_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6024/prot._621_req_184_informacoes_19_regional_de_saude_canal_de_transparencia.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6025/prot._625_req_185_informacoes_processos_licitatorios.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6026/prot._626_req_186_informacoes_repasse_ministerio_da_saude.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6027/prot._627_req_187_informacoes_portaria_2888.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6028/prot._630_req_188_informacoes_transporte_pacientes.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6029/prot._638_req_189_informacoes_pediatra.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6030/prot._640_req_190_informacoes_placas.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6031/prot._643_req_191_informacoes_sec._mun._assist._social_validade.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6032/prot._644_req_192_informacoes_ministerio_da_cidadania_portaria_618.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6033/prot._650_req_193_informacoes_detran_e_executivo_fluxo_de_transito.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6034/prot._652_req_194_informacoes_vigilancia_insetos.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6035/prot._653_req_195_informacoes_estrategias_procedimentos_dengue.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6036/prot._654_req_196_informacoes_top_farma_receitas.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6095/prot._672_req_204_informacoes_lei_da_consciencia_negra_escolas.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6096/prot._676_req_205_informacoes_monitoramento_reforma.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6097/prot._677_req_206_informacoes_proibicao_podas.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6098/prot._679_req_207_informacoes_vila_aurora.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6099/prot._680_req_208_informacoes_fnde.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6100/prot._682_req_209_informacoes_evasao_escolar.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6101/prot._684_req_210_informacoes_fundeb.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6102/prot._688_req_211_informacoes_providencias_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6103/prot._689_req_212_reiteracao_prot._621_informacoes_19_regional_de_saude_canal_de_transparencia.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5310/prot._001_ind_001_plano_de_saude_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5311/prot._002_ind_002_dep._federal_reinhold_s._junior_infraestrutura_distrito_industrial_votorantim.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5312/prot._003_ind_003_infraestrutura_distrito_industrial_votorantim.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5313/prot._004_ind_004_dep._federal_pedro_lupion_posto_de_saude_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5314/prot._005_ind_005_sec._municipal_de_industria_e_comercio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5315/prot._006_ind_006_limpeza_parque_alambari.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5316/prot._007_ind_007_extensao_de_rede_conj._irmaos_francisco.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5317/prot._008_ind_008_escola_profissionalizante_campo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5318/prot._009_ind_009_revitalizacao_praca_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5319/prot._010_ind_010_cisnorpi_aparelhos_auditivos_e_proteses.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5320/prot._011_ind_011_mapas_inteligentes_atencao_basica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5321/prot._012_ind_012_fios_postes.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5322/prot._013_ind_013_sec._municipal_de_saude_ginecologista.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5323/prot._014_ind_014_pm_rondas_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5324/prot._015_ind_015_deputado_estadual_michela_caputo_kits_roboticos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5325/prot._016_ind_016_recapeamento_rua_tiradentes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5326/prot._019_ind_018_deputado_federal_filipe_barros_ambulancia_samu.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5327/prot._020_ind_019_reforma_samu.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5328/prot._021_ind_020_conselho_municipal_de_protacao_e_defesa_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5329/prot._022_ind_021_mutirao_de_limpeza_fiscalizacao_de_terrenos_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5330/prot._023_ind_022_deputado_federal_filipe_barros_castramovel.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5331/prot._024_ind_023_parceria_municipio_e_clinica_veterinaria.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5332/prot._026_ind_024_procon.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5347/prot._027_ind_025_melhorias_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5333/prot._028_ind_026_limpeza_rio_jardim_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5334/prot._029_ind_027_sec._municipal_de_agricultura_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5335/prot._030_ind_028_area_verde_jardim_nova_america.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5336/prot._031_ind_029_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5337/prot._032_ind_030_melhoria_parque_conjunto_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5345/prot._033_ind_031_cisnorpi_castramovel.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5346/prot._034_ind_032_pl_doacao_de_lotes_construcao_de_moradias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5348/prot._035_ind_033_caps_i.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5349/prot._036_ind_034_vacina_professores_e_alunos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5350/prot._037_ind_035_seguranca_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5351/prot._039_ind_036_seguro_de_vida_e_vale_alimentaao_servidores.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5352/prot._040_ind_037_vacina_covid_cuidadores_e_agentes_funerarios.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5353/prot._041_ind_038_sec._municipal_de_saude_aparelho_glicemia.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5354/prot._042_ind_039_curso_menor_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5355/prot._045_ind_040_empedramento_chacara_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5356/prot._046_ind_041_zeladoria.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5357/prot._047_ind_042_melhorias_casa_de_velorio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5358/prot._048_ind_043_iluminacao_rua_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5359/prot._049_ind_044_manutencao_boca_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5360/prot._050_ind_045_placas_ruas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5367/prot._051_ind_046_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5370/prot._054_ind_047_sinalizacao_e_correcao_ponte.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5371/prot._055_ind_048_semaforo_rua_joao_mischiatti.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5372/prot._056_ind_049_nomes_bairros.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5373/prot._058_ind_051_bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5375/prot._060_ind_052_campo_estacao_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5377/prot._062_ind_053_contratacao_tecnico_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5379/prot._064_ind_054_agencia_do_trabalhador_curriculo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5380/prot._065_ind_055_vacina_cronograma_e_aquisicao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5382/prot._067_ind_056_ponto_biometrico_e_vestiario_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5383/prot._068_ind_057_adicional_de_insalubridade_equipe_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5384/prot._069_ind_058_remocao_de_arvore_cupim.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5385/prot._070_ind_059_clube_lazer_melhorias.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5386/prot._071_ind_060_convite_emater_acaf_e_sec._munic._de_agricultura_compostagem.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5387/prot._072_ind_061_sec._municipal_de_saude_vacina_antirrabica.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5388/prot._073_ind_062_asfalto_e_meio_fio_rua_david_guiotto_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5389/prot._074_ind_063_iluminacao_praca_vila_santana.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5392/prot._077_ind_065_tachoes_conjunto_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5393/prot._078_ind_066_rebaixamento_rua_pontilhao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5394/prot._080_ind_068_pedagio_dep._estadual_romanelli.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5395/prot._081_ind._069_pedagio_dep._estadual_mauro_moraes.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5396/prot._082_ind_070_pedagio_dep._estadual_michelle_caputo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5397/prot._083_ind_071_deputado_sandro_alex_pr431.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5398/prot._084_ind_072_placas_ciclistas_na_via.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5477/prot._086_ind_073_canaletas_limpeza.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5478/prot._087_ind_074_entulhos_estrada.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5479/prot._088_ind_075_placas_velocidade_maxima.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5480/prot._089_ind_076_cronograma_limpeza_e_mutirao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5481/prot._090_ind_077_19_regional_de_saude_equipe_de_atencao_basica.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5482/prot._091_ind_078_incentivo_plantio_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5483/prot._093_ind_079_academia_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5484/prot._094_ind_080_gov._do_estado_camburao_ou_van_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5485/prot._096_ind_081_sala_de_apoio_ao_aleitamento_materno.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5486/prot._097_ind_082_iluminacao_rua_gabriel_ferrari.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5487/prot._099_ind_084_camara_ltcat.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5488/prot._101_ind_085_melhorias_guarda_municipal_sec._municipal_de_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5489/prot._103_ind_086_reparo_ponte_jardim_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5490/prot._104_ind_087_reparo_passarela_parque_alambari_ii.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5491/prot._105_ind_088_manutencao_tori.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5492/prot._106_ind_089_boca_de_lobo_rua_kazuma_sakamoto.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5493/prot._107_ind_090_licitacao_aplicacao_lc_123_2006.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5494/prot._109_ind_091_sec._municipal_de_agricultura_inscricao_programa_de_aceleraca.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5495/prot._110_ind_092_academia_servico_essencial.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5496/prot._111_ind_093_pl_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5497/prot._141_ind_117_kit_de_alimentacao_escolar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5498/prot._145_ind_118_reitoria_uenp_parceria_recuperacao_pos_covid.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5499/prot._146_ind_119_contratacao_medico_intensivista.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5500/prot._147_ind_120_mascara_de_ventilacao_nao_invasiva.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5501/prot._148_ind_121_sec._municipal_de_saude_melhorias_tenda_sentinela.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5502/prot._150_ind_122_sec._estadual_de_saude_guindaste_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5503/prot._151_ind_123_agente_de_endemias_mudanca_de_local.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5518/prot._152_ind_124_sec._municipal_de_saude_vacina_sec._mun._assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5519/prot._153_ind_125_sec._municipal_de_saude_vacina_prof._educ._fisica.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5520/prot._154_ind_126_sec._municipal_de_saude_atendimento_prioritario_tenda_sentinela.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5521/prot._155_ind_127_junta_comercial.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5522/prot._156_ind_128_manifestacao_covid.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5523/prot._157_ind_129_quebra-molas_rua_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5524/prot._158_ind_130_escolas_municipais_aula_de_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5525/prot._159_ind_131_perdao_de_juros_e_multas_pandemia.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5526/prot._160_ind_132_iluminacao_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5527/prot._161_ind_133_hotel_bourbon_covid.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5528/prot._162_ind_134_telefones_denuncias_e_vacinas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5529/prot._163_ind_135_abrigo_animais.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5530/prot._165_ind_136_prefeitura_e_sec._estadual_de_saude_ambulancia_samu.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5531/prot._166_ind_137_sec._municipal_de_saude_vacina_garis.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5532/prot._168_ind_138_nota_tenica_agentes_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5533/prot._169_ind_139_escola_profissionalizante_creche.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5534/prot._171_ind_140_local_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5556/prot._172_ind_141_melhorias_samu.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5557/prot._174_ind_142_extensao_atendimento_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5558/prot._175_ind_143_sec._estadual_de_saude_ar_condicionado_hospital_regional_de_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5559/prot._176_ind_144_sec._municipal_de_saude_vacina_guardas_municipais.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5560/prot._178_ind_145_engenharia_melhorias_br369.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5561/prot._180_ind_146_equipe_especializada_contratacao_ventilacao_nao_invasiva.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5562/prot._181_ind_147_capacete_elmo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5563/prot._182_ind_148_laboratorio_municipal_de_proteses_dentarias.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5564/prot._183_ind_149_sistema_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5565/prot._184_ind_150_horario_farmacia_e_entrega_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5566/prot._185_ind_151_camara_repasse_capacetes_elmo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5567/prot._187_ind_152_cisnorpi_municipio_raio_x_eed_refluxo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5568/prot._188_ind_153_medicamentos_pacientes_pos-covid.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5569/prot._189_ind_154_mao_dupla_rua_nelson_bonacin.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5570/prot._190_ind_155_der_redutor_de_velocidade_pr431.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5571/prot._194_ind_156_reuniao_kit_de_merenda_escolar.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5572/prot._198_ind_157_sec._muncipal_de_educacao_obra_um_trem_para_leoflora.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5573/prot._200_ind_158_deputado_estadual_michele_caputo_ambulancia_samu.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5574/prot._202_ind_159_rocam_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5575/prot._203_ind_160_aumento_margem_do_consignado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5576/prot._204_ind_161_reiteracao_prot._125_recapeamento_asfaltico_estacao.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5577/prot._205_ind_162_sec._mun._infraestrutura_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5578/prot._206_ind_163_eletrocardiograma_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5579/prot._207_ind_164_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5580/prot._210_ind_165_equipamento_de_seguranca_garis.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5581/prot._221_ind_166_parceria_sanepar_higienizacao_orgaos_publicos.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5582/prot._222_ind_167_carro_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5583/prot._223_ind_168_monitoramento_pacientes_pos-covid.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5584/prot._225_ind_169_monitoramento_gravidas_e_puerperas.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5585/prot._227_ind_170_rua_joao_manoel_dos_santos_detran.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5586/prot._228_ind_171_calcada_avenida_antonio_mano.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5587/prot._229_ind_172_dep._estadual_jonas_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5588/prot._231_ind_173_comite_gestor_estrategia_dia_das_maes.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5589/prot._236_ind_174_iluminacao_praca_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5590/prot._237_ind_175_recapeamento_rua_santo_expedito.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5591/prot._238_ind_176_senador_alvaro_dias_pl_teto_salarial.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5592/prot._239_ind_177_vigilancia_sanitaria_boletim_dengue.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5593/prot._240_ind_178_procon.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5594/prot._242_ind_179_vacina_gestantes_puerperas_e_lactantes.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5595/prot._244_ind_180_estrategia_dia_das_maes_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5596/prot._245_ind_181_dep._estadual_jonas_guimaraes_casas.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5597/prot._246_ind_182_revogacao_decreto_comissao_de_avaliacao_e_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5598/prot._247_ind_183_alteracao_do_paragrafo_4o_da_lei_complementar_no_75-2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5599/prot._248_ind_184_comunicado_eventos_oficiais.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5600/prot._251_ind_185_fundos_municipais.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5601/prot._254_ind_186_sanepar_poco_de_visita.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5603/prot._255_ind_187_maio_amarelo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5604/prot._256_ind_188_lavar_br369.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5605/prot._258_ind_189_reuniao_sec._assist._social_e_entidades.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5606/prot._260_ind_190_escola_profissionalizante_reforma_creche.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5607/prot._261_ind_191_revitalizacao_rua_doutor_genaro_resende.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5608/prot._262_ind_192_castracao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5610/prot._264_ind_194_manutencao_bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5611/prot._266_ind_196_associacao_dos_caminhoneiros_e_prefeitura_rua_jose_frediane.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5612/prot._267_ind_197_planifica_sus.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5613/prot._270_ind_198_acoes_fome.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5614/prot._271_ind_199_trabalhos_cadeia-sec._municipal_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5615/prot._272_ind_200_revitalizacao_avenida_brasil.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5616/prot._273_ind_201_posto_de_saude_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5617/prot._274_ind_202_cmei_escola_municipal_maria_alice.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5618/prot._275_ind_203_clube_lazer_melhorias.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5619/prot._276_ind_204_cidade_digital.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5620/prot._277_ind_205_melhorias_casa_de_velorio.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5621/prot._278_ind_206_redutores_de_velocidade_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5622/prot._280_ind_207_mapeamento_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5623/prot._281_ind_208_vacinacao_alunos_uenp.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5624/prot._282_ind_209_placa_saida_jacarezinho.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5625/prot._283_ind_210_equipe_de_protecao_animal.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5626/prot._284_ind_211_vacina_alunos_e_atividades_essenciais.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5627/prot._286_ind_212_identificacao_agentes.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5628/prot._288_ind_213_ambulancia_dep._estadual_cobra_reporter.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5629/prot._290_ind_214_bueiro_rua_joao_manoel_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5631/prot._289_ind_216_drones_agentes_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5632/prot._292_ind_217_alambrado_parque_mohamed_ali_hamze.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5633/prot._293_ind_218_academia_escola_maria_paulina.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5634/prot._294_ind_219_copel_arborizacao_mais_segura.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5635/prot._296_ind_220_lonas_reciclagem.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5636/prot._297_ind_221_mapeamento_focos_educacao_continuada.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5637/prot._298_ind_222_medico_saude_da_familia.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5638/prot._299_ind_223_gov._do_estado_base_movel.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5639/prot._300_ind_224_base_movel_gm.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5640/prot._301_ind_225_rodizio_gm.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5641/prot._303_ind_226_recapeamento_rodovia_laurindo_francisco.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5642/prot._304_ind_227_limpeza_parque_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5643/prot._305_ind_228_iluminacao_rua_joao_mischievis.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5644/prot._306_ind_229_mudanca_samu.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5645/prot._307_ind_230_reiteracao_prot._035_caps_i.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5646/prot._308_ind_231_reiteracao_prot._178_engenharia_melhorias_br369.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5647/prot._309_ind_232_reiteracao_prot._182_laboratorio_municipal_de_proteses_dentarias.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5648/prot._310_ind_233_reiteracao_prot._011_mapas_inteligentes_atencao_basica.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5649/prot._311_ind_234_psicologo_samu_e_saude.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5650/prot._312_ind_235_cisnop_samu_psicologo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5651/prot._315_ind_236_equipar_samu.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5652/prot._316_ind_237_cobertura_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5653/prot._317_ind_238_letreiro_estadio.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5654/prot._320_ind_240_horta_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5655/prot._321_ind_241_telefones_consultas_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5656/prot._322_ind_242_contratacao_cursos_profissionalizante.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5657/prot._323_ind_243_sinal_tv_digital.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5658/prot._324_ind_244_professores_comorbidade_retorno.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5659/prot._325_ind_245_econorte_limpeza_br369.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5661/prot._328_ind_247_sec._infraestrutura_sandro_alex_pr431_trevos.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5662/prot._329_ind_248_dep._estadual_filipe_barros_guindaste_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5663/prot._330_ind_249_decreto_retorno_aulas.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5664/prot._331_ind_250_prot._188_reiteracao_medicamentos_pacientes_pos-covid.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5665/prot._333_ind_251_orientacoes_escolas.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5666/prot._334_ind_252_reativacao_posto_de_saude_do_centro.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5667/prot._335_ind_253_contratacao_equipe_multidisciplinar_pos_covid.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5668/prot._338_ind_254_sec._municipal_de_agricultura_empedramento_bairro_santa_clementina.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5669/prot._339_ind_255_mutirao_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5670/prot._340_ind_256_panfleto_comorbidades.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5671/prot._342_ind_257_reiteracao_prot._096_sala_de_apoio_ao_aleitamento_materno.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5672/prot._343_ind_258_recape_jardim_das_acacias.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5673/prot._344_ind_259_recape_rua_joao_manoel_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5674/prot._345_ind_260_praca_conjunto_sao_jose_i.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5675/prot._346_ind_261_melhorias_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5680/prot._347_ind_262_caixa_dagua_sanepar.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5681/prot._349_ind_263_vacina_atividades_essenciais.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5682/prot._350_ind_264_deputado_estadual_michele_caputo_meu_campinho.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5683/prot._351_ind_265_cisnop_samu_aumento_motoristas.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5685/prot._353_ind_267_sec._estadual_de_saude_sec._mun._saude_vacina_professores_e_atividades_essenciais.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5686/prot._355_ind_268_quadra_popular_nova.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5687/prot._356_ind_269_limpeza_rio_lago_conj._ignez.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5688/prot._360_ind_270_iluminacao_rua_ricardo_bernardelli.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5689/prot._362_ind_272_vacinacao_caminhoneiros.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5690/prot._363_ind_273_academia_reinstalacao.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5693/prot._365_ind_274_seguranca_vacinas.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5694/prot._366_ind_275_professores_e_servidores_home_office.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5695/prot._367_ind_276_prot._127_reiteracao_saude_na_hora.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5696/prot._368_ind_277_prot._267_reiteracao_planifica_sus.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5697/prot._369_ind_278_prot._126_reiteracao_capacitacoes_agentes_de_saude.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5698/prot._370_ind_279_prot._090_reiterecao_19_regional_de_saude_equipe_de_atencao_basica.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5699/prot._371_ind_280_iluminacao_led.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5700/prot._373_ind_281_bueiros_manutencao.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5701/prot._374_ind_282_dep._est._jonas_guimaraes_emendas.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5702/prot._375_ind_283_canaletas_limpeza_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5703/prot._376_ind_284_rondas_gm.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5704/prot._377_ind_285_rol_prioritario_lactantes.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5741/prot._378_ind_286_iluminacao_reparos.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5742/prot._380_ind_287_reiteracao_prot._107_licitacao_aplicacao_lc_123_2006.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5743/prot._381_ind_288_seguranca_monitoramento_antena_tv.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5744/prot._382_ind_289_reiteracao_prot._051_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5745/prot._384_ind_290_dep._federal_boca_aberta_guindaste_santa_casa_e_pronto_socorro.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5746/prot._385_ind_291_dep._federal_boca_aberta_equipamento_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5747/prot._386_ind_292_reforma_escola_municipal_luiz_lorenzetti.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5748/prot._387_ind_293_dep._estadual_boca_aberta_junior_guindaste_santa_casa_e_pronto_socorro.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5749/prot._388_ind_294_dep._estadual_boca_aberta_junior_equipamento_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5750/prot._390_ind_295_projeto_estadual_parques_urbanos.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5751/prot._391_ind_296_horario_tenda.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5752/prot._392_ind_297_lampada_de_led_loteamento_novo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5753/prot._393_ind_298_rol_prioritario_vacina_moradores_de_rua.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5754/prot._395_ind_299_vacinacao_domingo_a_domingo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5756/prot._397_ind_301_reiteracao_prot._240_procon.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5757/prot._398_ind_302_vacinacao_influenza.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5758/prot._400_ind_304_operacao_noite_fria_e_geladeira_solidaria.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5759/prot._401_ind_305_reiteracao_prot._286_identificacao_agentes.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5760/prot._404_ind_306_cisnorpi_especialidades.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5761/prot._405_ind_307_sec._mun._saude_aumento_de_especialidades.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5762/prot._406_ind_308_sec._est._saude_cotas_aumento.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5763/prot._408_ind_309_absorventes_estudantes.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5764/prot._411_ind_310_reiteracao_prot._163_abrigo_animais.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5765/prot._412_ind_311_monitoramento_pacientes_covid.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5766/prot._413_ind_312_reiteracao_prot._147_mascara_de_ventilacao_nao_invasiva.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5767/prot._415_ind_313_comite_municipal_de_gerenciamentoenfrentamento_do_novo_coronavirus_retorno_futebol.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5768/prot._417_ind_314_internet_pracas.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5769/prot._418_ind_315_camera_praca_conj._votorantim.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5770/prot._419_ind_316_reiteracao_prot._037_seguranca_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5771/prot._423_ind_317_projeto_saude_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5772/prot._426_ind_318_reiteracao_prot._083_sec._est._infraestrutura_sandro_alex_pr431.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5784/prot._427_ind_319_melhorias_parque_mohamed_ali_hamze.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5785/prot._429_ind_320_sec._est._seguranca_publica_emissao_rg.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5786/prot._430_ind_321_sec._estadual_de_educacao_laboratorio_generoso_marques.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5787/prot._431_ind_322_reiteracao_prot._008_escola_profissionalizante_campo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5788/prot._432_ind_323_cisnorpi_neuro_e_psiquiatra.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5789/prot._434_ind_324_autarquia_municipal_dos_esportes.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5790/prot._435_ind_325_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5791/prot._436_ind_326_iluminacao_rua_manoel_henrique.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5792/prot._437_ind_327_atencao_basica_planejamento_familiar.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5806/prot._444_ind_328_banheiro_publico_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5807/prot._446_ind_329_depen_motos.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5808/prot._449_ind_330_asfalto_travessa_22.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5809/prot._450_ind_331_coleta_blister.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5810/prot._451_ind_332_sec._mun._saude_reorganizacao_ubs.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5811/prot._454_ind_333_casas_sustentaveis_animais.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5812/prot._455_ind_334_sinalizacao_pontilhao.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5813/prot._456_ind_335_calcada_rua_marechal_deodoro_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5814/prot._457_ind_336_asfalto_rua_maria_helenice_nunes.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5815/prot._458_ind_337_copel_rua_joao_evangelista_barreiros_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5816/prot._459_ind_338_fundo_municipal_e_conselho_municipal_drogas.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5817/prot._460_ind_339_parque_gonzaga_academia.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5855/prot._475_ind_353_divulgacao_fluxo_planejamento_familiar.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5856/prot._476_ind_354_celetistas_igualdade.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5857/prot._477_ind_355_calcada_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5858/prot._480_ind_356_iluminacao_capela_divino_esp._santo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5859/prot._482_ind_357_bebedouro_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5860/prot._483_ind_358_calcada_conj._sao_jose_ii.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5861/prot._484_ind_359_poco_artesiano_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5862/prot._485_ind_360_bebedouro_ar_e_ultrassom_reparos.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5863/prot._486_ind_361_filas_preventivos.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5864/prot._490_ind_362_dia_municipal_da_esclerose.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5865/prot._491_ind_363_coleta_tampas_e_lacres.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5882/prot._492_ind_364_adesao_programa_parana_mais_verde.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5883/prot._493_ind_365_implantacao_programa_de_protecao_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5884/prot._494_ind_366_banco_orteses_e_proteses.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5885/prot._498_ind_367_corrimao_cras.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5886/prot._499_ind_368_consulta_publica_ldo.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5887/prot._501_ind_369_reiteracao_prot._296_lonas_reciclagem.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5888/prot._503_ind_371_reiteracao_prot._042_curso_menor_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5889/prot._504_ind_372_dep._federal_pedro_lupion_aparelhos_auditivos.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5890/prot._507_ind_373_parque_gonzaga_limpeza_lago.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5908/prot._508_ind_374_contratacao_anestesista.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5909/prot._509_ind_375_pl_primeiro_emprego.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5910/prot._510_ind_376_caminhoes_pontilhao.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5911/prot._511_ind_377_melhorias_estacao.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5912/prot._514_ind_378_empresas_reflorestamento_nascentes.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5913/prot._515_ind_379_receita_federal_bazar_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5914/prot._516_ind_380_pl_investimento_nascentes.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5915/prot._521_ind_381_florestamento_e_soltura_de_peixes_lagos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5916/prot._523_ind_382_iluminacao_marechal_floriano_peixoto.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5948/prot._526_ind_383_iluminacao_trocas_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5949/prot._528_ind_384_reiteracao_prot._240_e_397_procon.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5950/prot._529_ind_385_reiteracao_prot._008_e_431_escola_profissionalizante_campo_-_copia.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5951/prot._531_ind_386_reativacao_viveiro_municipal.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5952/prot._532_ind_387_portaria_gm-ms_2317.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5953/prot._534_ind_388_centro_de_educacao_infantil_conj._nova_america.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5954/prot._536_ind_389_monitoramento_escolas.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5955/prot._537_ind_390_reiteracao_prot._051_e_382_reativacao_conselhos_municipais_de_transito_e_seguranca.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5956/prot._542_ind_391_reiteracao_prot._101_melhorias_guarda_municipal_sec._municipal_de_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5957/prot._544_ind_392_melhorias_praca_vereador_atilio_betini.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5958/prot._545_ind_393_pl_fundo_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5959/prot._546_ind_394_alambrado_casa_de_velorios.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5960/prot._547_ind_395_reiteracao_prot._054_sinalizacao_e_correcao_ponte.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5961/prot._548_ind_396_placa_alerta.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5962/prot._549_ind_397_bebedouro_campo_de_bocha.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5963/prot._551_ind_398_cota_extra_aumento_ultrassom.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5964/prot._553_ind_399_reiteracao_prot._086_canaletas_limpeza.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5965/prot._554_ind._400_reiteracao_prot._087_entulhos_estrada.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5966/prot._555_ind_401_reiteracao_prot._339_mutirao_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5967/prot._556_ind_402_transporte_solidario.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5968/prot._557_ind_403_cursos_profissionalizantes_periodo_noturno.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5969/prot._566_ind_404_dep._fed._diego_garcia_onibus_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5970/prot._567_ind_405_iluminacao_reparo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5971/prot._568_ind_406_parabenizar_cris_liga_e_andre.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5972/prot._570_ind_408_sec._estadual_de_saude_ultrassom_e_ambulancia_samu.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5973/prot._571_ind_409_gov._do_estado_base_de_policiamento.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5974/prot._573_ind_410_agradecer_dep._sandro_alex.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5975/prot._574_ind_411_sec._mun._assist._social_subsidio_transporte.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6037/prot._575_ind_412_municipalizacao_transito.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6038/prot._576_ind_413_reativacao_guarda_mirim.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6039/prot._577_ind_414_capacitacoes_agentes_de_saude_sistema.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6040/prot._583_ind_415_publicidade_lei_13767-2018.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6041/prot._584_ind_416_reforma_camara.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6042/prot._585_ind_417_auxilio_funeral_servidor.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6043/prot._586_ind_418_reiteracao_prot._466_reducao_de_carga_horaria_filho_deficiente.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6044/prot._587_ind_419_reiteracao_prot._128_acessibilidade_orgaos_publicos.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6045/prot._588_ind_420_projeto_bom_vizinho_e_celular_pm.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6046/prot._589_ind_421_chefia_gm_meritocracia.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6047/prot._591_ind_423_novembro_azul.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6048/prot._592_ind_424_parques_e_academias_reparos.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6049/prot._593_ind_425_prot._408_absorventes_estudantes.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6050/prot._595_ind_426_reiteracao_prot._335_contratacao_equipe_multidisciplinar_pos_covid.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6051/prot._603_ind_427_pl_animal_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6052/prot._605_ind_428_caminhao_pipa_estacao.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6053/prot._608_ind_429_reabertura_cristo.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6054/prot._612_ind_430_reiteracao_prot._334_reativacao_posto_de_saude_do_centro.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6057/prot._613_ind_431_extensao_de_rede_e_pista_de_caminhada_br369.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6058/prot._614_ind_432_reiteracao_prot._499_consulta_publica_ldo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6059/prot._616_ind_433_caps.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6060/prot._617_ind_434_recape_e_melhorias_rua_joao_gnaspini.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6061/prot._618_ind_435_iluminacao_reparos.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6062/prot._619_ind_436_reiteracao_prot._567_iluminacao_rua_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6063/prot._623_ind_437_descentralizacao_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6064/prot._624_ind_438_sec._est._educacao_dep._est._mauro_moraes_reforma_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6065/prot._622_ind_439_pl_arborizacao.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6066/prot._628_ind_440_iluminacao_praca_rotary.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6067/prot._629_ind_441_praca_e_asfalto.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6068/prot._631_ind_442_sanepar_nascentes.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6069/prot._632_ind_443_descarte_lixo_eletronico.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6070/prot._633_ind._444_reiteracao_prot._317_letreiro_estadio.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6071/prot._634_ind_445_vale-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6072/prot._635_ind_446_semaforo_e_faixa_de_pedestres_br369.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6073/prot._636_ind_447_melhorias_campos_de_areia.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6074/prot._637_ind_448_melhorias_estrada_pedreira.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6075/prot._639_ind_449_terceirizar_zeladoria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6076/prot._641_ind_450_dep._estadual_jonas_guimaraes_gov._do_estado_reajuste_servidores_estaduais.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6077/prot._642_ind_451_posto_de_saude_vila_santana_cadeiras.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6078/prot._645_ind_452_sao_lucas_contratacao_servidor.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6079/prot._646_ind_453_19_regional_de_saude_vigilancia_analise_da_agua.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6080/prot._647_ind_454_posto_de_saude_rolante.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6081/prot._648_ind_455_saude_do_homem.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6082/prot._649_ind_456_curso_equipe_saude.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6083/prot._651_ind_457_gm_rondas_comercio.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6084/prot._655_ind_458_cerca_baixa_praca_dr._miguel_dinizo.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6089/prot._673_ind_468_captacao_de_agua_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6090/prot._674_ind_469_regular_velocidade_e_instalar_placas.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6091/prot._675_ind_470_arvore_de_natal_covid.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6092/prot._678_ind_471_reparos_eletricos_poste.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6093/prot._681_ind_472_central_de_empregos_deficientes.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6094/prot._683_ind_473_academia_bairro_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6104/prot._685_ind_474_iluminacao_reparos.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6105/prot._686_ind_475_contratacoes_temporarias_e_concurso.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6106/prot._687_ind_476_pl_cursinhos.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6107/prot._690_ind_477_recapeamento_rua_joao_gnaspini.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5338/proposta_de_decreto_legislativo_01_2021_titulo_de_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5341/proposta_de_decreto_legislativo_02_2021_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5415/proposta_de_decreto_legislativo_03_2021_mocao_de_aplausos_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5505/proposta_de_decreto_legislativo_04_2021_mocao_de_congratulacoes_samu.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5517/proposta_de_decreto_legislativo_05_2021_mocao_de_aplausos_bombeiros_comunitarios2.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5713/proposta_de_decreto_legislativo_06_2021_mocao_de_aplausos_profissionais_de_saude_1.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5714/proposta_de_decreto_legislativo_07_2021_titulo_de_cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5820/proposta_de_decreto_legislativo_08_2021_prestacao_de_contas_exercicio_2019_comissao_de_financas.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6001/pdl_10_vulto_emerito.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6085/proposta_de_decreto_legislativo_11_2021_mocao_de_merito_esportivo_amauri.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5298/01_-_2021_-_suspende_dispositivo_da_lc_95-2019.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5299/02_-_2021_-revisao_geral_anual.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5303/03-2021__autoriza_o_refis_cambara_2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5304/04-2021_-_piso_acs_e_ace_-_2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5362/05_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5407/01_oficio_no._36_2021_-_encaminhamento_plce_06_2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5410/01_oficio_no._50_2021_-_encaminhamento_plc_07_2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5782/plc_08.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5893/09_-_anteprojeto_lei_de_uso_e_ocupacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5894/10_-_anteprojeto_lei_do_sistema_viario.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5895/11_-_anteprojeto_lei_do_perimetro_urbano_assinado.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5896/12_-_anteprojeto_lei_do_parcelamento_do_solo_assinado.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5897/13_-_projeto_de_lei_-_codigo_de_posturas_assinado.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5898/14_-_anteprojeto_lei_do_codigo_de_obras_assinado.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5899/15_-_anteprojeto_lei_do_plano_diretor_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5987/16_-_suspende_reposicao_inflacionaria_2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5988/17_-_altera_refis_2021_-_prorrogacao.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5989/18_-_revisado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5783/projeto_de_lei_complementar_no_001_2021.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5297/01_-_2021_-_institui_o_diario_oficial_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5300/02_-_projeto_de_lei__2021_-_ldo_-_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5301/03_-_projeto_de_lei__2021_-_ppa_-_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5302/04_-_projeto_de_lei_2021_-_loa_-_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5305/05_-_loa_-_social_-varias_fontes.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5306/06_-_ppa_-_social_-_varias_fontes.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5307/07_-_ldo_-_social-_varias_fontes.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5363/08_-_ldo_-_obras.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5364/09_-_ppa_-_obras.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5365/10_-_projeto_de_lei_loa_-_obras.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5400/12_-_ldo_-_social_troca_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5401/13_-_ppa_-_social_troca_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5402/14_-_loa_-equipamentos_social.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5403/15_-__loa_-_social_troca_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5404/16_-_ldo_-_motoniveladora.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5405/17_-_ppa_-_motoniveladora.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5406/18_-__loa_-_motoniveladora.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5408/19_-_conectar_-_vacinas_fnp.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5409/20-2021_-_conselho_fundeb.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5412/pl_21_-_altera_as_acoes_no_exercicio2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5413/pl_22_-_altera_e_inclui_as_acoes_no_anexo_de_metas_anuais_.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5414/pl_23_-_autoriza_credito_adicional_suplementar_na_importancia_de_ate_52.70746_.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5416/pl_24_2021_-_altera_dispositivos.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5417/pl_25_2021_-_loa.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5419/pl_26_-_altera_as_acoes_no_exercicio-2021___ao_anexo_da_lei_municipal_no_1.687.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5420/pl_27_-_altera_e_inclui_as_acoes_no_anexo_de_metas_anuais__despesa_da_lei_municipal_no_1.823.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5421/pl_28_-_autoriza_credito_adicional_suplementar_na_importancia_de_ate_45.59356.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5422/pl_29_-_ppa_-_social_troca.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5423/pl_30_-_ldo_-__social.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5424/pl_31_loa-_social_-troca_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5425/pl_32_-_altera_as_acoes_no_exercicio_2021___ao_anexo_da_lei_municipal_no_1.687-17.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5426/pl_33_-_altera_as_acoes_no_anexo_de_metas_anuais__despesa_da_lei_municipal_no_1.823.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5427/pl_34_-_autoriza_credito_especial_na_importancia_de_ate_64.30000.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5504/projeto_de_lei_no35_2021_camara_municipal_regime_de_urgencia_.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5506/pl_36__-_ppa_-_saude_-_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5507/pl_37_-_ldo-_saude_-_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5508/pl_38_-_saude_-equipamentos.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5509/pl_39__-_ppa_-_saude_-_obras.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5510/pl_40__-_ldo-_saude_-_obras.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5511/pl_41_-saude_-_obras.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5512/pl_42_-_encaminhamento_ple_36_2021.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5513/pl_43_-_ppa_-__social_-_fundo_crianca.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5514/pl_44_-_ldo_-__social_-_fundo_crianca.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5515/pl_45-_loa_-social_-fundo_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5535/pl_46__-_ldo_-_adm_e_outos.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5536/pl_47__-_ppa_-_adm_e_outos.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5537/pl_48_-adm_e_outros.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5538/pl_49_-2021_-adm_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5706/pl_50__-_ppa_-_educacao_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5707/pl_51__-_ldo_-_educacao_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5708/pl_52_-_educacao_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5709/pl_53_-_lei_abertura_de_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5710/pl_54__-_autoriza_operacao_de_credito_-_5_milhoes.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5711/pl_55__-_ldo_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5712/pl_56__projeto_de_lei__-_ldo_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5715/57_-.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5716/58_-_projeto_de_lei__2021_-_ldo_-__social_-_equipamentos_2.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5717/59_-_projeto_de_lei_loa_-_social_equipamentos_2.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5718/60_-_projeto_de_lei__-_ppa_-_salarios.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5719/61_-_projeto_de_lei__-_ldo_-_salarios.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5720/62_-_projeto_de_lei_loa_-salarios.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5721/pl_63__-_ppa_-_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5722/pl_64__-_ldo_-_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5723/pl_65_-_social_e_saude.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5773/pl_66-_ldo_-_saude_e_infra.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5774/pl_67__-_ppa_-_saude_e_infra.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5775/pl_68__loa_-__saude_e_infra.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5776/pl_69_-2021_-_deficit_atuarial.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5777/pl_70_2021_-_encaminhamento_ploe_xx_2021.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5779/pl_72_-_ppa_-_saude_e_educacao.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5780/pl_73__-_ldo_-_saude_e_educacao.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5781/pl_74_-_loa_-__saude_educacao.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5821/75_-_projeto_de_lei__-_ppa_-_saude_excesso_327.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5822/76_-_projeto_de_lei__-_ldo_-_saude_excesso_327.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5823/77_-_projeto_de_lei_-_loa_-_saude_excesso_327.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5824/78_-_projeto_de_lei__2021_-_ppa_-__social_-_fonte_902.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5825/79_-_projeto_de_lei__-_ldo_-_fonte_902_-social.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5826/80_-_projeto_de_lei_-_loa_-_social_fonte_902.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5827/81_-_projeto_de_lei__2021_-_ppa_-__social_-_social_6032.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5828/82-_projeto_de_lei__2021_-_ldo_-__social_-_social_6032.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5829/83_-_projeto_de_lei_loa_-_social_-_projeto_6032.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5830/84_-_projeto_de_lei__-_ppa_-_saude_repasse.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5831/85_-_projeto_de_lei__-_ldo_-_saude__repasse.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5832/86_-_projeto_de_lei_loa_-saude__repasse.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5833/87_-_projeto_de_lei__2021_-_ppa_-_saude_anulacao_845.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5834/88_-_projeto_de_lei__2021_-_ldo_-_saude_anulacao_845.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5835/89_-projeto_de_lei_2021_-_loa_-_saude_anulacao_845.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5836/90_-_projeto_de_lei_2021_-_ppa_-_educacao_excesso_fonte_102.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5837/91_-_projeto_de_lei_2021_-_ldo_-_educacao_excesso_fonte_102.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5838/92_-_projeto_de_lei_2021-_loa_-_educacao_excesso_fonte_102.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5839/93_-_projeto_de_lei__2021_-_ppa_-_saude_fonte_325.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5840/94_-_projeto_de_lei__2021_-_ldo_-_saude_fonte_325.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5841/95_-_projeto_de_lei_2021__-_loa_-_saude_fonte_325.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5842/96_-_projeto_de_lei__2021_-_ppa_-_saude_superaviti_845.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5843/97-_projeto_de_lei__2021_-_ldo_-_saude_superaviti_845.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5844/98_-_projeto_de_lei_2021__-_loa_-_saude_superaviti_845.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5845/99_-_projeto_de_lei__-_ppa_-_excesso_salarios_2.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5846/100_-_projeto_de_lei__-_ldo_-_excesso_salarios_2.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5847/101_-_projeto_de_lei_-_loa_-_excesso_salarios_2.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5867/102_-_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5868/103_-_ppa_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5869/104_-_altera_ldo_2020.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5870/105_-_projeto_de_lei__-_ppa_-_anulacao_507.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5871/106_-_projeto_de_lei_-_ldo-__anulacao_507.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5872/107_-_projeto_de_lei__-_loa_-_anulacao_507.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5873/108_-_projeto_de_lei__-_ppa_-_excesso_507.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5874/109_-_projeto_de_lei_-_ldo-__excesso_507.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5875/110.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5892/oficio_226-2021_-_pl_-_fundo_garantidor.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5917/112_-_projeto_de_lei__2021_-_ppa_-_excesso_hospital.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5918/113_-_projeto_de_lei_-_ldo-__excesso_hospital.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5919/114_-_projeto_de_lei_-_loa__-_excesso_hospital.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5920/115_-_projeto_de_lei__-_ppa_-_excesso_855_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5921/116_-_projeto_de_lei_-_ldo-__excesso_855_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5922/117_-_projeto_de_lei_-_loa_-_excesso_855_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5923/118_-_altera_lei_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5924/119_-_altera_lei_da_diaria.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5925/120__-_ppa_-_excesso_1000.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5926/121_-_ldo-__excesso_1000.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5927/122__-_loa_-_excesso_1000.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5928/123_-_ppa_-_especial_excesso_327.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5929/124_-_ldo-__especial_excesso__327.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5930/125_-_loa_-_especial_excesso_327.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5976/126_-_projeto_de_lei__-_ppa_-_medico_327.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5977/127_-_projeto_de_lei_-_ldo-__medico_327.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5978/128_-_projeto_de_lei_loa_-_medico_327.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5979/129_-_projeto_de_lei_2021_-_ppa_-_escola_lorenzette.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5980/130_-_projeto_de_lei__-_ldo_-__escola_lorenzette.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5981/131_-_projeto_de_lei_loa_-_escola_lorenzette.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5982/132_-_projeto_de_lei__-_ppa_-_excesso_salarios_outubro.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5983/133_-_projeto_de_lei__-_ldo_-_excesso_salarios_outubro.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5984/134_-_projeto_de_lei_loa_salrios_-_outubro.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5991/135_-_ppa_-_saude_-_anulacao_31500.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5992/136__-_ldo-_saude_-_anulacao_31500.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5993/137_-__loa_fonte_31500_anulacao.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5994/138__-_ppa_-_equipamento_saude_e_obras_infra.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5995/139__-_ldo-_equipamento_saude_e_obras_infra.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5996/140_-_loa_-_equipamento_saude_e_obras_infra.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5997/141__-_ppa_-_excesso_saude_e_rh.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5998/142_-_ldo-__excesso_saude_e_rh.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5999/143_-_loa_-_exesso_saude_e_rh.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6002/144_-_ratifica_extincao_do_codepaci.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6086/145_-_ppa_-_excesso_856_copel.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6087/146_-_ldo_-_excesso_856_copel.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6088/147_-_loa_-_excesso_856_copel.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6108/148_-_projeto_de_lei__-_ppa_-_excesso_857.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6109/149_-_projeto_de_lei_-_ldo-__excesso_857.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6110/150_-_projeto_de_lei_-_loa_-_excesso_857.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6111/151_-_projeto_de_lei__-_ppa_-_excesso_858_asfalto.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6112/152_-_projeto_de_lei_-_ldo-__excesso_858_asfalto.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6113/153_-_projeto_de_lei_-_loa_-_excesso_fonte_858_asfalto.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5296/projeto_de_lei_no_01_2021_-_reposicao_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5339/projeto_de_lei_no_02_2021_-_transparencia_vacina_covid.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5340/projeto_de_lei_no_03_2021_-_compostagem_podas_de_arvores_corrigida.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5361/projeto_de_lei_no_04_2021_-_horta_comunitaria_corrigida.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5399/pl_05_adote_uma_nascente.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5411/projeto_de_lei_no_06_2021_-_altera_lei_da_divulacao_da_lista_de_vacinados_corrigida.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5418/projeto_de_lei_no_07_2021_-_dia_municipal_em_memoria_das_vitimas_de_covid-19_corrigido.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5740/pl_08.2021_reserva_vagas_afrodescendentes.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5819/pl_09_dezembro_transparente.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5848/projeto_de_lei_no_10.2021_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5866/pl_11.2021_semana_municipal_para_o_direito_das_mulheres.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5931/projeto_de_lei_no_12_2021_-_controle_agendamentos.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5932/projeto_de_lei_no_13_2021_-_altera_lei_de_diarias_camara.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6000/projeto_de_lei_no_14_2021_-_suspensao_reposicao_inflacionaria_camara.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5986/projeto_de_lei_no_15_2021_-_semana_municipal_do_ciclismo.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5990/projeto_de_lei_no_16_2021_-_semana_municipal_dislexia.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6055/projeto_de_lei_no_17_2021_-_procuradoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6056/projeto_de_lei_no_18_2021_-_semana_educacao_transito.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5602/projeto_de_resolucao_no_01_2021_-_altera_regimento_interno_prazo_emendas.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5705/projeto_de_resolucao_02.2021_emprestimo_consignado.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5818/pr_03.2021_-_proposta_parcial_de_orcamento_camara.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5516/proposta_de_emenda_a_lei_organica_no_01-2021_orcamento_impositivo_corrigida.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5308/prot._017_req_001_tabela_cosip.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5309/prot._025_req_002_regional_de_saude_competencia_samu.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5342/prot._038_req_003_sec._municipal_de_saude_pmaq.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5343/prot._043_req_004_subsidio_transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5344/prot._044_req_005_sec._municipal_de_saude_dna.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5368/prot._052_req_006_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5369/prot._053_req_007_imoveis_locacao_e_propriedade.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5374/prot._059_req_008_conselho_municipal_de_meio_ambiente_projeto_fundo_azul.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5376/prot._061_req_009_pl_regulamentacao.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5378/prot._063_req_010_sec._municipal_de_saude_filas.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5381/prot._066_req_011_epi_situacao.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5391/prot._076_req_012_sec._assistencia_social_moradores_de_rua.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5428/prot._085_req_013_informacoes_asfalto.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5429/prot._092_req_014_informacoes_comite_municipal_de_gerenciamento_do_novo_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5430/prot._095_req_015_informacoes_portal_da_transparencia.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5431/prot._100_req_016_informacoes_garis_e_coletas.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5432/prot._102_req_017_informacoes_taxas_empresas.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5433/prot._108_req_018_informacoes_licitacao_proteses_dentarias.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5434/prot._142_req_025_informacoes_aplicacao_de_recursos.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5435/prot._143_req_026_informacoes_atendimento_pos-covid.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5436/prot._144_req_027_cisnorpi_informacoes_atendimento_pos-covid.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5437/prot._149_req_028_sec._municipal_de_saude_tomografia.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5438/prot._164_req_029_informacoes_proc._de_medicamento_de_alto_custo.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5439/prot._167_req_030_informacoes_portaria_2358_acoes_de_rastreamento_e_monitoramento_covid.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5440/prot._170_req_031_informacoes_fundos_municipais.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5441/prot._173_req_032_sec._municipal_de_saude_planilha_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5442/prot._177_req_033_informacoes_recursos_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5443/prot._179_req_034_informacoes_vacinados.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5444/prot._186_req_035_informacoes_posto_de_saude_do_centro.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5445/prot._191_req_036_informacoes_recursos_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5446/prot._192_req_037_informacoes_atitudes_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5447/prot._193_req_038_sec._municipal_de_educacao_merenda_escolar.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5448/prot._195_req_039_informacoes_dispensa_de_licitacao_27-2021.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5449/prot._196_req_040_informacoes_plano_de_enfrentamento_covid_doacoes.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5450/prot._197_req_041_informacoes_lei_14029.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5451/prot._199_req_042_sec._municipal_de_educacao_professores_home_office.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5452/prot._201_req_043_informacoes_qualifar-sus.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5453/prot._209_req_044_supertintendencia_regional_pr431.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5454/prot._211_req_045_informacoes_sec._mun._agricultura_maquinario.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5455/prot._212_req_046_informacoes_divida_publica.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5456/prot._213_req_047_informacoes_divida_publica_e_consolidada.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5457/prot._214_req_048_informacoes_precatorios.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5458/prot._215_req_049_informacoes_manutencao_gabinete.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5459/prot._216_req_050_informacoes_manutencao_joao_pires.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5460/prot._217_req_051_informacoes_amortizacao.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5461/prot._218_req_052_informacoes_renuncia_iptu.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5462/prot._219_req_053_informacoes_renuncia_iss.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5463/prot._220_req_054_informacoes_renuncia_taxas.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5464/prot._224_req_055_informacoes_gestao_de_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5465/prot._226_req_056_informacoes_vacina_acamados.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5466/prot._230_req_057_obras_conj._bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5467/prot._232_req_058_informacoes_recomendacao_administrativa_09-2016.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5468/prot._233_req_059_informacoes_sec._municipal_de_saude_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5469/prot._234_req_060_informacoes_pmaq.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5470/prot._235_req_061_informacoes_iluminacao_publica_padovani.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5471/prot._241_req_062_informacoes_programa_do_tabaco.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5472/prot._243_req_063_informacoes_oxigenioterapia.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5473/prot._249_req_064_informacoes_comissoes_representantes_camara.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5474/prot._250_req_065_informacoes_boca_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5475/prot._252_req_066_informacoes_portaria_1666_notas.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5476/prot._253_req_067_informacoes_licitacao_radio.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5539/prot._257_req_068_informacoes_plano_municipal_de_arborizacao.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5540/prot._259_req_069_informacoes_agentes_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5541/prot._268_req_070_informacoes_sec._mun._assistencia_social_e_sec._mun._saude_pacientes_covid.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5542/prot._269_req_071_informacoes_vulnerabilidade.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5543/prot._279_req_072_informacoes_plano_municipal_do_idoso_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5544/prot._285_req_073_informacoes_programa_saude_com_agente.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5545/prot._287_req_074_informacoes_criterios_de_distribuicao_assist._social.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5546/prot._295_req_075_informacoes_filas_exames.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5547/prot._302_req_076_informacoes_rodizio_gm.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5548/prot._313_req_077_reiteracao_191_informacoes_recursos_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5549/prot._314_req_078_reiteracao_179_informacoes_vacinados.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5550/prot._318_req_079_informacoes_orteses_e_proteses.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5551/prot._326_req_080_informacoes_lc_181_saldo_remanescente_sec._saude.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5552/prot._332_req_081_informacoes_aprovados_concurso.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5553/prot._336_req_082_informacoes_gov._do_estado_vacina_pfzier.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5554/prot._337_req_083_informacoes_cota_extra.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5555/prot._341_req_084_informacoes_sec._mun._saude_e_educacao_professores_vacinados.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5676/prot._348_req_085_informacoes_vacina_servidores_afastados.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5677/prot._354_req_086_informacoes_19_regional_de_saude_pfzier.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5678/prot._357_req_087_informacoes_iptu.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5679/prot._358_req_088_informacoes_caminhoneiros_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5691/prot._364_req_090_informacoes_servidores_vigilancia_e_agentes.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5692/prot._372_req_091_informacoes_vacinacao_remanescente.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5724/prot._379_req_092_informacoes_licitacao_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5725/prot._383_req_093_informacoes_equipes_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5726/prot._389_req_094_informacoes_caminhao_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5727/prot._394_req_095_informacoes_julho_amarelo_hepatite.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5728/prot._402_req_096_informacoes_escala_gm.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5729/prot._403_req_097_rocagem.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5730/prot._407_req_098_informacoes_cotas.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5731/prot._409_req_099_informacoes_portal_da_transparencia.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5732/prot._410_req_100_informacoes_tac.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5733/prot._414_req_101_informacoes_sanepar_cobrancas.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5734/prot._416_req_102_informacoes_cosip.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5735/prot._420_req_103_informacoes_portaria_894.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5736/prot._421_req_104_informacoes_programa_de_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5737/prot._422_req_105_informacoes_19_regional_de_saude_tomografia.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5738/prot._424_req_106_informacoes_janssen.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5739/prot._425_req_107_informacoes_receita.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5793/prot._428_req_108_informacoes_adesao_vacina_influenza.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5794/prot._433_req_109_informacoes_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5795/prot._438_req_110_informacoes_19_regional_de_saude_planejamento_familiar.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5796/prot._439_req_111_informacoes_busca_moradores_de_rua.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5797/prot._440_req_112_informacoes_bb.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5798/prot._441_req_113_informacoes_bndes.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5799/prot._442_req_114_informacoes_cef.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5800/prot._443_req_115_informacoes_pl_54.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5801/prot._445_req_116_informacoes_19_regional_de_saude_caps_i.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5802/prot._447_req_117_informacoes_portaria_705.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5803/prot._448_req_118_informacoes_portal_da_transparencia.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5804/prot._452_req_119_informacoes_bb_obras.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5805/prot._453_req_120_informacoes_odontologia.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5849/prot._478_req_122_tomografo.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5850/prot._479_req_123_informacoes_agosto_dourado.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5851/prot._481_req_124_informacoes_insalubridade_ltcat.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5852/prot._487_req_125_informacoes_pl_54_complemento.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5853/prot._488_req_126_informacoes_veiculos.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5854/prot._489_req_127_informacoes_capacitacao.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5876/prot._495_req_128_informacoes_medidas_vulneraveis_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5877/prot._496_req_129_informacoes_creches.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5878/prot._497_req_130_informacoes_censo_municipal_situacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5879/prot._500_req_131_informacoes_irregularidade_tce.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5880/prot._505_req_132_informacoes_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5881/prot._506_req_133_informacoes_inclusao.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5900/prot._512_req_134_informacoes_kit_de_merendas.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5901/prot._513_req_135_informacoes_registro_de_ponto.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5902/prot._517_req_136_informacoes_passaporte_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5903/prot._518_req_137_informacoes_periculosidade.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5904/prot._519_req_138_informacoes_sec._municipal_de_saude_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5905/prot._520_req_139_informacoes_sec._assist._social_contemplados_casas.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5906/prot._522_req_140_informacoes_denuncias_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5907/prot._524_req_141_informacoes_denuncias_agentes_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5933/prot._525_req_142_informacoes_cestas_basicas_acoes.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5934/prot._527_req_143_informacoes_zeladoria_contratacao.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5935/prot._530_req_144_informacoes_quadro_servidores_escolas.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5936/prot._533_req_145_informacoes_obesidade_infantil.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5937/prot._535_req_146_informacoes_remume.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5938/prot._538_req_147_reiteracao_prot._479_informacoes_agosto_dourado.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5939/prot._539_req_148_reiteracao_prot._481_informacoes_insalubridade_ltcat.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5940/prot._540_req_149_reiteracao_prot._488_informacoes_veiculos.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5941/prot._541_req_150_reiteracao_prot._489_informacoes_capacitacao.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5942/prot._543_req_151_informacoes_protocolo_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5943/prot._550_req_152_informacoes_situacao_de_violencia_sexual.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5944/prot._552_req_153_informacoes_controle_carro_de_som.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5945/prot._558_req_154_informacoes_enchentes.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5946/prot._559_req_155_informacoes_cohapar_contemplados_casas.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/5947/prot._572_req_162_informacoes_regularidade_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6003/prot._578_req_163_informacoes_castracoes.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6004/prot._579_req_164_informacoes_vulnerabilidades.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6005/prot._580_req_165_informacoes_cursos_tecnicos_e_profissionalizantes.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6006/prot._581_req_166_informacoes_vulnerabilidades_idosos.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6007/prot._582_req_167_informacoes_transporte_alunos.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6008/prot._594_req_168_informacoes_precatorios.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6009/prot._596_req_169_informacoes_encontro_de_contas_copel.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6010/prot._597_req_170_informacoes_sec._mun._educacao_alunas_idade_menstrual.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6011/prot._598_req_171_informacoes_sec._mun._assisten._social_mulheres_vulnerabilidade_idade_menstrual.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6012/prot._599_req_172_informacoes_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6013/prot._600_req_173_informacoes_copia_processos.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6014/prot._601_req_174_informacoes_dentistas.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6015/prot._602_req_175_informacoes_epi_acs.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6016/prot._604_req_176_informacoes_nucleo_de_educacao_alunas_idade_menstrual.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6017/prot._606_req_177_informacoes_sec._municipal_de_saude_medicamentos_complemento.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6018/prot._607_req_178_informacoes_receita_tipo_b2.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6019/prot._609_req_179_convocacao_sec._assist._social.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6020/prot._610_req_180_informacoes_estrategia_pop._ribeirinha.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6021/prot._611_req_181_informacoes_servidores_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6022/prot._615_req_182_reiteracao_prot._445_informacoes_19_regional_de_saude_caps_i.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6023/prot._620_req_183_informacoes_incentivo_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6024/prot._621_req_184_informacoes_19_regional_de_saude_canal_de_transparencia.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6025/prot._625_req_185_informacoes_processos_licitatorios.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6026/prot._626_req_186_informacoes_repasse_ministerio_da_saude.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6027/prot._627_req_187_informacoes_portaria_2888.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6028/prot._630_req_188_informacoes_transporte_pacientes.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6029/prot._638_req_189_informacoes_pediatra.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6030/prot._640_req_190_informacoes_placas.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6031/prot._643_req_191_informacoes_sec._mun._assist._social_validade.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6032/prot._644_req_192_informacoes_ministerio_da_cidadania_portaria_618.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6033/prot._650_req_193_informacoes_detran_e_executivo_fluxo_de_transito.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6034/prot._652_req_194_informacoes_vigilancia_insetos.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6035/prot._653_req_195_informacoes_estrategias_procedimentos_dengue.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6036/prot._654_req_196_informacoes_top_farma_receitas.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6095/prot._672_req_204_informacoes_lei_da_consciencia_negra_escolas.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6096/prot._676_req_205_informacoes_monitoramento_reforma.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6097/prot._677_req_206_informacoes_proibicao_podas.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6098/prot._679_req_207_informacoes_vila_aurora.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6099/prot._680_req_208_informacoes_fnde.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6100/prot._682_req_209_informacoes_evasao_escolar.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6101/prot._684_req_210_informacoes_fundeb.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6102/prot._688_req_211_informacoes_providencias_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2021/6103/prot._689_req_212_reiteracao_prot._621_informacoes_19_regional_de_saude_canal_de_transparencia.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H817"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="175.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="174.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>