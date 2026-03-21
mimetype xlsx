--- v0 (2026-01-27)
+++ v1 (2026-03-21)
@@ -54,3072 +54,3072 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5015</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Márcio Albertini, Walcir Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5015/prot._01_ind_001_subsidio_estudantes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5015/prot._01_ind_001_subsidio_estudantes.pdf</t>
   </si>
   <si>
     <t>Subsídio Estudantes</t>
   </si>
   <si>
     <t>5018</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5018/prot._03_ind_002_estatuto_do_servidor_inclusao_deficientes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5018/prot._03_ind_002_estatuto_do_servidor_inclusao_deficientes.pdf</t>
   </si>
   <si>
     <t>Estatuto do Servidor Inclusão Deficientes</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5025/prot._05_ind_003_limpeza_lago_gonzaga.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5025/prot._05_ind_003_limpeza_lago_gonzaga.pdf</t>
   </si>
   <si>
     <t>Limpeza_Lago_Gonzaga</t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Jair Antonio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5026/prot._06_ind_004_quebra-molas_rua_herminio_haggi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5026/prot._06_ind_004_quebra-molas_rua_herminio_haggi.pdf</t>
   </si>
   <si>
     <t>Quebra-molas_Rua Herminio Haggi</t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5027/prot._07_ind_005_operacao_tapa_buracos_conj._vitoria_crivari.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5027/prot._07_ind_005_operacao_tapa_buracos_conj._vitoria_crivari.pdf</t>
   </si>
   <si>
     <t>Operação Tapa buracos_Conj. Vitoria Crivari</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5028/prot._08_ind_006_extensao_de_rede.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5028/prot._08_ind_006_extensao_de_rede.pdf</t>
   </si>
   <si>
     <t>Extensão de rede</t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5029/prot._09_ind_007_limpeza_lago_gonzaga.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5029/prot._09_ind_007_limpeza_lago_gonzaga.pdf</t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5030/prot._10_ind_008_certano_deposito_em_juizo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5030/prot._10_ind_008_certano_deposito_em_juizo.pdf</t>
   </si>
   <si>
     <t>Certano_Depósito em Juízo</t>
   </si>
   <si>
     <t>5031</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5031/prot._12_ind_009_recape_votorantim_e_vila_rubim.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5031/prot._12_ind_009_recape_votorantim_e_vila_rubim.pdf</t>
   </si>
   <si>
     <t>Recape_Votorantim e Vila Rubim</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5032/prot._13_ind_010_dep._federal_reinhold_s._junior_infraestra_distrito_industrial_votorantim.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5032/prot._13_ind_010_dep._federal_reinhold_s._junior_infraestra_distrito_industrial_votorantim.pdf</t>
   </si>
   <si>
     <t>Dep. Federal Reinhold S. JUnior_Infraestra_Distrito Industrial_Votorantim</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5033/prot._14_ind_011_melhorias_parques.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5033/prot._14_ind_011_melhorias_parques.pdf</t>
   </si>
   <si>
     <t>Melhorias_Parques</t>
   </si>
   <si>
     <t>5034</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5034/prot._15_ind_012_sinalizacao_escola_ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5034/prot._15_ind_012_sinalizacao_escola_ignez_panichi.pdf</t>
   </si>
   <si>
     <t>Sinalização_Escola Ignez Panichi</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5035/prot._16_ind_013_reiteracao_quebra-molas_rua_maria_conceicao_prado_moreno.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5035/prot._16_ind_013_reiteracao_quebra-molas_rua_maria_conceicao_prado_moreno.pdf</t>
   </si>
   <si>
     <t>Reiteração_Quebra-molas_Rua Maria Conceição Prado Moreno</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5036/prot._17_ind_014_rua_santa_luzia_melhorias_asfalticas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5036/prot._17_ind_014_rua_santa_luzia_melhorias_asfalticas.pdf</t>
   </si>
   <si>
     <t>Rua Santa Luzia_Melhorias asfalticas</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5037/prot._19_ind_015_melhoria_asfaltica_rua_marechal_deodoro_chelkem.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5037/prot._19_ind_015_melhoria_asfaltica_rua_marechal_deodoro_chelkem.pdf</t>
   </si>
   <si>
     <t>Melhoria asfaltica_Rua Marechal Deodoro_Chelkem</t>
   </si>
   <si>
     <t>5038</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5038/prot._20_ind_016_melhoria_asfaltica_colegio_agricola.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5038/prot._20_ind_016_melhoria_asfaltica_colegio_agricola.pdf</t>
   </si>
   <si>
     <t>Melhoria asfaltica_Colégio Agrícola</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Gil dos Anjos</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5039/prot._21_ind_017_governo_do_estado_piscina_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5039/prot._21_ind_017_governo_do_estado_piscina_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>Governo do Estado_Piscina_Conj. Ignez Panichi</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5040/prot._22_ind_018_governo_do_estado_residencias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5040/prot._22_ind_018_governo_do_estado_residencias.pdf</t>
   </si>
   <si>
     <t>Governo do Estado_Residencias</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5041/prot._23_ind_019_governo_do_estado_trevos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5041/prot._23_ind_019_governo_do_estado_trevos.pdf</t>
   </si>
   <si>
     <t>Governo do Estado_Trevos</t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5042/prot._24_ind_020_grade_bueiro_rua_kazuma_sakamoto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5042/prot._24_ind_020_grade_bueiro_rua_kazuma_sakamoto.pdf</t>
   </si>
   <si>
     <t>Grade_Bueiro_Rua Kazuma Sakamoto</t>
   </si>
   <si>
     <t>5043</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5043/prot._26_ind_021_quebra-molas_rua_curitiba.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5043/prot._26_ind_021_quebra-molas_rua_curitiba.pdf</t>
   </si>
   <si>
     <t>Quebra-molas_Rua Curitiba</t>
   </si>
   <si>
     <t>5044</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5044/prot._25_ind_022_empedramento_zona_rural.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5044/prot._25_ind_022_empedramento_zona_rural.pdf</t>
   </si>
   <si>
     <t>Empedramento_Zona Rural</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5046/prot._27_ind_023_melhorias_estradas_rurais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5046/prot._27_ind_023_melhorias_estradas_rurais.pdf</t>
   </si>
   <si>
     <t>Melhorias_Estradas Rurais</t>
   </si>
   <si>
     <t>5047</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Angelo Raia (Zoinho), Cris Liga, Gil dos Anjos, Jair Antonio da Silva, Márcio Albertini, Raffaello Frascati, Rogérinho do Karatê, Tetinha, Walcir Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5047/prot._28_ind_024_deputado_sandro_alex_pr431.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5047/prot._28_ind_024_deputado_sandro_alex_pr431.pdf</t>
   </si>
   <si>
     <t>Deputado Sandro Alex_PR431</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5048/prot._29_ind_025_escola_municipal_maria_paulina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5048/prot._29_ind_025_escola_municipal_maria_paulina.pdf</t>
   </si>
   <si>
     <t>Escola Municipal Maria Paulina</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5049/prot._30_ind_026_reiteracao_prot._12_recape_votorantim_e_vila_rubim.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5049/prot._30_ind_026_reiteracao_prot._12_recape_votorantim_e_vila_rubim.pdf</t>
   </si>
   <si>
     <t>PReiteração Prot. 12_Recape_Votorantim e Vila Rubim</t>
   </si>
   <si>
     <t>5050</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5050/prot._31_ind_027_reiteracao_ind._247_2018_asfalto_conj._irma_paulina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5050/prot._31_ind_027_reiteracao_ind._247_2018_asfalto_conj._irma_paulina.pdf</t>
   </si>
   <si>
     <t>Reiteração Ind. 247_2018_Asfalto_Conj. Irmã Paulina</t>
   </si>
   <si>
     <t>5051</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5051/prot._32_ind_028_rei_prot._13_dep._fedreinhold_s._junior_infraes_distrito_ind_votorantim.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5051/prot._32_ind_028_rei_prot._13_dep._fedreinhold_s._junior_infraes_distrito_ind_votorantim.pdf</t>
   </si>
   <si>
     <t>Rei Prot. 13_Dep. FedReinhold S. JUnior_Infraes_Distrito Ind_Votorantim</t>
   </si>
   <si>
     <t>5052</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5052/prot._33_ind_029_rei_ind._259_2019_dep._f_pedro_lupion_posto_de_saude_bergamaschi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5052/prot._33_ind_029_rei_ind._259_2019_dep._f_pedro_lupion_posto_de_saude_bergamaschi.pdf</t>
   </si>
   <si>
     <t>Rei Ind. 259_2019_Dep. F Pedro Lupion_Posto de Saúde_Bergamaschi</t>
   </si>
   <si>
     <t>5053</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5053/prot._34_ind_030_reiterecao_ind._153_2019_dep._federal_diego_garcia_pericia_inss.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5053/prot._34_ind_030_reiterecao_ind._153_2019_dep._federal_diego_garcia_pericia_inss.pdf</t>
   </si>
   <si>
     <t>Reitereção Ind. 153_2019_Dep. Federal Diego Garcia_Pericia_INSS</t>
   </si>
   <si>
     <t>5054</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5054/prot._36_ind_031_reiterecao_ind._3033_2019_progressao_e_promocao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5054/prot._36_ind_031_reiterecao_ind._3033_2019_progressao_e_promocao.pdf</t>
   </si>
   <si>
     <t>Reitereção Ind. 3033_2019_Progressao e Promoção</t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5064/prot._37_ind_032_lampadas_conj._sao_jose_ii.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5064/prot._37_ind_032_lampadas_conj._sao_jose_ii.pdf</t>
   </si>
   <si>
     <t>Lâmpadas_Conj. Sao Jose II</t>
   </si>
   <si>
     <t>5065</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5065/prot._33_ind_029_rei_ind._259_2019_dep._f_pedro_lupion_posto_de_saude_bergamaschi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5065/prot._33_ind_029_rei_ind._259_2019_dep._f_pedro_lupion_posto_de_saude_bergamaschi.pdf</t>
   </si>
   <si>
     <t>Dep. F Pedro Lupion_Posto de Saúde_Bergamaschi</t>
   </si>
   <si>
     <t>5066</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5066/prot._39_ind_034_decimo_quarto_servidores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5066/prot._39_ind_034_decimo_quarto_servidores.pdf</t>
   </si>
   <si>
     <t>Décimo quarto_Servidores</t>
   </si>
   <si>
     <t>5067</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5067/prot._41_ind_035_all_limpeza.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5067/prot._41_ind_035_all_limpeza.pdf</t>
   </si>
   <si>
     <t>ALL_Limpeza</t>
   </si>
   <si>
     <t>5068</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5068/prot._43_ind_036_convite_sec._saude_coronavirus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5068/prot._43_ind_036_convite_sec._saude_coronavirus.pdf</t>
   </si>
   <si>
     <t>Convite_Sec. Saúde_Coronavirus</t>
   </si>
   <si>
     <t>5069</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5069/prot._44_ind_037_casa_de_velorios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5069/prot._44_ind_037_casa_de_velorios.pdf</t>
   </si>
   <si>
     <t>Casa de Velórios</t>
   </si>
   <si>
     <t>5070</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5070/prot._46_ind_038_evento_wheeling.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5070/prot._46_ind_038_evento_wheeling.pdf</t>
   </si>
   <si>
     <t>Evento_Wheeling</t>
   </si>
   <si>
     <t>5071</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5071/prot._47_ind_039_suspensao_cortes_pandemia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5071/prot._47_ind_039_suspensao_cortes_pandemia.pdf</t>
   </si>
   <si>
     <t>Suspensão_Cortes_Pandemia</t>
   </si>
   <si>
     <t>5072</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Raffaello Frascati</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5072/prot._48_ind_040_der_tapa_buracos_colegio_agricola.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5072/prot._48_ind_040_der_tapa_buracos_colegio_agricola.pdf</t>
   </si>
   <si>
     <t>DER_Tapa buracos_Colégio Agricola</t>
   </si>
   <si>
     <t>5073</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5073/prot._49_ind_041_decreto_corona.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5073/prot._49_ind_041_decreto_corona.pdf</t>
   </si>
   <si>
     <t>Decreto_Corona</t>
   </si>
   <si>
     <t>5074</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5074/prot._50_ind_042_limpeza_rua_gonzaga.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5074/prot._50_ind_042_limpeza_rua_gonzaga.pdf</t>
   </si>
   <si>
     <t>Limpeza_Rua Gonzaga</t>
   </si>
   <si>
     <t>5075</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5075/prot._51_ind_043_bueiro_rua_monsenhor_joao_belchior.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5075/prot._51_ind_043_bueiro_rua_monsenhor_joao_belchior.pdf</t>
   </si>
   <si>
     <t>Bueiro_Rua Monsenhor Joao Belchior</t>
   </si>
   <si>
     <t>5076</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5076/prot._52_ind_044_governo_do_estado_caminhoneiros.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5076/prot._52_ind_044_governo_do_estado_caminhoneiros.pdf</t>
   </si>
   <si>
     <t>Governo do Estado_Caminhoneiros</t>
   </si>
   <si>
     <t>5077</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5077/prot._53_ind_045_isencao_agua_e_luz_pandemia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5077/prot._53_ind_045_isencao_agua_e_luz_pandemia.pdf</t>
   </si>
   <si>
     <t>Isenção_Água e luz_Pandemia</t>
   </si>
   <si>
     <t>5078</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5078/prot._54_ind_046_melhoria_asfaltica_estrada_agua_dos_coqueiros.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5078/prot._54_ind_046_melhoria_asfaltica_estrada_agua_dos_coqueiros.pdf</t>
   </si>
   <si>
     <t>Melhoria asfaltica_Estrada Água dos Coqueiros</t>
   </si>
   <si>
     <t>5083</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5083/prot._58_ind_049_asfalto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5083/prot._58_ind_049_asfalto.pdf</t>
   </si>
   <si>
     <t>Asfalto</t>
   </si>
   <si>
     <t>5084</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5084/prot._60_ind_050_agencia_do_trabalhador.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5084/prot._60_ind_050_agencia_do_trabalhador.pdf</t>
   </si>
   <si>
     <t>Agência do Trabalhador</t>
   </si>
   <si>
     <t>5088</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5088/prot._61_ind_051_procon.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5088/prot._61_ind_051_procon.pdf</t>
   </si>
   <si>
     <t>Procon</t>
   </si>
   <si>
     <t>5101</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5101/prot._63_ind_052_extensao_de_rede_rod._laurindo_francisco_e_bairro_irmaos_francisco.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5101/prot._63_ind_052_extensao_de_rede_rod._laurindo_francisco_e_bairro_irmaos_francisco.pdf</t>
   </si>
   <si>
     <t>Extensão de rede Rod. Laurindo Francisco e Bairro Irmãos Francisco</t>
   </si>
   <si>
     <t>5102</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Angelo Raia (Zoinho), Cris Liga, Gil dos Anjos, Jair Antonio da Silva, Raffaello Frascati, Rogérinho do Karatê, Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5102/prot._64_ind_053_bb_caixa_e_sicredi_consignados.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5102/prot._64_ind_053_bb_caixa_e_sicredi_consignados.pdf</t>
   </si>
   <si>
     <t>BB Caixa e Sicredi Consignados</t>
   </si>
   <si>
     <t>5103</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5103/prot._65_ind_054_cohapar_casas_adaptadas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5103/prot._65_ind_054_cohapar_casas_adaptadas.pdf</t>
   </si>
   <si>
     <t>COHAPAR_Casas adaptadas</t>
   </si>
   <si>
     <t>5104</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5104/prot._66_ind_055_sanepar_dedetizacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5104/prot._66_ind_055_sanepar_dedetizacao.pdf</t>
   </si>
   <si>
     <t>SANEPAR_Dedetização</t>
   </si>
   <si>
     <t>5105</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5105/prot._67_ind_056_sanepar_esgoto_rua_padre_osnir.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5105/prot._67_ind_056_sanepar_esgoto_rua_padre_osnir.pdf</t>
   </si>
   <si>
     <t>SANEPAR_Esgoto_Rua Padre Osnir</t>
   </si>
   <si>
     <t>5106</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5106/prot._68_ind_057_academia_bairro_rotary.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5106/prot._68_ind_057_academia_bairro_rotary.pdf</t>
   </si>
   <si>
     <t>Academia_Bairro Rotary</t>
   </si>
   <si>
     <t>5107</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Gil dos Anjos, Raffaello Frascati</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5107/prot._70_ind_058_cohapar_e_gov._estado_casas_ribeirinhos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5107/prot._70_ind_058_cohapar_e_gov._estado_casas_ribeirinhos.pdf</t>
   </si>
   <si>
     <t>COHAPAR e Gov. Estado_Casas_Ribeirinhos</t>
   </si>
   <si>
     <t>5108</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5108/prot._71_ind_059_melhoria_asfaltica_rua_antimo_vezozzo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5108/prot._71_ind_059_melhoria_asfaltica_rua_antimo_vezozzo.pdf</t>
   </si>
   <si>
     <t>Melhoria asfaltica_Rua Antimo Vezozzo</t>
   </si>
   <si>
     <t>5109</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5109/prot._72_ind_060_melhoria_cemiterio_iluminacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5109/prot._72_ind_060_melhoria_cemiterio_iluminacao.pdf</t>
   </si>
   <si>
     <t>Melhoria Cemitério Iluminação</t>
   </si>
   <si>
     <t>5110</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Cris Liga</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5110/prot._75_ind_061_melhoria_asfaltica_travessa_antonio_castanho.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5110/prot._75_ind_061_melhoria_asfaltica_travessa_antonio_castanho.pdf</t>
   </si>
   <si>
     <t>Melhoria asfáltica Travessa Antônio Castanho</t>
   </si>
   <si>
     <t>5111</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5111/prot._76_ind_062_melhorias_estradas_rurais_taquaral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5111/prot._76_ind_062_melhorias_estradas_rurais_taquaral.pdf</t>
   </si>
   <si>
     <t>Melhorias_Estradas Rurais_Taquaral</t>
   </si>
   <si>
     <t>5118</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5118/prot._82_ind_066_pl_pagamento_terceirizados.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5118/prot._82_ind_066_pl_pagamento_terceirizados.pdf</t>
   </si>
   <si>
     <t>PL_Pagamento terceirizados</t>
   </si>
   <si>
     <t>5119</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Tetinha</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5119/prot._83_ind_067_suspensao_cobranca_iptu_pandemia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5119/prot._83_ind_067_suspensao_cobranca_iptu_pandemia.pdf</t>
   </si>
   <si>
     <t>Suspensão_Cobrança IPTU_Pandemia</t>
   </si>
   <si>
     <t>5120</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5120/prot._84_ind_068_quebra-molas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5120/prot._84_ind_068_quebra-molas.pdf</t>
   </si>
   <si>
     <t>Quebra-molas</t>
   </si>
   <si>
     <t>5121</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5121/prot._87_ind_069_coe.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5121/prot._87_ind_069_coe.pdf</t>
   </si>
   <si>
     <t>COE</t>
   </si>
   <si>
     <t>5128</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5128/prot._88_ind_070_dep._federal_reinhold_s._junior_tomografia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5128/prot._88_ind_070_dep._federal_reinhold_s._junior_tomografia.pdf</t>
   </si>
   <si>
     <t>Dep. Federal Reinhold S. Junior_Tomografia</t>
   </si>
   <si>
     <t>5129</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5129/prot._89_ind_071_quebra-molas_rua_maestro_milani.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5129/prot._89_ind_071_quebra-molas_rua_maestro_milani.pdf</t>
   </si>
   <si>
     <t>Quebra-molas_Rua Maestro Milani</t>
   </si>
   <si>
     <t>5130</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5130/prot._90_ind_072_melhorias_bergamaschi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5130/prot._90_ind_072_melhorias_bergamaschi.pdf</t>
   </si>
   <si>
     <t>Melhorias_Bergamaschi</t>
   </si>
   <si>
     <t>5131</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5131/prot._91_ind_073_econorte_br369_conj._bergamaschi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5131/prot._91_ind_073_econorte_br369_conj._bergamaschi.pdf</t>
   </si>
   <si>
     <t>ECONORTE_BR369_Conj. Bergamaschi</t>
   </si>
   <si>
     <t>5132</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5132/prot._92_ind_074_sanepar_pressao_da_agua_rua_herminio_haggi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5132/prot._92_ind_074_sanepar_pressao_da_agua_rua_herminio_haggi.pdf</t>
   </si>
   <si>
     <t>SANEPAR_Pressão da água_Rua Herminio Haggi</t>
   </si>
   <si>
     <t>5134</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5134/prot._93_ind_075_quebra-molas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5134/prot._93_ind_075_quebra-molas.pdf</t>
   </si>
   <si>
     <t>5133</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Angelo Raia (Zoinho), Gil dos Anjos</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5133/prot._100_ind_076_asfalto_conj._irma_paulina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5133/prot._100_ind_076_asfalto_conj._irma_paulina.pdf</t>
   </si>
   <si>
     <t>Asfalto_Conj. Irmã Paulina</t>
   </si>
   <si>
     <t>5140</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5140/prot._101_ind_077_rodovia_da_liberdade.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5140/prot._101_ind_077_rodovia_da_liberdade.pdf</t>
   </si>
   <si>
     <t>Rodovia da Liberdade</t>
   </si>
   <si>
     <t>5141</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Angelo Raia (Zoinho)</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5141/prot._103_ind_078_galerias_conj._irma_paulina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5141/prot._103_ind_078_galerias_conj._irma_paulina.pdf</t>
   </si>
   <si>
     <t>Galerias_Conj. Irmã Paulina</t>
   </si>
   <si>
     <t>5142</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5142/prot._104_ind_079_iluminacao_praca_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5142/prot._104_ind_079_iluminacao_praca_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>Iluminação_Praça Conj. Ignez Panichi</t>
   </si>
   <si>
     <t>5143</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5143/prot._105_ind_080_praca_conj._irma_paulina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5143/prot._105_ind_080_praca_conj._irma_paulina.pdf</t>
   </si>
   <si>
     <t>Praça Conj. Irmã Paulina</t>
   </si>
   <si>
     <t>5144</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5144/prot._106_ind_081_quebra-molas_cancha_de_malha.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5144/prot._106_ind_081_quebra-molas_cancha_de_malha.pdf</t>
   </si>
   <si>
     <t>Quebra-molas_Cancha de malha</t>
   </si>
   <si>
     <t>5145</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5145/prot._107_ind_082_quebra-molas_pintura.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5145/prot._107_ind_082_quebra-molas_pintura.pdf</t>
   </si>
   <si>
     <t>Quebra-molas_Pintura</t>
   </si>
   <si>
     <t>5146</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5146/prot._109_ind_083_sanepar_rede_de_esgoto_e_aguas_pluviais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5146/prot._109_ind_083_sanepar_rede_de_esgoto_e_aguas_pluviais.pdf</t>
   </si>
   <si>
     <t>Rede de esgoto e águas pluviais</t>
   </si>
   <si>
     <t>5147</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5147/prot._111_ind_084_melhorias_hospital_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5147/prot._111_ind_084_melhorias_hospital_municipal.pdf</t>
   </si>
   <si>
     <t>Melhorias_Hospital Municipal</t>
   </si>
   <si>
     <t>5148</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5148/prot._112_ind_085_melhorias_rua_paulo_antunes_de_oliveira.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5148/prot._112_ind_085_melhorias_rua_paulo_antunes_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Melhorias_Rua Paulo Antunes de Oliveira</t>
   </si>
   <si>
     <t>5149</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5149/prot._113_ind_086_melhorias_parque_alambari_i.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5149/prot._113_ind_086_melhorias_parque_alambari_i.pdf</t>
   </si>
   <si>
     <t>Melhorias_Parque Alambari I</t>
   </si>
   <si>
     <t>5150</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5150/prot._114_ind_087_dep._cobra_academia_conj._irma_paulina.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5150/prot._114_ind_087_dep._cobra_academia_conj._irma_paulina.pdf</t>
   </si>
   <si>
     <t>Dep. Cobra_Academia_Conj. Irmã Paulina</t>
   </si>
   <si>
     <t>5151</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5151/prot._115_ind_088_sanepar_redes_de_esgoto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5151/prot._115_ind_088_sanepar_redes_de_esgoto.pdf</t>
   </si>
   <si>
     <t>SANEPAR_Redes de esgoto</t>
   </si>
   <si>
     <t>5152</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5152/prot._116_ind_089_quebra-molas_rua_sao_paulo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5152/prot._116_ind_089_quebra-molas_rua_sao_paulo.pdf</t>
   </si>
   <si>
     <t>Quebra-molas_Rua São Paulo</t>
   </si>
   <si>
     <t>5153</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5153/prot._117_ind_090_revogacao_lei_regime_de_adiantamento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5153/prot._117_ind_090_revogacao_lei_regime_de_adiantamento.pdf</t>
   </si>
   <si>
     <t>5162</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5162/prot._118_ind_091_psicologo_e_psiquiatra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5162/prot._118_ind_091_psicologo_e_psiquiatra.pdf</t>
   </si>
   <si>
     <t>Psicologo e Psiquiatra</t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Gil dos Anjos, Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5163/prot._119_ind_092_melhorias_conjunto_votorantim.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5163/prot._119_ind_092_melhorias_conjunto_votorantim.pdf</t>
   </si>
   <si>
     <t>Melhorias_Conjunto Votorantim</t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5164/prot._121_ind_093_melhorias_parque_alambari_ii.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5164/prot._121_ind_093_melhorias_parque_alambari_ii.pdf</t>
   </si>
   <si>
     <t>Melhorias_Parque Alambari II</t>
   </si>
   <si>
     <t>5165</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5165/prot._122_ind_094_melhorias_clube_conj._lazer.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5165/prot._122_ind_094_melhorias_clube_conj._lazer.pdf</t>
   </si>
   <si>
     <t>Melhorias_Clube Conj. Lazer</t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5166/prot._123_ind_095_corte_de_arvore_parque_ignez.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5166/prot._123_ind_095_corte_de_arvore_parque_ignez.pdf</t>
   </si>
   <si>
     <t>Corte de árvore_Parque Ignez</t>
   </si>
   <si>
     <t>5172</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5172/prot._124_ind_096_quebra-molas_rua_joao_mischiatti.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5172/prot._124_ind_096_quebra-molas_rua_joao_mischiatti.pdf</t>
   </si>
   <si>
     <t>Quebra-molas_Rua João Mischiatti</t>
   </si>
   <si>
     <t>5173</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5173/prot._127_ind_097_quebra-molas_rua_curitiba.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5173/prot._127_ind_097_quebra-molas_rua_curitiba.pdf</t>
   </si>
   <si>
     <t>5174</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5174/prot._130_ind_098_poco_artesiano_bairro_estacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5174/prot._130_ind_098_poco_artesiano_bairro_estacao.pdf</t>
   </si>
   <si>
     <t>Poço artesiano_Bairro Estação</t>
   </si>
   <si>
     <t>5181</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5181/prot._131_ind_099_pronto_socorro_vento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5181/prot._131_ind_099_pronto_socorro_vento.pdf</t>
   </si>
   <si>
     <t>Pronto Socorro Vento</t>
   </si>
   <si>
     <t>5182</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5182/prot._132_ind_100_castracao_animais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5182/prot._132_ind_100_castracao_animais.pdf</t>
   </si>
   <si>
     <t>Castração_Animais</t>
   </si>
   <si>
     <t>5183</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5183/prot._133_ind_101_manutencao_cadeira_de_rodas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5183/prot._133_ind_101_manutencao_cadeira_de_rodas.pdf</t>
   </si>
   <si>
     <t>Manutenção Cadeira de rodas</t>
   </si>
   <si>
     <t>5184</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5184/prot._134_ind_102_copel_postes.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5184/prot._134_ind_102_copel_postes.pdf</t>
   </si>
   <si>
     <t>COPEL_Postes</t>
   </si>
   <si>
     <t>5185</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5185/prot._135_ind_103_extensao_de_rede_bairro_irmaos_francisco.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5185/prot._135_ind_103_extensao_de_rede_bairro_irmaos_francisco.pdf</t>
   </si>
   <si>
     <t>Extensão de rede_Bairro Irmãos Francisco</t>
   </si>
   <si>
     <t>5186</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5186/prot._136_ind_104_quebra-molas_avenida_brasil.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5186/prot._136_ind_104_quebra-molas_avenida_brasil.pdf</t>
   </si>
   <si>
     <t>Quebra-molas_Avenida Brasil</t>
   </si>
   <si>
     <t>5187</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5187/prot._137_ind_105_pista_de_caminhada_bairro_estacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5187/prot._137_ind_105_pista_de_caminhada_bairro_estacao.pdf</t>
   </si>
   <si>
     <t>Pista de caminhada Bairro Estação</t>
   </si>
   <si>
     <t>5197</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5197/prot._139_ind_106_deputado_federal_ricardo_barros_cadeira_de_rodas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5197/prot._139_ind_106_deputado_federal_ricardo_barros_cadeira_de_rodas.pdf</t>
   </si>
   <si>
     <t>Deputado Federal Ricardo Barros_Cadeira de rodas</t>
   </si>
   <si>
     <t>5198</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5198/prot._141_ind_107_galerias_conjunto_gonzaga.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5198/prot._141_ind_107_galerias_conjunto_gonzaga.pdf</t>
   </si>
   <si>
     <t>Galerias_Conjunto Gonzaga</t>
   </si>
   <si>
     <t>5199</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5199/prot._142_ind_108_sanepar_redes_de_esgoto_conj._gonzaga.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5199/prot._142_ind_108_sanepar_redes_de_esgoto_conj._gonzaga.pdf</t>
   </si>
   <si>
     <t>SANEPAR_Redes de esgoto_Conj. Gonzaga</t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5200/prot._144_ind_109_reiteracao_isencao_empregos_e_rendas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5200/prot._144_ind_109_reiteracao_isencao_empregos_e_rendas.pdf</t>
   </si>
   <si>
     <t>Reiteração_Isenção_Empregos e rendas</t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5201/prot._145_ind_110_reajuste_agente_de_endemias_e_comunitario.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5201/prot._145_ind_110_reajuste_agente_de_endemias_e_comunitario.pdf</t>
   </si>
   <si>
     <t>Reajuste_Agente de endemias e comunitário</t>
   </si>
   <si>
     <t>5202</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5202/prot._146_ind_111_rede_de_esgoto_rua_antonio_michelato.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5202/prot._146_ind_111_rede_de_esgoto_rua_antonio_michelato.pdf</t>
   </si>
   <si>
     <t>Rede de esgoto_Rua Antonio Michelato</t>
   </si>
   <si>
     <t>5203</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/</t>
+    <t>http://sapl.cambara.pr.leg.br/media/</t>
   </si>
   <si>
     <t>5204</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5204/prot._148_ind_113_meio_fio_rua_airton_senna.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5204/prot._148_ind_113_meio_fio_rua_airton_senna.pdf</t>
   </si>
   <si>
     <t>Meio fio_Rua Airton Senna</t>
   </si>
   <si>
     <t>5205</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5205/prot._149_ind_114_quebra-molas_rua_marechal_deodoro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5205/prot._149_ind_114_quebra-molas_rua_marechal_deodoro.pdf</t>
   </si>
   <si>
     <t>Quebra-molas_Rua Marechal Deodoro</t>
   </si>
   <si>
     <t>5207</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Quebra-molas_Rua Airton Senna_Reiteração 210-2018</t>
   </si>
   <si>
     <t>5208</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5208/prot._151_ind_116_melhorias_jardim_nova_america.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5208/prot._151_ind_116_melhorias_jardim_nova_america.pdf</t>
   </si>
   <si>
     <t>Melhorias_Jardim Nova América</t>
   </si>
   <si>
     <t>5209</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5209/prot._153_ind_117_sec._saude_receitas_continuas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5209/prot._153_ind_117_sec._saude_receitas_continuas.pdf</t>
   </si>
   <si>
     <t>Sec. Saude_Receitas contínuas</t>
   </si>
   <si>
     <t>5210</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5210/prot._154_ind_118_edital_distrito_industrial_conj._votorantim.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5210/prot._154_ind_118_edital_distrito_industrial_conj._votorantim.pdf</t>
   </si>
   <si>
     <t>Edital_Distrito Industrial_Conj. Votorantim</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5211/prot._155_ind_119_melhorias_bairro_estacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5211/prot._155_ind_119_melhorias_bairro_estacao.pdf</t>
   </si>
   <si>
     <t>Melhorias_Bairro Estação</t>
   </si>
   <si>
     <t>5212</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5212/prot._156_ind_120_sec._agricultura_empedramento_vila_aurora.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5212/prot._156_ind_120_sec._agricultura_empedramento_vila_aurora.pdf</t>
   </si>
   <si>
     <t>Sec. Agricultura_Empedramento_Vila Aurora</t>
   </si>
   <si>
     <t>5213</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5213/prot._161_ind_121_quebra-molas_rua_minas_gerais.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5213/prot._161_ind_121_quebra-molas_rua_minas_gerais.pdf</t>
   </si>
   <si>
     <t>Quebra-molas_Rua Minas Gerais</t>
   </si>
   <si>
     <t>5223</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5223/prot._162_ind_122_galerias_rua_rio_de_janeiro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5223/prot._162_ind_122_galerias_rua_rio_de_janeiro.pdf</t>
   </si>
   <si>
     <t>Galerias_Rua Rio de Janeiro</t>
   </si>
   <si>
     <t>5224</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5224/prot._163_ind_123_academia_rotary.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5224/prot._163_ind_123_academia_rotary.pdf</t>
   </si>
   <si>
     <t>Academia_Rotary</t>
   </si>
   <si>
     <t>5225</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5225/prot._164_ind_124_guto_silva_recurso.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5225/prot._164_ind_124_guto_silva_recurso.pdf</t>
   </si>
   <si>
     <t>Guto Silva_Recurso</t>
   </si>
   <si>
     <t>5226</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5226/prot._165_ind_125_placas_ruas_padovani_e_san_francisco.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5226/prot._165_ind_125_placas_ruas_padovani_e_san_francisco.pdf</t>
   </si>
   <si>
     <t>Placas_Ruas_Padovani e San Francisco</t>
   </si>
   <si>
     <t>5227</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, Walcir Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5227/prot._166_ind_126_progressao_e_promocao_pagamento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5227/prot._166_ind_126_progressao_e_promocao_pagamento.pdf</t>
   </si>
   <si>
     <t>Progressão e Promoção_Pagamento</t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5228/prot._167_ind_127_poco_artesiano_e_banheiro_praca_doutor_miguel_dinizo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5228/prot._167_ind_127_poco_artesiano_e_banheiro_praca_doutor_miguel_dinizo.pdf</t>
   </si>
   <si>
     <t>Poço artesiano e Banheiro_Praça Doutor Miguel Dinizo</t>
   </si>
   <si>
     <t>5229</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5229/prot._168_ind_128_iluminacao_bairro_estacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5229/prot._168_ind_128_iluminacao_bairro_estacao.pdf</t>
   </si>
   <si>
     <t>Iluminação_Bairro Estação</t>
   </si>
   <si>
     <t>5230</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5230/prot._169_ind_129_rio_barracao_projeto.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5230/prot._169_ind_129_rio_barracao_projeto.pdf</t>
   </si>
   <si>
     <t>Rio_Barracão_Projeto</t>
   </si>
   <si>
     <t>5231</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5231/prot._172_ind_130_ciclovias.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5231/prot._172_ind_130_ciclovias.pdf</t>
   </si>
   <si>
     <t>Ciclovias</t>
   </si>
   <si>
     <t>5243</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5243/prot._173_ind_131_rampa_espaco_cultural.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5243/prot._173_ind_131_rampa_espaco_cultural.pdf</t>
   </si>
   <si>
     <t>Rampa Espaço Cultural</t>
   </si>
   <si>
     <t>5244</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5244/prot._174_ind_132_placas_proibido_nadar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5244/prot._174_ind_132_placas_proibido_nadar.pdf</t>
   </si>
   <si>
     <t>Placas Proibido Nadar</t>
   </si>
   <si>
     <t>5245</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5245/prot._175_ind_133_governo_do_estado_pr431.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5245/prot._175_ind_133_governo_do_estado_pr431.pdf</t>
   </si>
   <si>
     <t>Governo do Estado_PR431</t>
   </si>
   <si>
     <t>5246</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5246/prot._176_ind_134_departamento_de_estradas_e_rodagem_pr431.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5246/prot._176_ind_134_departamento_de_estradas_e_rodagem_pr431.pdf</t>
   </si>
   <si>
     <t>Departamento de Estradas e Rodagem_PR431</t>
   </si>
   <si>
     <t>5247</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5247/prot._177_ind_135_revisao_lei_assistencia_social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5247/prot._177_ind_135_revisao_lei_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Revisão_Lei_Assistência Social</t>
   </si>
   <si>
     <t>5248</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5248/prot._179_ind.136_sinalizacao_esquina_mestre_cuca.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5248/prot._179_ind.136_sinalizacao_esquina_mestre_cuca.pdf</t>
   </si>
   <si>
     <t>Sinalização Esquina Mestre Cuca</t>
   </si>
   <si>
     <t>5254</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5254/prot._180_ind_137_governo_do_estado_e_der_pr431.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5254/prot._180_ind_137_governo_do_estado_e_der_pr431.pdf</t>
   </si>
   <si>
     <t>Governo do Estado e DER_PR431</t>
   </si>
   <si>
     <t>5253</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5253/prot._181_ind_138_reiteracao_parques_infantis.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5253/prot._181_ind_138_reiteracao_parques_infantis.pdf</t>
   </si>
   <si>
     <t>Reiteração Parques infantis</t>
   </si>
   <si>
     <t>5255</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5255/prot._182_ind.139_canaleta_rua_engenheiro_euclides_de_lima.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5255/prot._182_ind.139_canaleta_rua_engenheiro_euclides_de_lima.pdf</t>
   </si>
   <si>
     <t>Canaleta_Rua Engenheiro Euclides de Lima</t>
   </si>
   <si>
     <t>5256</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5256/prot._183_ind.140_melhorias_san_francisco.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5256/prot._183_ind.140_melhorias_san_francisco.pdf</t>
   </si>
   <si>
     <t>Melhorias_San Francisco</t>
   </si>
   <si>
     <t>5270</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5270/prot._184_ind_141_semaforo_rua_joao_mischiatti.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5270/prot._184_ind_141_semaforo_rua_joao_mischiatti.pdf</t>
   </si>
   <si>
     <t>Semaforo_Rua João Mischiatti</t>
   </si>
   <si>
     <t>5271</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5271/prot._185_ind_142_recape_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5271/prot._185_ind_142_recape_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>Recape_Conj. Ignez Panichi</t>
   </si>
   <si>
     <t>5272</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5272/prot._186_ind_143_teste_de_covid.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5272/prot._186_ind_143_teste_de_covid.pdf</t>
   </si>
   <si>
     <t>Teste de Covid</t>
   </si>
   <si>
     <t>5273</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5273/prot._187_ind_144_extensao_de_rede_conj._irmaos_francisco.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5273/prot._187_ind_144_extensao_de_rede_conj._irmaos_francisco.pdf</t>
   </si>
   <si>
     <t>Extensao de rede_Conj. Irmãos Francisco</t>
   </si>
   <si>
     <t>5274</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5274/prot._188_ind_145_psiquiatra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5274/prot._188_ind_145_psiquiatra.pdf</t>
   </si>
   <si>
     <t>Psiquiatra</t>
   </si>
   <si>
     <t>5275</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5275/prot._189_ind_146_dep._federal_felipe_francischini_campo_da_aviacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5275/prot._189_ind_146_dep._federal_felipe_francischini_campo_da_aviacao.pdf</t>
   </si>
   <si>
     <t>Dep. Federal Felipe Francischini_Campo da Aviação</t>
   </si>
   <si>
     <t>5276</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5276/prot._191_ind_147_meio_fio_rua_augusto_mano.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5276/prot._191_ind_147_meio_fio_rua_augusto_mano.pdf</t>
   </si>
   <si>
     <t>Meio fio_Rua Augusto Mano</t>
   </si>
   <si>
     <t>5277</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5277/prot._192_ind.148_melhorias_rodoviaria.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5277/prot._192_ind.148_melhorias_rodoviaria.pdf</t>
   </si>
   <si>
     <t>Melhorias_Rodoviária</t>
   </si>
   <si>
     <t>5278</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5278/prot._193_ind_149_quebra-molas_rua_engenheiro_euclides_lima.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5278/prot._193_ind_149_quebra-molas_rua_engenheiro_euclides_lima.pdf</t>
   </si>
   <si>
     <t>Quebra-molas_Rua Engenheiro Euclides Lima</t>
   </si>
   <si>
     <t>5279</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5279/prot._194_ind_150_iluminacao_parque_jardim_santo_antonio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5279/prot._194_ind_150_iluminacao_parque_jardim_santo_antonio.pdf</t>
   </si>
   <si>
     <t>Iluminação_Parque_Jardim Santo Antônio</t>
   </si>
   <si>
     <t>5280</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5280/prot._195_ind_151_recape_e_melhorias_conj._sao_francisco.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5280/prot._195_ind_151_recape_e_melhorias_conj._sao_francisco.pdf</t>
   </si>
   <si>
     <t>Recape e melhorias_Conj. São Francisco</t>
   </si>
   <si>
     <t>5281</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5281/prot._196_ind_152_galerias_conjunto_gonzaga.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5281/prot._196_ind_152_galerias_conjunto_gonzaga.pdf</t>
   </si>
   <si>
     <t>5282</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5282/prot._197_ind_153_reitaracao_prot._146_rede_de_esgoto_rua_antonio_michelato.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5282/prot._197_ind_153_reitaracao_prot._146_rede_de_esgoto_rua_antonio_michelato.pdf</t>
   </si>
   <si>
     <t>Reitaração prot. 146_Rede de esgoto_Rua Antonio Michelato</t>
   </si>
   <si>
     <t>5059</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5059/proposta_de_decreto_legis_01_2020_-_fixa_o_numero_de_vereadores_para_a_legis.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5059/proposta_de_decreto_legis_01_2020_-_fixa_o_numero_de_vereadores_para_a_legis.pdf</t>
   </si>
   <si>
     <t>Fixa o número de Vereadores para a legislatura 2021/ 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5060/proposta_de_decreto_legis_02_2020_prestacao_de_contas_exercicio_2018_comissao_de_financas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5060/proposta_de_decreto_legis_02_2020_prestacao_de_contas_exercicio_2018_comissao_de_financas.pdf</t>
   </si>
   <si>
     <t>Acolhe o Acórdão de Parecer Prévio nº 283/2019 da Segunda Câmara do Tribunal de Contas do Estado do Paraná, aprovando as contas do Sr. José Salim Haggi Neto, referentes ao Poder Executivo do Município de Cambará, exercício de 2018.</t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5008/02_2020_-revisao_geral_anual.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5008/02_2020_-revisao_geral_anual.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL E AUMENTO A TODOS OS SERVIDORES ATIVOS, INATIVOS E OCUPANTES DE CARGOS DE PROVIMENTO EM COMISSÃO DO PODER EXECUTIVO, FIXA NOVO VALOR DO AUXÍLIO ALIMENTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5180</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5180/02-2020_-_emenda_constitucional_103_-_adequacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5180/02-2020_-_emenda_constitucional_103_-_adequacao.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1.316, de 21 de junho de 2006, para adequar à Emenda Constitucional nº 103, de 12 de novembro de 2019, a alíquota da contribuição previdenciária do servidor ativo, aposentado e pensionista ao Regime Próprio de Previdência Social do Município de Cambará, dando outras providências.</t>
   </si>
   <si>
     <t>5189</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5189/03_2020_-_sim-poa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5189/03_2020_-_sim-poa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO DE INSPEÇÃO MUNICIPAL DE PRODUTOS DE ORIGEM ANIMAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5007</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5007/01_2020_-_institui_o_diario_oficial_do_municipio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5007/01_2020_-_institui_o_diario_oficial_do_municipio.pdf</t>
   </si>
   <si>
     <t>Institui a Imprensa Oficial do Município de Cambará, Estado do Paraná, encarregado da publicidade dos atos do Poder Executivo, do Poder Legislativo, bem como de suas autarquias e fundações e dá outras providências.</t>
   </si>
   <si>
     <t>5012</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5012/02_2020_-_ppa-_criacao_despesa_pre-sal_-excesso.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5012/02_2020_-_ppa-_criacao_despesa_pre-sal_-excesso.pdf</t>
   </si>
   <si>
     <t>Aumenta o valor das ações no Exercício/2019   ao Anexo da Lei Municipal nº 1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5013</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5013/03_2020_-_ldo-__criacao_despesa_pre-sal_-_excesso.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5013/03_2020_-_ldo-__criacao_despesa_pre-sal_-_excesso.pdf</t>
   </si>
   <si>
     <t>Aumenta o valor das ações ao Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.754  de 30/05/2019 que trata das diretrizes orçamentárias para o Exercício de 2020.</t>
   </si>
   <si>
     <t>5014</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5014/04_2020_-_loa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5014/04_2020_-_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 495.198,11 (quatrocentos e noventa e cinco mil cento e noventa e oito reais e onze centavos).</t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5020/projeto_de_lei__05_-2020_-_alteracao_da_ldo-_renuncia_da_receita.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5020/projeto_de_lei__05_-2020_-_alteracao_da_ldo-_renuncia_da_receita.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Alteração  dos Anexos  da Lei nº 1.754 de  30 de Maio de 2019 ,a Lei  que dispõe sobre as Diretrizes Orçamentária para o exercício de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5021/projeto_de_lei_06_-2020_-_alteracao_da_loa-_renuncia_da_receita.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5021/projeto_de_lei_06_-2020_-_alteracao_da_loa-_renuncia_da_receita.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Alteração  dos Anexos  da Lei Nº 1783 de 17 de Dezembro de 2019, a Lei  que dispõe sobre a Lei Orçamentária para o exercício de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>5055</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5055/07_2020_-institui_o_conselho_municipal_de_cultura.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5055/07_2020_-institui_o_conselho_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE POLÍTICA CULTURAL DE CAMBARÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5056/projeto_de_lei_08-2020_-_ppa-_criacao_despesa_pre-sal_-convenio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5056/projeto_de_lei_08-2020_-_ppa-_criacao_despesa_pre-sal_-convenio.pdf</t>
   </si>
   <si>
     <t>Aumenta o valor das ações no Exercício/2020   ao Anexo da Lei Municipal nº 1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5057/projeto_de_lei_09-2020_-_ldo-__criacao_despesa_pre-sal_-convenio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5057/projeto_de_lei_09-2020_-_ldo-__criacao_despesa_pre-sal_-convenio.pdf</t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5058/projeto_de_lei_10-2020_-loa_-_pre_sal_-convenio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5058/projeto_de_lei_10-2020_-loa_-_pre_sal_-convenio.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 419.000,00 (Quatrocentos e dezenove  mil reais)</t>
   </si>
   <si>
     <t>5079</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5079/projeto_de_lei__11-2020_-_ppa-_contrapartida_de_convenio_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5079/projeto_de_lei__11-2020_-_ppa-_contrapartida_de_convenio_saude.pdf</t>
   </si>
   <si>
     <t>5080</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5080/projeto_de_lei_12-2020_-_ldo-__contrapartida_convenio_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5080/projeto_de_lei_12-2020_-_ldo-__contrapartida_convenio_saude.pdf</t>
   </si>
   <si>
     <t>Aumenta o valor das ações ao Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.754  de 30/05/2019 que trata das diretrizes orçamentárias para o Exercício de 2020</t>
   </si>
   <si>
     <t>5081</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5081/projeto_de_lei_13_-2020-loa_-_contrapartida_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5081/projeto_de_lei_13_-2020-loa_-_contrapartida_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 124.500,00 (Cento e vinte e quatro mil e quinhentos reais )</t>
   </si>
   <si>
     <t>5086</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5086/14_2020_-_ldo_-_2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5086/14_2020_-_ldo_-_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5087</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5087/15_2020_-_institui_o_fundo_municipal_do_meio_ambiente.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5087/15_2020_-_institui_o_fundo_municipal_do_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal do Meio Ambiente e dá outras providências.</t>
   </si>
   <si>
     <t>5090</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5090/16-2020_-_ppa-_criacao_despesa_previdenica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5090/16-2020_-_ppa-_criacao_despesa_previdenica.pdf</t>
   </si>
   <si>
     <t>5091</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5091/17-2020_-_ldo-__criacao_despesa_previdencia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5091/17-2020_-_ldo-__criacao_despesa_previdencia.pdf</t>
   </si>
   <si>
     <t>5092</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5092/18-2020_-_loa-__criacao_despesa_previdencia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5092/18-2020_-_loa-__criacao_despesa_previdencia.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 62.700,00 (sessenta e dois mil setecentos reais)</t>
   </si>
   <si>
     <t>5093</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5093/19-_2020_-_ppa-_criacao_de_despesa_previdencia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5093/19-_2020_-_ppa-_criacao_de_despesa_previdencia.pdf</t>
   </si>
   <si>
     <t>Aumenta o valor das ações no Exercício/2020   ao Anexo da Lei Municipal nº 1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências</t>
   </si>
   <si>
     <t>5094</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5094/20-2020_-_ldo-__criacao_despesa_previdencia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5094/20-2020_-_ldo-__criacao_despesa_previdencia.pdf</t>
   </si>
   <si>
     <t>5095</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5095/21-2020_-_loa_-_criacao_de_despesa_previdencia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5095/21-2020_-_loa_-_criacao_de_despesa_previdencia.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 800.000,00 (oitocentos mil reais)</t>
   </si>
   <si>
     <t>5096</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5096/22-_2020_-_ppa-_criacao_de_despesa_coronavirus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5096/22-_2020_-_ppa-_criacao_de_despesa_coronavirus.pdf</t>
   </si>
   <si>
     <t>5097</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5097/23-2020_-_ldo-__criacao_despesa_coronavirus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5097/23-2020_-_ldo-__criacao_despesa_coronavirus.pdf</t>
   </si>
   <si>
     <t>5098</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5098/24-_loa-_criacao_da_despesa_coronavirus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5098/24-_loa-_criacao_da_despesa_coronavirus.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 354.909,94 (trezentos e cinqüenta e quatro mil novecentos e nove reais e noventa e quatro centavos)</t>
   </si>
   <si>
     <t>5099</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5099/25_2020_-__integrada.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5099/25_2020_-__integrada.pdf</t>
   </si>
   <si>
     <t>Autoriza o MUNICÍPIO DE CAMBARÁ através do Chefe do Poder Executivo Municipal a DESAFETAR e outorgar PERMUTA de imóveis do Patrimônio Público Municipal por imóveis particulares de INTEGRADA COOPERATIVA AGROINDUSTRIAL, na forma como especifica.</t>
   </si>
   <si>
     <t>5154</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5154/26-2020_-_ppa-_contrapartida_de_convenio-_infra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5154/26-2020_-_ppa-_contrapartida_de_convenio-_infra.pdf</t>
   </si>
   <si>
     <t>5155</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5155/27-2020_-_ldo-__contrapartida_convenio_infra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5155/27-2020_-_ldo-__contrapartida_convenio_infra.pdf</t>
   </si>
   <si>
     <t>5156</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5156/28_-2020-loa_-_contrapartida_convenio_infra.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5156/28_-2020-loa_-_contrapartida_convenio_infra.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 54.500,00 (Cinquenta e quatro mil e quinhentos reais )</t>
   </si>
   <si>
     <t>5157</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5157/29-2020_-ppa_-_ultimo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5157/29-2020_-ppa_-_ultimo.pdf</t>
   </si>
   <si>
     <t>Aumenta e altera o valor das ações no Exercício/2020   ao Anexo da Lei Municipal nº 1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5158</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5158/30-2020-_ldo_-_ultimo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5158/30-2020-_ldo_-_ultimo.pdf</t>
   </si>
   <si>
     <t>Aumenta  e altera o valor das ações ao Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.754  de 30/05/2019 que trata das diretrizes orçamentárias para o Exercício de 2020.</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5159/31-_2020__-loa_-coronavirus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5159/31-_2020__-loa_-coronavirus.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 83.000,00 (oitenta e três mil reais)</t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5160/32-2020_-loa_-coronavirus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5160/32-2020_-loa_-coronavirus.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 16.000,00 (dezesseis mil reais)</t>
   </si>
   <si>
     <t>5171</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5171/33.20_-_lei_xxxx-2020_-_deficit_atuarial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5171/33.20_-_lei_xxxx-2020_-_deficit_atuarial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de amortização do déficit técnico atuarial para obtenção do equilíbrio financeiro e atuarial que o Município tem em face do RPPS do Município de Cambará/PR</t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5167/33_-_politica_bem_estar_animal_1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5167/33_-_politica_bem_estar_animal_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA POLÍTICA DE BEM-ESTAR E MAUS-TRATOS DE ANIMAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5179</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5179/35_-_2020_-_autoriza_a_suspensao_da_contribuicao_patronal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5179/35_-_2020_-_autoriza_a_suspensao_da_contribuicao_patronal.pdf</t>
   </si>
   <si>
     <t>Suspende o recolhimento das contribuições previdenciárias patronais implementando no Município de Cambará o contido §2º do artigo 9º da Lei Complementar Federal nº 173, de 27 de maio de 2020.</t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5190/36_-_2020_-_transicao_de_governo.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5190/36_-_2020_-_transicao_de_governo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas gerais para disciplinar a transição democrática de governo no Município de Cambará, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5215</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5215/37_-_projeto_de_lei__2020_-_loa-_codepaci.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5215/37_-_projeto_de_lei__2020_-_loa-_codepaci.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional especial no Orçamento Geral do Município, inclui novo elemento de despesa e novo  projeto/ atividade, para o exercício de 2020.</t>
   </si>
   <si>
     <t>5216</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5216/38_-_projeto_de_lei__2020_-_ldo-_codepaci.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5216/38_-_projeto_de_lei__2020_-_ldo-_codepaci.pdf</t>
   </si>
   <si>
     <t>Inclui novas ações ao Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.754 de 30/05/2019 que trata das diretrizes orçamentárias para o Exercício de 2020.</t>
   </si>
   <si>
     <t>5217</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5217/39_-_projeto_de_lei__2020_-_ppa_-codepaci.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5217/39_-_projeto_de_lei__2020_-_ppa_-codepaci.pdf</t>
   </si>
   <si>
     <t>Inclui novas ações no Exercício/2020 ao Anexo da Lei Municipal nº 1687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5218</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5218/40_-_projeto_de_lei_2020-_pista_de_skate.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5218/40_-_projeto_de_lei_2020-_pista_de_skate.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 219.726,23 (duzentos e dezenove mil setecentos e vinte e seis reais e vinte e três centavos)</t>
   </si>
   <si>
     <t>5219</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5219/41_-_projeto_de_lei__2020_-_ppa_-pista_de_skate.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5219/41_-_projeto_de_lei__2020_-_ppa_-pista_de_skate.pdf</t>
   </si>
   <si>
     <t>5220</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5220/42_-_projeto_de_lei__2020_-_ldo_-pista_de_skate.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5220/42_-_projeto_de_lei__2020_-_ldo_-pista_de_skate.pdf</t>
   </si>
   <si>
     <t>5232</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5232/43_-_projeto_de_lei_loa-_2020-_salarios_e_obrigacao_patronal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5232/43_-_projeto_de_lei_loa-_2020-_salarios_e_obrigacao_patronal.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional especial na importância de até 3.013.050,92 (três milhões e treze mil e cinqüenta reais e noventa e dois centavos)</t>
   </si>
   <si>
     <t>5233</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5233/44_-_projeto_de_lei__-_2020_-_ppa-_excesso_de_arrecadacao_-_suplementacao_salarios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5233/44_-_projeto_de_lei__-_2020_-_ppa-_excesso_de_arrecadacao_-_suplementacao_salarios.pdf</t>
   </si>
   <si>
     <t>Altera as ações no Exercício/2020   ao Anexo da Lei Municipal nº 1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5234</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5234/45_-_projeto_de_lei__2020_-_ldo_-salarios_e_obrigacao_patronal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5234/45_-_projeto_de_lei__2020_-_ldo_-salarios_e_obrigacao_patronal.pdf</t>
   </si>
   <si>
     <t>Altera as ações no Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.754 de 30/05/2019 que trata das diretrizes orçamentárias para o Exercício de 2020.</t>
   </si>
   <si>
     <t>5236</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5236/46_-_loa_2020_-_corrigida.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5236/46_-_loa_2020_-_corrigida.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>5237</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5237/47__-_altera_ppa_2020_corrigido.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5237/47__-_altera_ppa_2020_corrigido.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS ANEXOS DA LEI Nº 1.687, DE 15 DE DEZEMBRO DE 2017, O PLANO PLURIANUAL - PPA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5238</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5238/48_-_altera_ldo_2020.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5238/48_-_altera_ldo_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS ANEXOS DA LEI Nº 1.823 DE 14 DE JULHO DE 2020, A LEI QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2021 - LDO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5239</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5239/49_-_projeto_de_lei__loa_-_2020_-_supelementacao_salario_educacao_e_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5239/49_-_projeto_de_lei__loa_-_2020_-_supelementacao_salario_educacao_e_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 4.028.400,00 (quatro milhões e vinte e oito mil quatrocentos reais)</t>
   </si>
   <si>
     <t>5240</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5240/50_-_projeto_de_lei__-_2020_-_ppa-__suplementacao_salarios_educacao_e__saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5240/50_-_projeto_de_lei__-_2020_-_ppa-__suplementacao_salarios_educacao_e__saude.pdf</t>
   </si>
   <si>
     <t>Altera as ações no Exercício/2020 ao Anexo da Lei Municipal nº 1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5241</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5241/51_-_projeto_de_lei__2020_-_ldo_-salarios_e_obrigacao_patronal__educacao_e_saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5241/51_-_projeto_de_lei__2020_-_ldo_-salarios_e_obrigacao_patronal__educacao_e_saude.pdf</t>
   </si>
   <si>
     <t>5250</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5250/52_-_ldo-_criacao_de_despesa_educacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5250/52_-_ldo-_criacao_de_despesa_educacao.pdf</t>
   </si>
   <si>
     <t>5251</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5251/53__-_2020_-_ppa-_criacao_de_despesa_educacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5251/53__-_2020_-_ppa-_criacao_de_despesa_educacao.pdf</t>
   </si>
   <si>
     <t>5252</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5252/54_-2020_-_criacao_de_despesa_educacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5252/54_-2020_-_criacao_de_despesa_educacao.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 117.703,66 (cento e dezessete mil e setecentos e três reais e sessenta e seis reais)</t>
   </si>
   <si>
     <t>5257</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5257/55_-_projeto_de_lei__loa_-2020_-_lei_adir_blanc.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5257/55_-_projeto_de_lei__loa_-2020_-_lei_adir_blanc.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 208.189,67 (duzentos e oito mil cento e oitenta e nove reais e sessenta e sete centavos)</t>
   </si>
   <si>
     <t>5258</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5258/56_-_projeto_de_lei__-_2020_-_ldo-_lei__adir_blanc.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5258/56_-_projeto_de_lei__-_2020_-_ldo-_lei__adir_blanc.pdf</t>
   </si>
   <si>
     <t>5259</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5259/57_-_projeto_de_lei__-_2020_-_ppa-__lei_adir_blanc.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5259/57_-_projeto_de_lei__-_2020_-_ppa-__lei_adir_blanc.pdf</t>
   </si>
   <si>
     <t>5260</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5260/58_-_projeto_de_lei____2020_-_ppa-_criacao_de_despesa_coronavirus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5260/58_-_projeto_de_lei____2020_-_ppa-_criacao_de_despesa_coronavirus.pdf</t>
   </si>
   <si>
     <t>5261</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5261/59_-_projeto_de_lei__-_2020_-_ppa-_fonte_844__e_849_-_suplementacao_salarios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5261/59_-_projeto_de_lei__-_2020_-_ppa-_fonte_844__e_849_-_suplementacao_salarios.pdf</t>
   </si>
   <si>
     <t>5262</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5262/60_-_projeto_de_lei___loa-_criacao_da_despesa_coronavirus.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5262/60_-_projeto_de_lei___loa-_criacao_da_despesa_coronavirus.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de 894,00 (Oitocentos e noventa e quatro reais)</t>
   </si>
   <si>
     <t>5263</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5263/61_-_projeto_de_lei__-_2020_-_ppa-_fonte_844__e_849_-_suplementacao_salarios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5263/61_-_projeto_de_lei__-_2020_-_ppa-_fonte_844__e_849_-_suplementacao_salarios.pdf</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5264/62_-_projeto_de_lei__2020_-_ldo_-_fonte__844_e_849_-_salarios_e_obrigacao_patronal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5264/62_-_projeto_de_lei__2020_-_ldo_-_fonte__844_e_849_-_salarios_e_obrigacao_patronal.pdf</t>
   </si>
   <si>
     <t>5265</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5265/63_-_projeto_de_lei_loa_-_2020_-_fonte_849_e_844.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5265/63_-_projeto_de_lei_loa_-_2020_-_fonte_849_e_844.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 1.195.708,53 (um milhão cento e noventa e cinco mil setecentos e oito reais e cinqüenta e três centavos)</t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5266/64_-projeto_de_lei__2020_-_ldo-_codepaci-_2.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5266/64_-projeto_de_lei__2020_-_ldo-_codepaci-_2.pdf</t>
   </si>
   <si>
     <t>Fica alterado e aumentado ao Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.754 de 30/05/2019 que trata das diretrizes orçamentárias para o Exercício de 2020.</t>
   </si>
   <si>
     <t>5267</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5267/65_-_projeto_de_lei__2020_-_ppa-_codepaci-_2.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5267/65_-_projeto_de_lei__2020_-_ppa-_codepaci-_2.pdf</t>
   </si>
   <si>
     <t>Fica alterado e aumentado as ações no Exercício/2020 ao Anexo da Lei Municipal nº 1687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>5268</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5268/66_-_projeto_de_lei__2020_-_loa-_codepaci-_2.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5268/66_-_projeto_de_lei__2020_-_loa-_codepaci-_2.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional especial no Orçamento Geral do Município, fica aumentado e alterado o  projeto/ atividade, para o exercício de 2020.</t>
   </si>
   <si>
     <t>5283</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5283/67_-_projeto_de_lei__-2020_-_ldo-__aporte_pre-sal_-_excesso.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5283/67_-_projeto_de_lei__-2020_-_ldo-__aporte_pre-sal_-_excesso.pdf</t>
   </si>
   <si>
     <t>5284</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5284/68_-_projeto_de_lei_-2020_-_ppa-_aporte__pre_sal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5284/68_-_projeto_de_lei_-2020_-_ppa-_aporte__pre_sal.pdf</t>
   </si>
   <si>
     <t>5285</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5285/69_-_projeto_de_lei_-2020-loa_-_aporte_pre_sal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5285/69_-_projeto_de_lei_-2020-loa_-_aporte_pre_sal.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de  173.841,00 ( Cento de setenta e três mil oitocentos e quarenta e um  reais)</t>
   </si>
   <si>
     <t>5286</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5286/70_2020_-institui_o_conselho_municipal_e_fundo_do_trabalho.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5286/70_2020_-institui_o_conselho_municipal_e_fundo_do_trabalho.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DO TRABALHO, EMPREGO E RENDA E O RESPECTIVO FUNDO MUNICIPAL DO TRABALHO DO MUNICÍPIO DE CAMBARÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5287</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5287/71_-__ldo_-_fonte__844_e_849.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5287/71_-__ldo_-_fonte__844_e_849.pdf</t>
   </si>
   <si>
     <t>Cria e Altera as ações no Anexo de Metas Anuais – Despesa, da Lei Municipal Nº 1.754 de 30/05/2019 que trata das diretrizes orçamentárias para o Exercício de 2020.</t>
   </si>
   <si>
     <t>5288</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5288/72_-__ppa_-_fonte__844_e_849.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5288/72_-__ppa_-_fonte__844_e_849.pdf</t>
   </si>
   <si>
     <t>Aumenta   e altera o valor das ações no Exercício/2020   ao Anexo da Lei Municipal nº 1.687/17 de 15/12/2017 que trata do Plano Plurianual para o Quadriênio 2018-2021 e dá outras providências</t>
   </si>
   <si>
     <t>5289</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5289/73-2020-_fonte_844_e_849.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5289/73-2020-_fonte_844_e_849.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 100.000,00 (cem mil reais)</t>
   </si>
   <si>
     <t>5009</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5009/projeto_de_lei_no_01_2020_-_reposicao_salarial_servidores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5009/projeto_de_lei_no_01_2020_-_reposicao_salarial_servidores.pdf</t>
   </si>
   <si>
     <t>Concede reposição salarial e aumento real a todos os servidores ativos, inativos e ocupantes de cargos de provimento em comissão do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5010/projeto_de_lei_no_02_2020_-_revisao_geral_anual_vereadores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5010/projeto_de_lei_no_02_2020_-_revisao_geral_anual_vereadores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual do subsídio dos Vereadores do Poder Legislativo de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>5011</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5011/projeto_de_lei_no_03_2020_-_revisao_geral_anual_prefeito_vice_e_secretarios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5011/projeto_de_lei_no_03_2020_-_revisao_geral_anual_prefeito_vice_e_secretarios.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual do subsídio do Prefeito, do Vice-Prefeito e dos Secretários Municipais de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>5135</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5135/projeto_de_lei_no_04_2020_-_prazo_para_realizacao_de_exames_complementares.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5135/projeto_de_lei_no_04_2020_-_prazo_para_realizacao_de_exames_complementares.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o prazo para a realização de exames complementares necessários para a confirmação da hipótese diagnóstica de neoplasia maligna, através do Sistema Único de saúde, no âmbito do Município de Cambará/PR.</t>
   </si>
   <si>
     <t>5136</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5136/projeto_de_lei_no_05_2020_-_institui_o_dia_municipal_esclerose_multipla.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5136/projeto_de_lei_no_05_2020_-_institui_o_dia_municipal_esclerose_multipla.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Esclerose Múltipla e dá outras providências.</t>
   </si>
   <si>
     <t>5168</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5168/projeto_de_lei_6.2020_-_programa_remedio_em_casa.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5168/projeto_de_lei_6.2020_-_programa_remedio_em_casa.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Remédio em Casa” no âmbito do Município de Cambará-PR.</t>
   </si>
   <si>
     <t>5169</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5169/projeto_de_lei_no_07_2020_-_fixa_os_subsidios_do_prefeito_vice_e_secretarios.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5169/projeto_de_lei_no_07_2020_-_fixa_os_subsidios_do_prefeito_vice_e_secretarios.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito Municipal, do Vice-Prefeito Municipal e dos Secretários Municipais de Cambará, Estado do Paraná, para a Legislatura 2021/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>5170</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5170/projeto_de_lei_no_08_2020_-_fixa_os_subsidio_dos_vereadores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5170/projeto_de_lei_no_08_2020_-_fixa_os_subsidio_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Presidente e dos Vereadores da Câmara Municipal de Cambará, Estado do Paraná, para a Legislatura 2021/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>5249</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5249/pl_09_publicidade_e_transparencia_1.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5249/pl_09_publicidade_e_transparencia_1.pdf</t>
   </si>
   <si>
     <t>Institui medidas de Transparência Ativa referente às ações de enfrentamento da COVID-19 no Município de Cambará/PR e dá outras providências.</t>
   </si>
   <si>
     <t>5291</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5291/projeto_de_lei_no_10_2020_-_denomina_praca_sao_jose_ii.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5291/projeto_de_lei_no_10_2020_-_denomina_praca_sao_jose_ii.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Praça situada no Bairro São José II.</t>
   </si>
   <si>
     <t>5292</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5292/projeto_de_lei_no_11_2020_-_denomina_area_industrial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5292/projeto_de_lei_no_11_2020_-_denomina_area_industrial.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Área Industrial registrada sob a matrícula nº 1.314, localizada na Avenida Antônio Mano do Município de Cambará, Estado do Paraná.</t>
   </si>
   <si>
     <t>5293</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5293/projeto_de_lei_no_12_2020_-_denomina_parque_do_ignez.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5293/projeto_de_lei_no_12_2020_-_denomina_parque_do_ignez.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao Parque localizado no Conjunto Ignez Panichi Hamzé. - “Parque Professor Osmar Mischiatti”.</t>
   </si>
   <si>
     <t>5206</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5206/projeto_de_resolucao_01.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5206/projeto_de_resolucao_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proposta parcial do Orçamento da Câmara Municipal de Cambará para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>5235</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5235/projeto_de_resolucao_02_2020_nova_proposta_orcamento_parcial_2021.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5235/projeto_de_resolucao_02_2020_nova_proposta_orcamento_parcial_2021.pdf</t>
   </si>
   <si>
     <t>Revoga integralmente a Resolução nº 01/2020 e dispõe sobre nova proposta parcial do Orçamento da Câmara Municipal de Cambará para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>5290</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5290/resolucao_03.2020_teletrabalho_revisada.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5290/resolucao_03.2020_teletrabalho_revisada.pdf</t>
   </si>
   <si>
     <t>Regulamenta o teletrabalho no âmbito do Poder Legislativo do Município de Cambará-PR.</t>
   </si>
   <si>
     <t>5214</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5214/proposta_de_emenda_a_lei_organica_no_01-2020_alterada.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5214/proposta_de_emenda_a_lei_organica_no_01-2020_alterada.pdf</t>
   </si>
   <si>
     <t>Altera a Seção VI do Capítulo III do Título II da Lei Orgânica do Município de Cambará.</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5019/prot._02_req_001_informacoes_taxas_empresas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5019/prot._02_req_001_informacoes_taxas_empresas.pdf</t>
   </si>
   <si>
     <t>Informações Taxas Empresas</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5022/prot._04_req_002_informacoes_taxas_empresas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5022/prot._04_req_002_informacoes_taxas_empresas.pdf</t>
   </si>
   <si>
     <t>5023</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5023/prot._11_req_003_informacoes_regional_de_saude_fila_de_espera.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5023/prot._11_req_003_informacoes_regional_de_saude_fila_de_espera.pdf</t>
   </si>
   <si>
     <t>Informações Regional de Saúde Fila de espera</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5024/prot._18_req_004_informacoes_piscina_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5024/prot._18_req_004_informacoes_piscina_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>Informações Piscina Conj. Ignez Panichi</t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5045/prot._35_req_05_informacoes_piscina_conj._ignez_panichi.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5045/prot._35_req_05_informacoes_piscina_conj._ignez_panichi.pdf</t>
   </si>
   <si>
     <t>Informações_Piscina_Conj. Ignez Panichi</t>
   </si>
   <si>
     <t>5061</t>
   </si>
   <si>
     <t>Gil dos Anjos, Márcio Albertini, Walcir Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5061/prot._40_req_006_informacoes_subsidio_transporte.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5061/prot._40_req_006_informacoes_subsidio_transporte.pdf</t>
   </si>
   <si>
     <t>Informações_Subsídio_Transporte</t>
   </si>
   <si>
     <t>5062</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5062/prot._42_req_07_informacoes_sec._meio_ambiente_mau_cheiro.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5062/prot._42_req_07_informacoes_sec._meio_ambiente_mau_cheiro.pdf</t>
   </si>
   <si>
     <t>Informações_Sec. Meio Ambiente_Mau cheiro</t>
   </si>
   <si>
     <t>5063</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5063/prot._45_req_008_informacoes_copel.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5063/prot._45_req_008_informacoes_copel.pdf</t>
   </si>
   <si>
     <t>Informações_COPEL</t>
   </si>
   <si>
     <t>5082</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5082/prot._55_req_009_informacoes_progressao_e_promocao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5082/prot._55_req_009_informacoes_progressao_e_promocao.pdf</t>
   </si>
   <si>
     <t>Informações Progressão e Promoção</t>
   </si>
   <si>
     <t>5085</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5085/prot._59_req_010_informacoes_reiteracao_caixa_economica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5085/prot._59_req_010_informacoes_reiteracao_caixa_economica.pdf</t>
   </si>
   <si>
     <t>Informações Reiteração Caixa Econômica</t>
   </si>
   <si>
     <t>5089</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5089/prot._62_req_011_informacoes_calamidade_publica.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5089/prot._62_req_011_informacoes_calamidade_publica.pdf</t>
   </si>
   <si>
     <t>Informações Calamidade pública</t>
   </si>
   <si>
     <t>5100</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5100/prot._69_req_012_informacoes_leitos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5100/prot._69_req_012_informacoes_leitos.pdf</t>
   </si>
   <si>
     <t>Informações_Leitos</t>
   </si>
   <si>
     <t>5112</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5112/prot._73_req_013_informacoes_taxas_empresas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5112/prot._73_req_013_informacoes_taxas_empresas.pdf</t>
   </si>
   <si>
     <t>5113</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5113/prot._74_req_014_reiteracao__prot._55_informacoes_progressao_e_promocao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5113/prot._74_req_014_reiteracao__prot._55_informacoes_progressao_e_promocao.pdf</t>
   </si>
   <si>
     <t>Reiteração  Prot. 55 Informações Progressão e Promoção</t>
   </si>
   <si>
     <t>5114</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5114/prot._77_req_015_informacoes_verbas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5114/prot._77_req_015_informacoes_verbas.pdf</t>
   </si>
   <si>
     <t>Informações_Verbas</t>
   </si>
   <si>
     <t>5115</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5115/prot._78_req_016_informacoes_regional_de_saude_respiradores.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5115/prot._78_req_016_informacoes_regional_de_saude_respiradores.pdf</t>
   </si>
   <si>
     <t>Informações Regional de Sáude Respiradores</t>
   </si>
   <si>
     <t>5116</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5116/prot._85_req_017_informacoes_sec._assistencia_social_cestas_basicas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5116/prot._85_req_017_informacoes_sec._assistencia_social_cestas_basicas.pdf</t>
   </si>
   <si>
     <t>Informações_Sec. Assistencia Social_Cestas básicas</t>
   </si>
   <si>
     <t>5117</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5117/prot._86_req_018_informacoes_progressao_e_promocao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5117/prot._86_req_018_informacoes_progressao_e_promocao.pdf</t>
   </si>
   <si>
     <t>Informações_Progressao e promoção</t>
   </si>
   <si>
     <t>5122</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5122/prot._94_req_019_informacoes_aluguel.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5122/prot._94_req_019_informacoes_aluguel.pdf</t>
   </si>
   <si>
     <t>Informações Aluguel</t>
   </si>
   <si>
     <t>5123</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5123/prot._95_req_020_informacoes_ajuda_governo_federal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5123/prot._95_req_020_informacoes_ajuda_governo_federal.pdf</t>
   </si>
   <si>
     <t>Informações_Ajuda_Governo Federal</t>
   </si>
   <si>
     <t>5124</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5124/prot._96_req_021_informacoes_antiga_prefeitura.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5124/prot._96_req_021_informacoes_antiga_prefeitura.pdf</t>
   </si>
   <si>
     <t>Informações_Antiga Prefeitura</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5125/prot._97_req_022_informacoes_pandemia.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5125/prot._97_req_022_informacoes_pandemia.pdf</t>
   </si>
   <si>
     <t>Informações_Pandemia</t>
   </si>
   <si>
     <t>5126</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5126/prot._98_req_023_informacoes_duodecimo_aplicacao.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5126/prot._98_req_023_informacoes_duodecimo_aplicacao.pdf</t>
   </si>
   <si>
     <t>Informações_Duodecimo_Aplicação</t>
   </si>
   <si>
     <t>5127</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5127/prot._99_req_024_informacoes_19_regional_de_saude_fumace.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5127/prot._99_req_024_informacoes_19_regional_de_saude_fumace.pdf</t>
   </si>
   <si>
     <t>Informações_19 Regional de Saúde_Fumacê</t>
   </si>
   <si>
     <t>5137</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5137/prot._102_req_025_informacoes_sanepar.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5137/prot._102_req_025_informacoes_sanepar.pdf</t>
   </si>
   <si>
     <t>Informações_Sanepar</t>
   </si>
   <si>
     <t>5138</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5138/prot._108_req_026_informacoes_distrito_industrial.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5138/prot._108_req_026_informacoes_distrito_industrial.pdf</t>
   </si>
   <si>
     <t>Informações_Distrito Industrial</t>
   </si>
   <si>
     <t>5139</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5139/prot._110_req_027_informacoes_regime_de_adiantamento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5139/prot._110_req_027_informacoes_regime_de_adiantamento.pdf</t>
   </si>
   <si>
     <t>Informações_Regime de Adiantamento</t>
   </si>
   <si>
     <t>5161</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5161/prot._120_req_028_informacoes_sec._saude_pl_06.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5161/prot._120_req_028_informacoes_sec._saude_pl_06.pdf</t>
   </si>
   <si>
     <t>Informações_Sec. Saúde_PL 06</t>
   </si>
   <si>
     <t>5175</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5175/prot._125_req_029_informacoes_sanepar_rua_padre_osnir.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5175/prot._125_req_029_informacoes_sanepar_rua_padre_osnir.pdf</t>
   </si>
   <si>
     <t>Informações_Sanepar_Rua Padre Osnir</t>
   </si>
   <si>
     <t>5176</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5176/prot._126_req_030_informacoes_servico_de_inspecao_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5176/prot._126_req_030_informacoes_servico_de_inspecao_municipal.pdf</t>
   </si>
   <si>
     <t>Informações_Serviço de Inspeção Municipal</t>
   </si>
   <si>
     <t>5177</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5177/prot._128_req_031_informacoes_revezamento_escolas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5177/prot._128_req_031_informacoes_revezamento_escolas.pdf</t>
   </si>
   <si>
     <t>Informações_Revezamento_Escolas</t>
   </si>
   <si>
     <t>5178</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5178/prot._129_req_032_informacoes_processos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5178/prot._129_req_032_informacoes_processos.pdf</t>
   </si>
   <si>
     <t>Informações_Processos</t>
   </si>
   <si>
     <t>5188</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5188/prot._138_req_033_informacoes_copel_morada_do_sol.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5188/prot._138_req_033_informacoes_copel_morada_do_sol.pdf</t>
   </si>
   <si>
     <t>Informações COPEL Morada do Sol</t>
   </si>
   <si>
     <t>5191</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5191/prot._143_req_034_informacoes_terrenos_cemiterio.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5191/prot._143_req_034_informacoes_terrenos_cemiterio.pdf</t>
   </si>
   <si>
     <t>Informações_Terrenos_Cemitério</t>
   </si>
   <si>
     <t>5192</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5192/prot._152_req_035_informacoes_recursos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5192/prot._152_req_035_informacoes_recursos.pdf</t>
   </si>
   <si>
     <t>Informações_Recursos</t>
   </si>
   <si>
     <t>5193</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5193/prot._157_req_036_informacoes_prontuarios_hospital_municipal.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5193/prot._157_req_036_informacoes_prontuarios_hospital_municipal.pdf</t>
   </si>
   <si>
     <t>Informações_Prontuários_Hospital Municipal</t>
   </si>
   <si>
     <t>5194</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5194/prot._158_req_037_informacoes_regime_de_adiantamento.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5194/prot._158_req_037_informacoes_regime_de_adiantamento.pdf</t>
   </si>
   <si>
     <t>5195</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5195/prot._159_req_038_convocacao_sec._saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5195/prot._159_req_038_convocacao_sec._saude.pdf</t>
   </si>
   <si>
     <t>Convocação_Sec. Saúde</t>
   </si>
   <si>
     <t>5196</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5196/prot._160_req_039_convocacao_sec._assist._social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5196/prot._160_req_039_convocacao_sec._assist._social.pdf</t>
   </si>
   <si>
     <t>Convocação_Sec. Assist. Social</t>
   </si>
   <si>
     <t>5221</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5221/prot._170_req_040_convocacao_sec._saude.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5221/prot._170_req_040_convocacao_sec._saude.pdf</t>
   </si>
   <si>
     <t>5222</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5222/prot._171_req_041_convocacao_sec._assist._social.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5222/prot._171_req_041_convocacao_sec._assist._social.pdf</t>
   </si>
   <si>
     <t>5242</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5242/prot._178_req_042_informacoe_furto_escola_profissionalizante.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5242/prot._178_req_042_informacoe_furto_escola_profissionalizante.pdf</t>
   </si>
   <si>
     <t>Informações Furto Escola Profissionalizante</t>
   </si>
   <si>
     <t>5269</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5269/prot._190_req_043_informacoes_partos.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5269/prot._190_req_043_informacoes_partos.pdf</t>
   </si>
   <si>
     <t>Informações_Partos</t>
   </si>
   <si>
     <t>5294</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5294/prot._204_req_044_informacoes_cestas_basicas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5294/prot._204_req_044_informacoes_cestas_basicas.pdf</t>
   </si>
   <si>
     <t>Informações_Cestas Básicas</t>
   </si>
   <si>
     <t>5295</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5295/prot._212_req_045_informacoes_cestas_basicas.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5295/prot._212_req_045_informacoes_cestas_basicas.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3423,67 +3423,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5015/prot._01_ind_001_subsidio_estudantes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5018/prot._03_ind_002_estatuto_do_servidor_inclusao_deficientes.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5025/prot._05_ind_003_limpeza_lago_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5026/prot._06_ind_004_quebra-molas_rua_herminio_haggi.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5027/prot._07_ind_005_operacao_tapa_buracos_conj._vitoria_crivari.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5028/prot._08_ind_006_extensao_de_rede.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5029/prot._09_ind_007_limpeza_lago_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5030/prot._10_ind_008_certano_deposito_em_juizo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5031/prot._12_ind_009_recape_votorantim_e_vila_rubim.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5032/prot._13_ind_010_dep._federal_reinhold_s._junior_infraestra_distrito_industrial_votorantim.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5033/prot._14_ind_011_melhorias_parques.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5034/prot._15_ind_012_sinalizacao_escola_ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5035/prot._16_ind_013_reiteracao_quebra-molas_rua_maria_conceicao_prado_moreno.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5036/prot._17_ind_014_rua_santa_luzia_melhorias_asfalticas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5037/prot._19_ind_015_melhoria_asfaltica_rua_marechal_deodoro_chelkem.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5038/prot._20_ind_016_melhoria_asfaltica_colegio_agricola.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5039/prot._21_ind_017_governo_do_estado_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5040/prot._22_ind_018_governo_do_estado_residencias.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5041/prot._23_ind_019_governo_do_estado_trevos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5042/prot._24_ind_020_grade_bueiro_rua_kazuma_sakamoto.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5043/prot._26_ind_021_quebra-molas_rua_curitiba.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5044/prot._25_ind_022_empedramento_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5046/prot._27_ind_023_melhorias_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5047/prot._28_ind_024_deputado_sandro_alex_pr431.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5048/prot._29_ind_025_escola_municipal_maria_paulina.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5049/prot._30_ind_026_reiteracao_prot._12_recape_votorantim_e_vila_rubim.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5050/prot._31_ind_027_reiteracao_ind._247_2018_asfalto_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5051/prot._32_ind_028_rei_prot._13_dep._fedreinhold_s._junior_infraes_distrito_ind_votorantim.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5052/prot._33_ind_029_rei_ind._259_2019_dep._f_pedro_lupion_posto_de_saude_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5053/prot._34_ind_030_reiterecao_ind._153_2019_dep._federal_diego_garcia_pericia_inss.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5054/prot._36_ind_031_reiterecao_ind._3033_2019_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5064/prot._37_ind_032_lampadas_conj._sao_jose_ii.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5065/prot._33_ind_029_rei_ind._259_2019_dep._f_pedro_lupion_posto_de_saude_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5066/prot._39_ind_034_decimo_quarto_servidores.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5067/prot._41_ind_035_all_limpeza.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5068/prot._43_ind_036_convite_sec._saude_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5069/prot._44_ind_037_casa_de_velorios.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5070/prot._46_ind_038_evento_wheeling.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5071/prot._47_ind_039_suspensao_cortes_pandemia.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5072/prot._48_ind_040_der_tapa_buracos_colegio_agricola.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5073/prot._49_ind_041_decreto_corona.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5074/prot._50_ind_042_limpeza_rua_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5075/prot._51_ind_043_bueiro_rua_monsenhor_joao_belchior.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5076/prot._52_ind_044_governo_do_estado_caminhoneiros.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5077/prot._53_ind_045_isencao_agua_e_luz_pandemia.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5078/prot._54_ind_046_melhoria_asfaltica_estrada_agua_dos_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5083/prot._58_ind_049_asfalto.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5084/prot._60_ind_050_agencia_do_trabalhador.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5088/prot._61_ind_051_procon.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5101/prot._63_ind_052_extensao_de_rede_rod._laurindo_francisco_e_bairro_irmaos_francisco.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5102/prot._64_ind_053_bb_caixa_e_sicredi_consignados.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5103/prot._65_ind_054_cohapar_casas_adaptadas.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5104/prot._66_ind_055_sanepar_dedetizacao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5105/prot._67_ind_056_sanepar_esgoto_rua_padre_osnir.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5106/prot._68_ind_057_academia_bairro_rotary.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5107/prot._70_ind_058_cohapar_e_gov._estado_casas_ribeirinhos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5108/prot._71_ind_059_melhoria_asfaltica_rua_antimo_vezozzo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5109/prot._72_ind_060_melhoria_cemiterio_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5110/prot._75_ind_061_melhoria_asfaltica_travessa_antonio_castanho.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5111/prot._76_ind_062_melhorias_estradas_rurais_taquaral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5118/prot._82_ind_066_pl_pagamento_terceirizados.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5119/prot._83_ind_067_suspensao_cobranca_iptu_pandemia.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5120/prot._84_ind_068_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5121/prot._87_ind_069_coe.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5128/prot._88_ind_070_dep._federal_reinhold_s._junior_tomografia.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5129/prot._89_ind_071_quebra-molas_rua_maestro_milani.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5130/prot._90_ind_072_melhorias_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5131/prot._91_ind_073_econorte_br369_conj._bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5132/prot._92_ind_074_sanepar_pressao_da_agua_rua_herminio_haggi.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5134/prot._93_ind_075_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5133/prot._100_ind_076_asfalto_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5140/prot._101_ind_077_rodovia_da_liberdade.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5141/prot._103_ind_078_galerias_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5142/prot._104_ind_079_iluminacao_praca_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5143/prot._105_ind_080_praca_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5144/prot._106_ind_081_quebra-molas_cancha_de_malha.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5145/prot._107_ind_082_quebra-molas_pintura.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5146/prot._109_ind_083_sanepar_rede_de_esgoto_e_aguas_pluviais.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5147/prot._111_ind_084_melhorias_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5148/prot._112_ind_085_melhorias_rua_paulo_antunes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5149/prot._113_ind_086_melhorias_parque_alambari_i.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5150/prot._114_ind_087_dep._cobra_academia_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5151/prot._115_ind_088_sanepar_redes_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5152/prot._116_ind_089_quebra-molas_rua_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5153/prot._117_ind_090_revogacao_lei_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5162/prot._118_ind_091_psicologo_e_psiquiatra.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5163/prot._119_ind_092_melhorias_conjunto_votorantim.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5164/prot._121_ind_093_melhorias_parque_alambari_ii.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5165/prot._122_ind_094_melhorias_clube_conj._lazer.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5166/prot._123_ind_095_corte_de_arvore_parque_ignez.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5172/prot._124_ind_096_quebra-molas_rua_joao_mischiatti.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5173/prot._127_ind_097_quebra-molas_rua_curitiba.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5174/prot._130_ind_098_poco_artesiano_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5181/prot._131_ind_099_pronto_socorro_vento.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5182/prot._132_ind_100_castracao_animais.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5183/prot._133_ind_101_manutencao_cadeira_de_rodas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5184/prot._134_ind_102_copel_postes.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5185/prot._135_ind_103_extensao_de_rede_bairro_irmaos_francisco.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5186/prot._136_ind_104_quebra-molas_avenida_brasil.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5187/prot._137_ind_105_pista_de_caminhada_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5197/prot._139_ind_106_deputado_federal_ricardo_barros_cadeira_de_rodas.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5198/prot._141_ind_107_galerias_conjunto_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5199/prot._142_ind_108_sanepar_redes_de_esgoto_conj._gonzaga.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5200/prot._144_ind_109_reiteracao_isencao_empregos_e_rendas.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5201/prot._145_ind_110_reajuste_agente_de_endemias_e_comunitario.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5202/prot._146_ind_111_rede_de_esgoto_rua_antonio_michelato.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5204/prot._148_ind_113_meio_fio_rua_airton_senna.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5205/prot._149_ind_114_quebra-molas_rua_marechal_deodoro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5208/prot._151_ind_116_melhorias_jardim_nova_america.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5209/prot._153_ind_117_sec._saude_receitas_continuas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5210/prot._154_ind_118_edital_distrito_industrial_conj._votorantim.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5211/prot._155_ind_119_melhorias_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5212/prot._156_ind_120_sec._agricultura_empedramento_vila_aurora.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5213/prot._161_ind_121_quebra-molas_rua_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5223/prot._162_ind_122_galerias_rua_rio_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5224/prot._163_ind_123_academia_rotary.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5225/prot._164_ind_124_guto_silva_recurso.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5226/prot._165_ind_125_placas_ruas_padovani_e_san_francisco.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5227/prot._166_ind_126_progressao_e_promocao_pagamento.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5228/prot._167_ind_127_poco_artesiano_e_banheiro_praca_doutor_miguel_dinizo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5229/prot._168_ind_128_iluminacao_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5230/prot._169_ind_129_rio_barracao_projeto.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5231/prot._172_ind_130_ciclovias.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5243/prot._173_ind_131_rampa_espaco_cultural.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5244/prot._174_ind_132_placas_proibido_nadar.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5245/prot._175_ind_133_governo_do_estado_pr431.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5246/prot._176_ind_134_departamento_de_estradas_e_rodagem_pr431.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5247/prot._177_ind_135_revisao_lei_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5248/prot._179_ind.136_sinalizacao_esquina_mestre_cuca.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5254/prot._180_ind_137_governo_do_estado_e_der_pr431.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5253/prot._181_ind_138_reiteracao_parques_infantis.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5255/prot._182_ind.139_canaleta_rua_engenheiro_euclides_de_lima.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5256/prot._183_ind.140_melhorias_san_francisco.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5270/prot._184_ind_141_semaforo_rua_joao_mischiatti.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5271/prot._185_ind_142_recape_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5272/prot._186_ind_143_teste_de_covid.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5273/prot._187_ind_144_extensao_de_rede_conj._irmaos_francisco.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5274/prot._188_ind_145_psiquiatra.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5275/prot._189_ind_146_dep._federal_felipe_francischini_campo_da_aviacao.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5276/prot._191_ind_147_meio_fio_rua_augusto_mano.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5277/prot._192_ind.148_melhorias_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5278/prot._193_ind_149_quebra-molas_rua_engenheiro_euclides_lima.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5279/prot._194_ind_150_iluminacao_parque_jardim_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5280/prot._195_ind_151_recape_e_melhorias_conj._sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5281/prot._196_ind_152_galerias_conjunto_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5282/prot._197_ind_153_reitaracao_prot._146_rede_de_esgoto_rua_antonio_michelato.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5059/proposta_de_decreto_legis_01_2020_-_fixa_o_numero_de_vereadores_para_a_legis.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5060/proposta_de_decreto_legis_02_2020_prestacao_de_contas_exercicio_2018_comissao_de_financas.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5008/02_2020_-revisao_geral_anual.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5180/02-2020_-_emenda_constitucional_103_-_adequacao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5189/03_2020_-_sim-poa.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5007/01_2020_-_institui_o_diario_oficial_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5012/02_2020_-_ppa-_criacao_despesa_pre-sal_-excesso.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5013/03_2020_-_ldo-__criacao_despesa_pre-sal_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5014/04_2020_-_loa.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5020/projeto_de_lei__05_-2020_-_alteracao_da_ldo-_renuncia_da_receita.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5021/projeto_de_lei_06_-2020_-_alteracao_da_loa-_renuncia_da_receita.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5055/07_2020_-institui_o_conselho_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5056/projeto_de_lei_08-2020_-_ppa-_criacao_despesa_pre-sal_-convenio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5057/projeto_de_lei_09-2020_-_ldo-__criacao_despesa_pre-sal_-convenio.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5058/projeto_de_lei_10-2020_-loa_-_pre_sal_-convenio.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5079/projeto_de_lei__11-2020_-_ppa-_contrapartida_de_convenio_saude.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5080/projeto_de_lei_12-2020_-_ldo-__contrapartida_convenio_saude.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5081/projeto_de_lei_13_-2020-loa_-_contrapartida_saude.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5086/14_2020_-_ldo_-_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5087/15_2020_-_institui_o_fundo_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5090/16-2020_-_ppa-_criacao_despesa_previdenica.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5091/17-2020_-_ldo-__criacao_despesa_previdencia.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5092/18-2020_-_loa-__criacao_despesa_previdencia.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5093/19-_2020_-_ppa-_criacao_de_despesa_previdencia.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5094/20-2020_-_ldo-__criacao_despesa_previdencia.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5095/21-2020_-_loa_-_criacao_de_despesa_previdencia.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5096/22-_2020_-_ppa-_criacao_de_despesa_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5097/23-2020_-_ldo-__criacao_despesa_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5098/24-_loa-_criacao_da_despesa_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5099/25_2020_-__integrada.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5154/26-2020_-_ppa-_contrapartida_de_convenio-_infra.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5155/27-2020_-_ldo-__contrapartida_convenio_infra.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5156/28_-2020-loa_-_contrapartida_convenio_infra.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5157/29-2020_-ppa_-_ultimo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5158/30-2020-_ldo_-_ultimo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5159/31-_2020__-loa_-coronavirus.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5160/32-2020_-loa_-coronavirus.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5171/33.20_-_lei_xxxx-2020_-_deficit_atuarial.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5167/33_-_politica_bem_estar_animal_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5179/35_-_2020_-_autoriza_a_suspensao_da_contribuicao_patronal.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5190/36_-_2020_-_transicao_de_governo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5215/37_-_projeto_de_lei__2020_-_loa-_codepaci.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5216/38_-_projeto_de_lei__2020_-_ldo-_codepaci.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5217/39_-_projeto_de_lei__2020_-_ppa_-codepaci.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5218/40_-_projeto_de_lei_2020-_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5219/41_-_projeto_de_lei__2020_-_ppa_-pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5220/42_-_projeto_de_lei__2020_-_ldo_-pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5232/43_-_projeto_de_lei_loa-_2020-_salarios_e_obrigacao_patronal.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5233/44_-_projeto_de_lei__-_2020_-_ppa-_excesso_de_arrecadacao_-_suplementacao_salarios.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5234/45_-_projeto_de_lei__2020_-_ldo_-salarios_e_obrigacao_patronal.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5236/46_-_loa_2020_-_corrigida.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5237/47__-_altera_ppa_2020_corrigido.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5238/48_-_altera_ldo_2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5239/49_-_projeto_de_lei__loa_-_2020_-_supelementacao_salario_educacao_e_saude.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5240/50_-_projeto_de_lei__-_2020_-_ppa-__suplementacao_salarios_educacao_e__saude.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5241/51_-_projeto_de_lei__2020_-_ldo_-salarios_e_obrigacao_patronal__educacao_e_saude.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5250/52_-_ldo-_criacao_de_despesa_educacao.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5251/53__-_2020_-_ppa-_criacao_de_despesa_educacao.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5252/54_-2020_-_criacao_de_despesa_educacao.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5257/55_-_projeto_de_lei__loa_-2020_-_lei_adir_blanc.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5258/56_-_projeto_de_lei__-_2020_-_ldo-_lei__adir_blanc.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5259/57_-_projeto_de_lei__-_2020_-_ppa-__lei_adir_blanc.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5260/58_-_projeto_de_lei____2020_-_ppa-_criacao_de_despesa_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5261/59_-_projeto_de_lei__-_2020_-_ppa-_fonte_844__e_849_-_suplementacao_salarios.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5262/60_-_projeto_de_lei___loa-_criacao_da_despesa_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5263/61_-_projeto_de_lei__-_2020_-_ppa-_fonte_844__e_849_-_suplementacao_salarios.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5264/62_-_projeto_de_lei__2020_-_ldo_-_fonte__844_e_849_-_salarios_e_obrigacao_patronal.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5265/63_-_projeto_de_lei_loa_-_2020_-_fonte_849_e_844.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5266/64_-projeto_de_lei__2020_-_ldo-_codepaci-_2.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5267/65_-_projeto_de_lei__2020_-_ppa-_codepaci-_2.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5268/66_-_projeto_de_lei__2020_-_loa-_codepaci-_2.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5283/67_-_projeto_de_lei__-2020_-_ldo-__aporte_pre-sal_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5284/68_-_projeto_de_lei_-2020_-_ppa-_aporte__pre_sal.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5285/69_-_projeto_de_lei_-2020-loa_-_aporte_pre_sal.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5286/70_2020_-institui_o_conselho_municipal_e_fundo_do_trabalho.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5287/71_-__ldo_-_fonte__844_e_849.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5288/72_-__ppa_-_fonte__844_e_849.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5289/73-2020-_fonte_844_e_849.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5009/projeto_de_lei_no_01_2020_-_reposicao_salarial_servidores.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5010/projeto_de_lei_no_02_2020_-_revisao_geral_anual_vereadores.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5011/projeto_de_lei_no_03_2020_-_revisao_geral_anual_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5135/projeto_de_lei_no_04_2020_-_prazo_para_realizacao_de_exames_complementares.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5136/projeto_de_lei_no_05_2020_-_institui_o_dia_municipal_esclerose_multipla.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5168/projeto_de_lei_6.2020_-_programa_remedio_em_casa.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5169/projeto_de_lei_no_07_2020_-_fixa_os_subsidios_do_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5170/projeto_de_lei_no_08_2020_-_fixa_os_subsidio_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5249/pl_09_publicidade_e_transparencia_1.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5291/projeto_de_lei_no_10_2020_-_denomina_praca_sao_jose_ii.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5292/projeto_de_lei_no_11_2020_-_denomina_area_industrial.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5293/projeto_de_lei_no_12_2020_-_denomina_parque_do_ignez.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5206/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5235/projeto_de_resolucao_02_2020_nova_proposta_orcamento_parcial_2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5290/resolucao_03.2020_teletrabalho_revisada.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5214/proposta_de_emenda_a_lei_organica_no_01-2020_alterada.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5019/prot._02_req_001_informacoes_taxas_empresas.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5022/prot._04_req_002_informacoes_taxas_empresas.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5023/prot._11_req_003_informacoes_regional_de_saude_fila_de_espera.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5024/prot._18_req_004_informacoes_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5045/prot._35_req_05_informacoes_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5061/prot._40_req_006_informacoes_subsidio_transporte.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5062/prot._42_req_07_informacoes_sec._meio_ambiente_mau_cheiro.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5063/prot._45_req_008_informacoes_copel.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5082/prot._55_req_009_informacoes_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5085/prot._59_req_010_informacoes_reiteracao_caixa_economica.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5089/prot._62_req_011_informacoes_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5100/prot._69_req_012_informacoes_leitos.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5112/prot._73_req_013_informacoes_taxas_empresas.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5113/prot._74_req_014_reiteracao__prot._55_informacoes_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5114/prot._77_req_015_informacoes_verbas.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5115/prot._78_req_016_informacoes_regional_de_saude_respiradores.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5116/prot._85_req_017_informacoes_sec._assistencia_social_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5117/prot._86_req_018_informacoes_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5122/prot._94_req_019_informacoes_aluguel.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5123/prot._95_req_020_informacoes_ajuda_governo_federal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5124/prot._96_req_021_informacoes_antiga_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5125/prot._97_req_022_informacoes_pandemia.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5126/prot._98_req_023_informacoes_duodecimo_aplicacao.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5127/prot._99_req_024_informacoes_19_regional_de_saude_fumace.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5137/prot._102_req_025_informacoes_sanepar.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5138/prot._108_req_026_informacoes_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5139/prot._110_req_027_informacoes_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5161/prot._120_req_028_informacoes_sec._saude_pl_06.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5175/prot._125_req_029_informacoes_sanepar_rua_padre_osnir.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5176/prot._126_req_030_informacoes_servico_de_inspecao_municipal.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5177/prot._128_req_031_informacoes_revezamento_escolas.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5178/prot._129_req_032_informacoes_processos.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5188/prot._138_req_033_informacoes_copel_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5191/prot._143_req_034_informacoes_terrenos_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5192/prot._152_req_035_informacoes_recursos.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5193/prot._157_req_036_informacoes_prontuarios_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5194/prot._158_req_037_informacoes_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5195/prot._159_req_038_convocacao_sec._saude.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5196/prot._160_req_039_convocacao_sec._assist._social.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5221/prot._170_req_040_convocacao_sec._saude.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5222/prot._171_req_041_convocacao_sec._assist._social.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5242/prot._178_req_042_informacoe_furto_escola_profissionalizante.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5269/prot._190_req_043_informacoes_partos.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5294/prot._204_req_044_informacoes_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5295/prot._212_req_045_informacoes_cestas_basicas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5015/prot._01_ind_001_subsidio_estudantes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5018/prot._03_ind_002_estatuto_do_servidor_inclusao_deficientes.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5025/prot._05_ind_003_limpeza_lago_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5026/prot._06_ind_004_quebra-molas_rua_herminio_haggi.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5027/prot._07_ind_005_operacao_tapa_buracos_conj._vitoria_crivari.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5028/prot._08_ind_006_extensao_de_rede.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5029/prot._09_ind_007_limpeza_lago_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5030/prot._10_ind_008_certano_deposito_em_juizo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5031/prot._12_ind_009_recape_votorantim_e_vila_rubim.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5032/prot._13_ind_010_dep._federal_reinhold_s._junior_infraestra_distrito_industrial_votorantim.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5033/prot._14_ind_011_melhorias_parques.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5034/prot._15_ind_012_sinalizacao_escola_ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5035/prot._16_ind_013_reiteracao_quebra-molas_rua_maria_conceicao_prado_moreno.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5036/prot._17_ind_014_rua_santa_luzia_melhorias_asfalticas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5037/prot._19_ind_015_melhoria_asfaltica_rua_marechal_deodoro_chelkem.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5038/prot._20_ind_016_melhoria_asfaltica_colegio_agricola.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5039/prot._21_ind_017_governo_do_estado_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5040/prot._22_ind_018_governo_do_estado_residencias.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5041/prot._23_ind_019_governo_do_estado_trevos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5042/prot._24_ind_020_grade_bueiro_rua_kazuma_sakamoto.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5043/prot._26_ind_021_quebra-molas_rua_curitiba.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5044/prot._25_ind_022_empedramento_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5046/prot._27_ind_023_melhorias_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5047/prot._28_ind_024_deputado_sandro_alex_pr431.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5048/prot._29_ind_025_escola_municipal_maria_paulina.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5049/prot._30_ind_026_reiteracao_prot._12_recape_votorantim_e_vila_rubim.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5050/prot._31_ind_027_reiteracao_ind._247_2018_asfalto_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5051/prot._32_ind_028_rei_prot._13_dep._fedreinhold_s._junior_infraes_distrito_ind_votorantim.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5052/prot._33_ind_029_rei_ind._259_2019_dep._f_pedro_lupion_posto_de_saude_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5053/prot._34_ind_030_reiterecao_ind._153_2019_dep._federal_diego_garcia_pericia_inss.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5054/prot._36_ind_031_reiterecao_ind._3033_2019_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5064/prot._37_ind_032_lampadas_conj._sao_jose_ii.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5065/prot._33_ind_029_rei_ind._259_2019_dep._f_pedro_lupion_posto_de_saude_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5066/prot._39_ind_034_decimo_quarto_servidores.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5067/prot._41_ind_035_all_limpeza.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5068/prot._43_ind_036_convite_sec._saude_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5069/prot._44_ind_037_casa_de_velorios.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5070/prot._46_ind_038_evento_wheeling.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5071/prot._47_ind_039_suspensao_cortes_pandemia.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5072/prot._48_ind_040_der_tapa_buracos_colegio_agricola.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5073/prot._49_ind_041_decreto_corona.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5074/prot._50_ind_042_limpeza_rua_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5075/prot._51_ind_043_bueiro_rua_monsenhor_joao_belchior.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5076/prot._52_ind_044_governo_do_estado_caminhoneiros.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5077/prot._53_ind_045_isencao_agua_e_luz_pandemia.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5078/prot._54_ind_046_melhoria_asfaltica_estrada_agua_dos_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5083/prot._58_ind_049_asfalto.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5084/prot._60_ind_050_agencia_do_trabalhador.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5088/prot._61_ind_051_procon.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5101/prot._63_ind_052_extensao_de_rede_rod._laurindo_francisco_e_bairro_irmaos_francisco.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5102/prot._64_ind_053_bb_caixa_e_sicredi_consignados.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5103/prot._65_ind_054_cohapar_casas_adaptadas.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5104/prot._66_ind_055_sanepar_dedetizacao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5105/prot._67_ind_056_sanepar_esgoto_rua_padre_osnir.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5106/prot._68_ind_057_academia_bairro_rotary.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5107/prot._70_ind_058_cohapar_e_gov._estado_casas_ribeirinhos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5108/prot._71_ind_059_melhoria_asfaltica_rua_antimo_vezozzo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5109/prot._72_ind_060_melhoria_cemiterio_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5110/prot._75_ind_061_melhoria_asfaltica_travessa_antonio_castanho.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5111/prot._76_ind_062_melhorias_estradas_rurais_taquaral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5118/prot._82_ind_066_pl_pagamento_terceirizados.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5119/prot._83_ind_067_suspensao_cobranca_iptu_pandemia.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5120/prot._84_ind_068_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5121/prot._87_ind_069_coe.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5128/prot._88_ind_070_dep._federal_reinhold_s._junior_tomografia.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5129/prot._89_ind_071_quebra-molas_rua_maestro_milani.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5130/prot._90_ind_072_melhorias_bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5131/prot._91_ind_073_econorte_br369_conj._bergamaschi.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5132/prot._92_ind_074_sanepar_pressao_da_agua_rua_herminio_haggi.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5134/prot._93_ind_075_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5133/prot._100_ind_076_asfalto_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5140/prot._101_ind_077_rodovia_da_liberdade.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5141/prot._103_ind_078_galerias_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5142/prot._104_ind_079_iluminacao_praca_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5143/prot._105_ind_080_praca_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5144/prot._106_ind_081_quebra-molas_cancha_de_malha.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5145/prot._107_ind_082_quebra-molas_pintura.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5146/prot._109_ind_083_sanepar_rede_de_esgoto_e_aguas_pluviais.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5147/prot._111_ind_084_melhorias_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5148/prot._112_ind_085_melhorias_rua_paulo_antunes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5149/prot._113_ind_086_melhorias_parque_alambari_i.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5150/prot._114_ind_087_dep._cobra_academia_conj._irma_paulina.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5151/prot._115_ind_088_sanepar_redes_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5152/prot._116_ind_089_quebra-molas_rua_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5153/prot._117_ind_090_revogacao_lei_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5162/prot._118_ind_091_psicologo_e_psiquiatra.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5163/prot._119_ind_092_melhorias_conjunto_votorantim.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5164/prot._121_ind_093_melhorias_parque_alambari_ii.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5165/prot._122_ind_094_melhorias_clube_conj._lazer.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5166/prot._123_ind_095_corte_de_arvore_parque_ignez.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5172/prot._124_ind_096_quebra-molas_rua_joao_mischiatti.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5173/prot._127_ind_097_quebra-molas_rua_curitiba.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5174/prot._130_ind_098_poco_artesiano_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5181/prot._131_ind_099_pronto_socorro_vento.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5182/prot._132_ind_100_castracao_animais.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5183/prot._133_ind_101_manutencao_cadeira_de_rodas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5184/prot._134_ind_102_copel_postes.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5185/prot._135_ind_103_extensao_de_rede_bairro_irmaos_francisco.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5186/prot._136_ind_104_quebra-molas_avenida_brasil.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5187/prot._137_ind_105_pista_de_caminhada_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5197/prot._139_ind_106_deputado_federal_ricardo_barros_cadeira_de_rodas.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5198/prot._141_ind_107_galerias_conjunto_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5199/prot._142_ind_108_sanepar_redes_de_esgoto_conj._gonzaga.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5200/prot._144_ind_109_reiteracao_isencao_empregos_e_rendas.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5201/prot._145_ind_110_reajuste_agente_de_endemias_e_comunitario.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5202/prot._146_ind_111_rede_de_esgoto_rua_antonio_michelato.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5204/prot._148_ind_113_meio_fio_rua_airton_senna.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5205/prot._149_ind_114_quebra-molas_rua_marechal_deodoro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5208/prot._151_ind_116_melhorias_jardim_nova_america.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5209/prot._153_ind_117_sec._saude_receitas_continuas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5210/prot._154_ind_118_edital_distrito_industrial_conj._votorantim.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5211/prot._155_ind_119_melhorias_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5212/prot._156_ind_120_sec._agricultura_empedramento_vila_aurora.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5213/prot._161_ind_121_quebra-molas_rua_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5223/prot._162_ind_122_galerias_rua_rio_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5224/prot._163_ind_123_academia_rotary.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5225/prot._164_ind_124_guto_silva_recurso.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5226/prot._165_ind_125_placas_ruas_padovani_e_san_francisco.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5227/prot._166_ind_126_progressao_e_promocao_pagamento.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5228/prot._167_ind_127_poco_artesiano_e_banheiro_praca_doutor_miguel_dinizo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5229/prot._168_ind_128_iluminacao_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5230/prot._169_ind_129_rio_barracao_projeto.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5231/prot._172_ind_130_ciclovias.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5243/prot._173_ind_131_rampa_espaco_cultural.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5244/prot._174_ind_132_placas_proibido_nadar.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5245/prot._175_ind_133_governo_do_estado_pr431.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5246/prot._176_ind_134_departamento_de_estradas_e_rodagem_pr431.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5247/prot._177_ind_135_revisao_lei_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5248/prot._179_ind.136_sinalizacao_esquina_mestre_cuca.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5254/prot._180_ind_137_governo_do_estado_e_der_pr431.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5253/prot._181_ind_138_reiteracao_parques_infantis.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5255/prot._182_ind.139_canaleta_rua_engenheiro_euclides_de_lima.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5256/prot._183_ind.140_melhorias_san_francisco.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5270/prot._184_ind_141_semaforo_rua_joao_mischiatti.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5271/prot._185_ind_142_recape_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5272/prot._186_ind_143_teste_de_covid.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5273/prot._187_ind_144_extensao_de_rede_conj._irmaos_francisco.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5274/prot._188_ind_145_psiquiatra.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5275/prot._189_ind_146_dep._federal_felipe_francischini_campo_da_aviacao.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5276/prot._191_ind_147_meio_fio_rua_augusto_mano.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5277/prot._192_ind.148_melhorias_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5278/prot._193_ind_149_quebra-molas_rua_engenheiro_euclides_lima.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5279/prot._194_ind_150_iluminacao_parque_jardim_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5280/prot._195_ind_151_recape_e_melhorias_conj._sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5281/prot._196_ind_152_galerias_conjunto_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5282/prot._197_ind_153_reitaracao_prot._146_rede_de_esgoto_rua_antonio_michelato.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5059/proposta_de_decreto_legis_01_2020_-_fixa_o_numero_de_vereadores_para_a_legis.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5060/proposta_de_decreto_legis_02_2020_prestacao_de_contas_exercicio_2018_comissao_de_financas.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5008/02_2020_-revisao_geral_anual.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5180/02-2020_-_emenda_constitucional_103_-_adequacao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5189/03_2020_-_sim-poa.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5007/01_2020_-_institui_o_diario_oficial_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5012/02_2020_-_ppa-_criacao_despesa_pre-sal_-excesso.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5013/03_2020_-_ldo-__criacao_despesa_pre-sal_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5014/04_2020_-_loa.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5020/projeto_de_lei__05_-2020_-_alteracao_da_ldo-_renuncia_da_receita.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5021/projeto_de_lei_06_-2020_-_alteracao_da_loa-_renuncia_da_receita.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5055/07_2020_-institui_o_conselho_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5056/projeto_de_lei_08-2020_-_ppa-_criacao_despesa_pre-sal_-convenio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5057/projeto_de_lei_09-2020_-_ldo-__criacao_despesa_pre-sal_-convenio.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5058/projeto_de_lei_10-2020_-loa_-_pre_sal_-convenio.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5079/projeto_de_lei__11-2020_-_ppa-_contrapartida_de_convenio_saude.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5080/projeto_de_lei_12-2020_-_ldo-__contrapartida_convenio_saude.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5081/projeto_de_lei_13_-2020-loa_-_contrapartida_saude.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5086/14_2020_-_ldo_-_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5087/15_2020_-_institui_o_fundo_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5090/16-2020_-_ppa-_criacao_despesa_previdenica.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5091/17-2020_-_ldo-__criacao_despesa_previdencia.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5092/18-2020_-_loa-__criacao_despesa_previdencia.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5093/19-_2020_-_ppa-_criacao_de_despesa_previdencia.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5094/20-2020_-_ldo-__criacao_despesa_previdencia.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5095/21-2020_-_loa_-_criacao_de_despesa_previdencia.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5096/22-_2020_-_ppa-_criacao_de_despesa_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5097/23-2020_-_ldo-__criacao_despesa_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5098/24-_loa-_criacao_da_despesa_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5099/25_2020_-__integrada.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5154/26-2020_-_ppa-_contrapartida_de_convenio-_infra.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5155/27-2020_-_ldo-__contrapartida_convenio_infra.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5156/28_-2020-loa_-_contrapartida_convenio_infra.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5157/29-2020_-ppa_-_ultimo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5158/30-2020-_ldo_-_ultimo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5159/31-_2020__-loa_-coronavirus.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5160/32-2020_-loa_-coronavirus.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5171/33.20_-_lei_xxxx-2020_-_deficit_atuarial.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5167/33_-_politica_bem_estar_animal_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5179/35_-_2020_-_autoriza_a_suspensao_da_contribuicao_patronal.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5190/36_-_2020_-_transicao_de_governo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5215/37_-_projeto_de_lei__2020_-_loa-_codepaci.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5216/38_-_projeto_de_lei__2020_-_ldo-_codepaci.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5217/39_-_projeto_de_lei__2020_-_ppa_-codepaci.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5218/40_-_projeto_de_lei_2020-_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5219/41_-_projeto_de_lei__2020_-_ppa_-pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5220/42_-_projeto_de_lei__2020_-_ldo_-pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5232/43_-_projeto_de_lei_loa-_2020-_salarios_e_obrigacao_patronal.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5233/44_-_projeto_de_lei__-_2020_-_ppa-_excesso_de_arrecadacao_-_suplementacao_salarios.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5234/45_-_projeto_de_lei__2020_-_ldo_-salarios_e_obrigacao_patronal.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5236/46_-_loa_2020_-_corrigida.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5237/47__-_altera_ppa_2020_corrigido.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5238/48_-_altera_ldo_2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5239/49_-_projeto_de_lei__loa_-_2020_-_supelementacao_salario_educacao_e_saude.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5240/50_-_projeto_de_lei__-_2020_-_ppa-__suplementacao_salarios_educacao_e__saude.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5241/51_-_projeto_de_lei__2020_-_ldo_-salarios_e_obrigacao_patronal__educacao_e_saude.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5250/52_-_ldo-_criacao_de_despesa_educacao.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5251/53__-_2020_-_ppa-_criacao_de_despesa_educacao.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5252/54_-2020_-_criacao_de_despesa_educacao.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5257/55_-_projeto_de_lei__loa_-2020_-_lei_adir_blanc.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5258/56_-_projeto_de_lei__-_2020_-_ldo-_lei__adir_blanc.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5259/57_-_projeto_de_lei__-_2020_-_ppa-__lei_adir_blanc.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5260/58_-_projeto_de_lei____2020_-_ppa-_criacao_de_despesa_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5261/59_-_projeto_de_lei__-_2020_-_ppa-_fonte_844__e_849_-_suplementacao_salarios.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5262/60_-_projeto_de_lei___loa-_criacao_da_despesa_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5263/61_-_projeto_de_lei__-_2020_-_ppa-_fonte_844__e_849_-_suplementacao_salarios.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5264/62_-_projeto_de_lei__2020_-_ldo_-_fonte__844_e_849_-_salarios_e_obrigacao_patronal.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5265/63_-_projeto_de_lei_loa_-_2020_-_fonte_849_e_844.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5266/64_-projeto_de_lei__2020_-_ldo-_codepaci-_2.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5267/65_-_projeto_de_lei__2020_-_ppa-_codepaci-_2.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5268/66_-_projeto_de_lei__2020_-_loa-_codepaci-_2.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5283/67_-_projeto_de_lei__-2020_-_ldo-__aporte_pre-sal_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5284/68_-_projeto_de_lei_-2020_-_ppa-_aporte__pre_sal.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5285/69_-_projeto_de_lei_-2020-loa_-_aporte_pre_sal.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5286/70_2020_-institui_o_conselho_municipal_e_fundo_do_trabalho.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5287/71_-__ldo_-_fonte__844_e_849.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5288/72_-__ppa_-_fonte__844_e_849.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5289/73-2020-_fonte_844_e_849.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5009/projeto_de_lei_no_01_2020_-_reposicao_salarial_servidores.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5010/projeto_de_lei_no_02_2020_-_revisao_geral_anual_vereadores.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5011/projeto_de_lei_no_03_2020_-_revisao_geral_anual_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5135/projeto_de_lei_no_04_2020_-_prazo_para_realizacao_de_exames_complementares.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5136/projeto_de_lei_no_05_2020_-_institui_o_dia_municipal_esclerose_multipla.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5168/projeto_de_lei_6.2020_-_programa_remedio_em_casa.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5169/projeto_de_lei_no_07_2020_-_fixa_os_subsidios_do_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5170/projeto_de_lei_no_08_2020_-_fixa_os_subsidio_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5249/pl_09_publicidade_e_transparencia_1.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5291/projeto_de_lei_no_10_2020_-_denomina_praca_sao_jose_ii.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5292/projeto_de_lei_no_11_2020_-_denomina_area_industrial.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5293/projeto_de_lei_no_12_2020_-_denomina_parque_do_ignez.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5206/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5235/projeto_de_resolucao_02_2020_nova_proposta_orcamento_parcial_2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5290/resolucao_03.2020_teletrabalho_revisada.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5214/proposta_de_emenda_a_lei_organica_no_01-2020_alterada.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5019/prot._02_req_001_informacoes_taxas_empresas.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5022/prot._04_req_002_informacoes_taxas_empresas.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5023/prot._11_req_003_informacoes_regional_de_saude_fila_de_espera.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5024/prot._18_req_004_informacoes_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5045/prot._35_req_05_informacoes_piscina_conj._ignez_panichi.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5061/prot._40_req_006_informacoes_subsidio_transporte.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5062/prot._42_req_07_informacoes_sec._meio_ambiente_mau_cheiro.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5063/prot._45_req_008_informacoes_copel.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5082/prot._55_req_009_informacoes_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5085/prot._59_req_010_informacoes_reiteracao_caixa_economica.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5089/prot._62_req_011_informacoes_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5100/prot._69_req_012_informacoes_leitos.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5112/prot._73_req_013_informacoes_taxas_empresas.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5113/prot._74_req_014_reiteracao__prot._55_informacoes_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5114/prot._77_req_015_informacoes_verbas.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5115/prot._78_req_016_informacoes_regional_de_saude_respiradores.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5116/prot._85_req_017_informacoes_sec._assistencia_social_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5117/prot._86_req_018_informacoes_progressao_e_promocao.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5122/prot._94_req_019_informacoes_aluguel.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5123/prot._95_req_020_informacoes_ajuda_governo_federal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5124/prot._96_req_021_informacoes_antiga_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5125/prot._97_req_022_informacoes_pandemia.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5126/prot._98_req_023_informacoes_duodecimo_aplicacao.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5127/prot._99_req_024_informacoes_19_regional_de_saude_fumace.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5137/prot._102_req_025_informacoes_sanepar.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5138/prot._108_req_026_informacoes_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5139/prot._110_req_027_informacoes_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5161/prot._120_req_028_informacoes_sec._saude_pl_06.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5175/prot._125_req_029_informacoes_sanepar_rua_padre_osnir.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5176/prot._126_req_030_informacoes_servico_de_inspecao_municipal.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5177/prot._128_req_031_informacoes_revezamento_escolas.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5178/prot._129_req_032_informacoes_processos.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5188/prot._138_req_033_informacoes_copel_morada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5191/prot._143_req_034_informacoes_terrenos_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5192/prot._152_req_035_informacoes_recursos.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5193/prot._157_req_036_informacoes_prontuarios_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5194/prot._158_req_037_informacoes_regime_de_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5195/prot._159_req_038_convocacao_sec._saude.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5196/prot._160_req_039_convocacao_sec._assist._social.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5221/prot._170_req_040_convocacao_sec._saude.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5222/prot._171_req_041_convocacao_sec._assist._social.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5242/prot._178_req_042_informacoe_furto_escola_profissionalizante.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5269/prot._190_req_043_informacoes_partos.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5294/prot._204_req_044_informacoes_cestas_basicas.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/sapl/public/materialegislativa/2020/5295/prot._212_req_045_informacoes_cestas_basicas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H288"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="131.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="162" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="161.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>