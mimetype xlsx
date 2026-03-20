--- v0 (2025-12-07)
+++ v1 (2026-03-20)
@@ -54,5307 +54,5307 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Polaco Funileiro, Cidinho Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1076/1076_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1076/1076_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS CAMPO DE AREIA</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Polaco Funileiro</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1077/1077_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1077/1077_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOME DO MUNICIPIO RODOVIARIA</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1078/1078_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1078/1078_texto_integral.pdf</t>
   </si>
   <si>
     <t>LOMBADAS RUA HERMINIO HAGGI E MARQUES DO HERVAL</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1079/1079_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1079/1079_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. INFRAESTRUTURA TAPA BURACO RUA MINAS GERAIS</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1080/1080_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1080/1080_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO N180 2013 CALÇADA SÃO JOSÉ II</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1081/1081_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1081/1081_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO RUA JOSÉ FREDIANI</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1082/1082_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1082/1082_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO BAIRRO ESTAÇÃO</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1083/1083_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1083/1083_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO PRAÇA CONJUNTO SÃO JOSÉ II</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1084/1084_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1084/1084_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFRAESTRUTURA REFORMA CAMPOS DE AREIA</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1085/1085_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1085/1085_texto_integral.pdf</t>
   </si>
   <si>
     <t>SANEPAR LIGAMENTO DE ESGOTO BAIRRO ESTAÇÃO</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1086/1086_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1086/1086_texto_integral.pdf</t>
   </si>
   <si>
     <t>ECONORTE PASSE LIVRE</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Tuta</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1087/1087_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1087/1087_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 016/2014 QUEBRA MOLAS NO GONZAGA</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1088/1088_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1088/1088_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. INFRAESTRUTURA SINALIZAÇÃO RODOVIA BENEDITO MOREIRA</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Márcio Albertini</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1089/1089_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1089/1089_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO PORTAL JAPONES TORI</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1090/1090_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1090/1090_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 220/2014 MELHORIAS CEMITERIO</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1091/1091_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1091/1091_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 219/2014 CORREÇÃO ASFALTICA MORADA DO SOL</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1092/1092_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1092/1092_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 218/2014 REITERAÇÃO CORREÇÃO ILUMINAÇÃO PARQUE SÃO JOSE II</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Márcio Albertini, Renato Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1093/1093_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1093/1093_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 085/2014 PROJETO REVITALIZAÇÃO ESTAÇÃO FERROVIARIA</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Walcir Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1094/1094_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1094/1094_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 226/2014 LOMBADA PEDESTRE</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1095/1095_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1095/1095_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 202/2014  SEC. INFRAESTRUTURA CONSELHO MUNICIPAL DE TRANSITO</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1096/1096_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1096/1096_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. SAÚDE FISIOTERAPEUTA</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Cidinho Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1114/1114_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1114/1114_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA RUA JOÃO MISCHIATTI</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Cidinho Enfermeiro, Polaco Funileiro</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1115/1115_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1115/1115_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA PROXIMO A SANTA CASA</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1116/1116_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1116/1116_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA ANTIGA FABRICA DE BOLACHA</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1117/1117_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1117/1117_texto_integral.pdf</t>
   </si>
   <si>
     <t>RAMPA E CORRIMÃO HOSPITAL MUNICIPAL</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1118/1118_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1118/1118_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTACIONAMENTO IDOSO AVENIDA BRASIL</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1119/1119_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1119/1119_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROÇAGEM TERRENOS</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1120/1120_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1120/1120_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFRAESTRUTURA MELHORIAS PRAÇA ESTAÇÃO</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1121/1121_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1121/1121_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFRAESTRUTURA MELHORIAS LAGO GONZAGA</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1122/1122_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1122/1122_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMPEDRAMENTO FAZENDA SÃO TOMÉ</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1123/1123_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1123/1123_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMPLACAMENTO SINALIZAÇÃO FÓRUM</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1124/1124_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1124/1124_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE AO DEPARTAMENTO COMPETENTE DA ADMINISTRAÇÃO PÚBLICA, QUE AS PODAS DE ÁRVORES SEJAM FEITAS POR EQUIPES ESPECIALIZADAS NOS MESES DE MAIO, JUNHO, JULHO OU AGOSTO.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1125/1125_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1125/1125_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE RIOS E GALERIAS</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1126/1126_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1126/1126_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 025/2014 SEC. DE ADMINISTRAÇÃO APOSENTADORIA POR INVALIDEZ BENEFICIO</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1127/1127_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1127/1127_texto_integral.pdf</t>
   </si>
   <si>
     <t>CORREÇÃO DE BUEIROS</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1128/1128_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1128/1128_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 191/2014 IMPLANTAÇÃO BANCOS RODOVIARIA</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1129/1129_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1129/1129_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 187/2014 CORRIMÃO PONTE</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1130/1130_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1130/1130_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 151/2014 QUEBRA MOLAS BR369</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1131/1131_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1131/1131_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 099/2014 COMPLEMENTO REDE DE ENERGIA</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Professor Tinelli, Rogérinho do Karatê, Walcir Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1133/1133_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1133/1133_texto_integral.pdf</t>
   </si>
   <si>
     <t>PISO NACIONAL MAGISTÉRIO</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1134/1134_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1134/1134_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO192/2013 RUA ATRÁS DA SANTA CASA</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Tuta, Renato Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1135/1135_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1135/1135_texto_integral.pdf</t>
   </si>
   <si>
     <t>AGILIDADE CAMBARÁ PREV</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Renato Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1136/1136_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1136/1136_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. EDUCAÇÃO RESPOSTA REQUERIMENTOS COMISSÃO DE EDUCAÇÃO</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1137/1137_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1137/1137_texto_integral.pdf</t>
   </si>
   <si>
     <t>PLANO DE CARREIRA SAÚDE</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1138/1138_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1138/1138_texto_integral.pdf</t>
   </si>
   <si>
     <t>BANHEIROS PRAÇA DR. MIGUEL DINIZO</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1139/1139_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1139/1139_texto_integral.pdf</t>
   </si>
   <si>
     <t>PONTOS DE ACESSO INTERNET PRAÇA DR. MIGUEL DINIZO</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1140/1140_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1140/1140_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA TERCEIRIZADA OPERAÇÃO TAPA BURACOS</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1141/1141_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1141/1141_texto_integral.pdf</t>
   </si>
   <si>
     <t>PLANTIO DE GRAMAS NOS TERRENOS DO MUNICÍPIO SEM UTILIZAÇÃO</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1142/1142_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1142/1142_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 004/2015 SEC. INFRAESTRUTURA TAPA BURACO RUA MINAS GERAIS</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1143/1143_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1143/1143_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 005/2015 REITERAÇÃO 180/2013 CALÇADA SÃO JOSÉ II</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1144/1144_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1144/1144_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 003/2015 LOMBADAS RUA HERMINIO HAGGI E MARQUES DO HERVAL</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1145/1145_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1145/1145_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 002/2015 NOME DO MUNICÍPIO RODOVIARIA</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1146/1146_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1146/1146_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 001/2015 MELHORIAS CAMPO DE AREIA</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1147/1147_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1147/1147_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIXEIRA SÃO JOSÉ I</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1148/1148_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1148/1148_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTACIONAMENTO PARQUE ALAMBARI I</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1149/1149_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1149/1149_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAS VILA OLIMPICA</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Polaco Funileiro, Cidinho Enfermeiro, Professor Tinelli, Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1157/1157_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1157/1157_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAGAMENTO SEXTA PARTE DO VENCIMENTO</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1158/1158_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1158/1158_texto_integral.pdf</t>
   </si>
   <si>
     <t>SANEPAR PROVIDENCIAS ESGOTO</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1159/1159_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1159/1159_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 114/2013 CONTROLE NA VENDA DE BEBIDAS</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1160/1160_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1160/1160_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. INFRAESTRUTURA MELHORIAS</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1161/1161_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1161/1161_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 147/2014 DISTRIBUIÇÃO SEMENTE CITRONELA</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Raffaello Frascati</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1162/1162_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1162/1162_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. SAÚDE ACESSIBILIDADE PRONTO SOCORRO</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1172/1172_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1172/1172_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEPUTADO ALEX CANZIANI_TERRENO AEROPORTO</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1173/1173_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1173/1173_texto_integral.pdf</t>
   </si>
   <si>
     <t>COBERTURA QUADRA ESCOLA LUIZ LORENZETTI</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1174/1174_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1174/1174_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTARQUIA AGUA E ESGOTO</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1175/1175_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1175/1175_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA TERRENOS PREFEITURA</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1176/1176_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1176/1176_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACADEMIA 3ª IDADE_SÃO JOSÉ I</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1177/1177_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1177/1177_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO CALÇADA ESCOLA LUÍS LORENZETTI</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1178/1178_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1178/1178_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 014/2014 ACADEMIA DA 3ª IDADE_PARQUE GONZAGA</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1179/1179_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1179/1179_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO BOCAS DE LOBO_RUA ANTÔNIO CASTANHO</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1180/1180_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1180/1180_texto_integral.pdf</t>
   </si>
   <si>
     <t>VESTIARIO E ESCRITORIO_CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1181/1181_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1181/1181_texto_integral.pdf</t>
   </si>
   <si>
     <t>CORREÇÃO ASLFATICA BR369</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1182/1182_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1182/1182_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 107/2014 OPERAÇÃO CONTRA A DENGUE</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1183/1183_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1183/1183_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 186/2015 REITERAÇÃO LIMPEZA BOCAS DE LOBO</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1184/1184_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1184/1184_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 150/2015 REITERAÇÃO COBERTURA POSTO CENTRAL</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1185/1185_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1185/1185_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO BOCAS DE LOBO JARDIM SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1186/1186_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1186/1186_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROÇAGEM PARQUE GONZAGA</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1187/1187_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1187/1187_texto_integral.pdf</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACO</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1197/1197_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1197/1197_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA AREA VERDE JARDIM NOVA AMERICA</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Professor Tinelli, Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1198/1198_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1198/1198_texto_integral.pdf</t>
   </si>
   <si>
     <t>PLANO DE CARREIRA CÂMARA</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1199/1199_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1199/1199_texto_integral.pdf</t>
   </si>
   <si>
     <t>CORTE DE GRAMA E LIMPEZA</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1200/1200_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1200/1200_texto_integral.pdf</t>
   </si>
   <si>
     <t>CAIXA BOMBA POÇO ARTESIANO</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1201/1201_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1201/1201_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEICULO FISIOTERAPIA DOMICILIAR</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1202/1202_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1202/1202_texto_integral.pdf</t>
   </si>
   <si>
     <t>ECOPONTOS E CONTEINERES LIXO RECICLAVEL</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1203/1203_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1203/1203_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAPA BURACOS RUA VENIA GIMENEZ</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1204/1204_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1204/1204_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIGILANCIA SANITARIA LIXEIRA COMUNITARIA BAIRRO ESTAÇÃO</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1205/1205_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1205/1205_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS RODOVIARIA</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1208/1208_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1208/1208_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO GALERIA RUA ANTONIO CASTANHO</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1209/1209_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1209/1209_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 016/2015 REITERAÇÃO CORREÇÃO ASFALTICA MORADA DO SOL</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1210/1210_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1210/1210_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 184/2015 REITERAÇÃO ESTACIONAMENTO VAGAS DEFICIENTES</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1211/1211_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1211/1211_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTRAN MELHORIAS NAS RUAS</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1212/1212_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1212/1212_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO BOCAS DE LOBO</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1213/1213_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1213/1213_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUMENTO SALARIAL</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Professor Tinelli, Polaco Funileiro, Raffaello Frascati</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1221/1221_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1221/1221_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINDICANCIA APURAÇÃO SAUDE</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1222/1222_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1222/1222_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 102/2015 PROCON</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1223/1223_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1223/1223_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA 237/2015 TIM E OI TELEFONIA</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1229/1229_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1229/1229_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO IND 125/2014 CONSTRUÇÃO DE BANHEIRO PRAÇA</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1230/1230_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1230/1230_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 83/2013 ILUMINAÇÃO PARQUE GONZAGA</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1231/1231_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1231/1231_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 74/2013 BUEIRO RUA NELSON BONANCIN</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1232/1232_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1232/1232_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 017/2014 MÃO UNICA RUA ALEXANDRE DOMINGOS CAETANO</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1233/1233_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1233/1233_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCAÇÃO SEC. INFRAESTRUTURA</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1234/1234_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1234/1234_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. INFRAESTRUTURA TRANSPORTE RECICLAM</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1235/1235_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1235/1235_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. ADMINISTRAÇÃO CONVENIO RECICLAM</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Professor Tinelli</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1249/1249_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1249/1249_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI CICLOVIAS</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1250/1250_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1250/1250_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTRAN PLACAS DE IDENTIFICAÇÃO</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1251/1251_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1251/1251_texto_integral.pdf</t>
   </si>
   <si>
     <t>FISCALIZAÇÃO LOTEAMENTO</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1252/1252_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1252/1252_texto_integral.pdf</t>
   </si>
   <si>
     <t>CORREÇÃO PORTAL BERGAMASCHI</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1253/1253_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1253/1253_texto_integral.pdf</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1254/1254_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1254/1254_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 188/2014 PRAÇA POSTO DE SAÚDE SÃO JOSÉ</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1255/1255_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1255/1255_texto_integral.pdf</t>
   </si>
   <si>
     <t>COPEL SUBSTITUIÇÃO POSTES</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1256/1256_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1256/1256_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO IGNEZ PANICHI</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1257/1257_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1257/1257_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA CAMPO MATSUBARA</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1258/1258_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1258/1258_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA CASAS COHAPAR</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1259/1259_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1259/1259_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 189/2015 CORREÇÃO VIELAS</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1260/1260_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1260/1260_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 187/2015 REITERAÇÃO CORRIMÃO PONTE</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1261/1261_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1261/1261_texto_integral.pdf</t>
   </si>
   <si>
     <t>PL DOAÇÕES TERRENOS VOTORANTIM</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1266/1266_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1266/1266_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUXILIO ALIMENTAÇÃO DIA 15</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1267/1267_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1267/1267_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS RUA MINAS GERAIS</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1268/1268_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1268/1268_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROTATORIA MERCADO RODRIGUES</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1269/1269_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1269/1269_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADESIVAR VEICULOS</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1270/1270_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1270/1270_texto_integral.pdf</t>
   </si>
   <si>
     <t>CAMINHÃO DE LIXO</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1271/1271_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1271/1271_texto_integral.pdf</t>
   </si>
   <si>
     <t>CAMINHÃO PIPA LAVAR RUAS</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1275/1275_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1275/1275_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO HORIZONTAL E VERTICAL</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1276/1276_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1276/1276_texto_integral.pdf</t>
   </si>
   <si>
     <t>IND_124_GRADES_BUEIROS</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1277/1277_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1277/1277_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVITE SANEPAR E SEC. INFRAESTRUTURA</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1278/1278_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1278/1278_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROÇAGEM GINÁSIO DE ESPORTES</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1279/1279_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1279/1279_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIXEIRAS COMUNITÁRIAS</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1288/1288_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1288/1288_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAPA BURACOS RUA DA PAZ E JOÃO MISCHIATTI</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1289/1289_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1289/1289_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE VETERINARIO CANIL</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1290/1290_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1290/1290_texto_integral.pdf</t>
   </si>
   <si>
     <t>CURSO PARA PODAS DE ÁRVORES</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1291/1291_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1291/1291_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 025/2015 RAMPA E CORRIMÃO HOSPITAL MUNICIPAL</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1292/1292_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1292/1292_texto_integral.pdf</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1297/1297_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1297/1297_texto_integral.pdf</t>
   </si>
   <si>
     <t>OBRAS PREFEITURA PROJETO</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1298/1298_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1298/1298_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIXEIRAS COMUNITÁRIAS ATERRO SANITÁRIO</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1299/1299_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1299/1299_texto_integral.pdf</t>
   </si>
   <si>
     <t>CAIXÕES EXPOSTOS CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1300/1300_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1300/1300_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRINCHEIRA</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Márcio Albertini, Tuta</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1301/1301_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1301/1301_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRAÇA JARDIM NOVA AMÉRICA</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1307/1307_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1307/1307_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LICENÇA MATERNIDADE</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1308/1308_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1308/1308_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI FICHA LIMPA</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1309/1309_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1309/1309_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAGAMENTO FGTS ATRASADO</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1310/1310_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1310/1310_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSELHO MUNICIPAL ANTIDROGAS</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1311/1311_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1311/1311_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA SAÚDE</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1312/1312_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1312/1312_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. INFRAESTRUTURA QUADRA COBERTA EM MARIA PAULINA</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1313/1313_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1313/1313_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS RUA CORONEL BATISTA</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1316/1316_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1316/1316_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. INFRAESTRUTURA REPARO ILUMINAÇÃO</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1317/1317_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1317/1317_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLETOR DE COLETA SELETIVA</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1318/1318_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1318/1318_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCAÇÃO ENGENHEIRO DE OBRAS ECONORTE</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1322/1322_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1322/1322_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROTATORIA AVENIDA BRASIL</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1323/1323_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1323/1323_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEMARCAÇÃO ESTACIONAMENTO DIAGONAL</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1332/1332_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1332/1332_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO CORREÇÃO REDE DE ENERGIA YOKI</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1333/1333_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1333/1333_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATRULHA RURAL</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1334/1334_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1334/1334_texto_integral.pdf</t>
   </si>
   <si>
     <t>GUARDA MUNICIPAL FISCALIZAÇÃO PORTAS IGREJAS</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1335/1335_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1335/1335_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 107 CORREÇÃO PORTAL BERGAMASCHI</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1336/1336_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1336/1336_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINDISERV LAUDO INSALUBRIDADE</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1340/1340_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1340/1340_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO MELHORIAS RUA MINAS GERAIS</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1360/1360_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1360/1360_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 063 DEPUTADO ALEX CANZIANI TERRENO AEROPORTO</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1361/1361_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1361/1361_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 079 LIMPEZA AREA VERDE JARDIM NOVA AMERICA</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1362/1362_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1362/1362_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 088 MANUTENÇÃO GALERIA RUA ANTONIO CASTANHO</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1363/1363_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1363/1363_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 140 PAGAMENTO FGTS ATRASADO</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1364/1364_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1364/1364_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCAÇÃO DIRETOR DE TRIBUTAÇÃO</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1365/1365_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1365/1365_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO TÉCNICOS</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1366/1366_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1366/1366_texto_integral.pdf</t>
   </si>
   <si>
     <t>TROCA DE COMPRESSORES</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1389/1389_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1389/1389_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 068 CALÇADA ESCOLA LUÍS LORENZETTI</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1390/1390_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1390/1390_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUEBRA MOLAS ESCOLA LUÍS LORENZETTI</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1391/1391_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1391/1391_texto_integral.pdf</t>
   </si>
   <si>
     <t>FISCALIZAÇÃO VENDEDORES AMBULANTES</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1392/1392_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1392/1392_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCAÇÃO DIRETORA DE AGENDAMENTO</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1393/1393_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1393/1393_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAPA BURACOS E RECAPEAMENTO AVENIDA ANTONIO MANO</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1394/1394_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1394/1394_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS POSTO CENTRAL</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1395/1395_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1395/1395_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMTRAN LOMBADAS JARDIM PINHEIRO</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1396/1396_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1396/1396_texto_integral.pdf</t>
   </si>
   <si>
     <t>COBERTURAS PONTOS DE ONIBUS</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1397/1397_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1397/1397_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 116 PL DOAÇÕES TERRENOS VOTORANTIM</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1398/1398_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1398/1398_texto_integral.pdf</t>
   </si>
   <si>
     <t>CORREÇÃO DA ILUMINAÇÃO PÚBLICA</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1399/1399_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1399/1399_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMTRAN MÃO DUPLA RUA BENJAMIN CONSTANT</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1400/1400_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1400/1400_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 150 REITERAÇÃO CORREÇÃO REDE DE ENERGIA YOKI</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1401/1401_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1401/1401_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RAMPA DE ACESSO CASA DE VELÓRIO </t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1402/1402_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1402/1402_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO ILUMINAÇÃO PARQUE ALAMBARI I E II</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1403/1403_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1403/1403_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. INFRAESTRUTURA LIXO VOTORANTIM</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1404/1404_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1404/1404_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. ADMINISTRAÇÃO_EMISSÃO CARTEIRA DE TRABALHO</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1405/1405_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1405/1405_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMODATO ONIBUS</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1415/1415_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1415/1415_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO POSTO DE SAÚDE BERGAMASCHI</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1416/1416_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1416/1416_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO COHAPAR</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>Walcir Joaquim, Renato Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1417/1417_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1417/1417_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 047/2014 MÃO DUPLA RUA MONSENHOR JOAO BELCHIOR</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1418/1418_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1418/1418_texto_integral.pdf</t>
   </si>
   <si>
     <t>PLACAS PROIBIDO ESTACIONAR CONJUNTO BERGAMASCHI</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Polaco Funileiro, Cidinho Enfermeiro, Raffaello Frascati</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1419/1419_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1419/1419_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISÃO PLANO DE CARREIRA</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1420/1420_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1420/1420_texto_integral.pdf</t>
   </si>
   <si>
     <t>REENQUADRAMENTO INSALUBRIDADE</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1423/1423_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1423/1423_texto_integral.pdf</t>
   </si>
   <si>
     <t>IAP ANALISE DE ÁGUA POÇOS ARTESIANOS</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1424/1424_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1424/1424_texto_integral.pdf</t>
   </si>
   <si>
     <t>MUNICIPALIZAÇÃO DO TRANSITO</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1425/1425_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1425/1425_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 026 ESTACIONAMENTO IDOSO NA AVENIDA BRASIL</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1426/1426_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1426/1426_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 015 REITERAÇÃO 220/2014 MELHORIAS CEMITERIO</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1427/1427_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1427/1427_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESTINAÇÃO DUODECIMO CISNORPI</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1428/1428_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1428/1428_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 195/2014 MAO UNICA RUA JOAQUIM JOSE ALEXANDRE CAETANO</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1429/1429_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1429/1429_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 090 REITERAÇÃO 184/2015 REITERAÇÃO ESTACIONAMENTO VAGAS DEFICIENTES</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1430/1430_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1430/1430_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEP. MAURO MORAES CONTIGENTE POLICIAL VIATURAS</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1431/1431_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1431/1431_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 089 REITERAÇÃO 016/2015 REITERAÇÃO CORREÇÃO ASFALTICA MORADA DO SOL</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1432/1432_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1432/1432_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 096 REITERA 237/2015 TIM E OI TELEFONIA</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1433/1433_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1433/1433_texto_integral.pdf</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1437/1437_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1437/1437_texto_integral.pdf</t>
   </si>
   <si>
     <t>RADIOS GUARDA MUNICIPAL</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1438/1438_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1438/1438_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIDRO POSTOS DE SAÚDE</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1439/1439_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1439/1439_texto_integral.pdf</t>
   </si>
   <si>
     <t>BEBEDOURO TERMINAL RODOVIARIO</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1440/1440_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1440/1440_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA ENTULHOS</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1441/1441_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1441/1441_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFALTICO</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1442/1442_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1442/1442_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS PARQUES</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1443/1443_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1443/1443_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAGAMENTOS SAÚDE</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1444/1444_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1444/1444_texto_integral.pdf</t>
   </si>
   <si>
     <t>GRADES POSTO DE SAÚDE CENTRAL</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1445/1445_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1445/1445_texto_integral.pdf</t>
   </si>
   <si>
     <t>PODAS VEGETAÇÃO</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1446/1446_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1446/1446_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARQUE INFANTIL</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1447/1447_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1447/1447_texto_integral.pdf</t>
   </si>
   <si>
     <t>BOCAS DE LOBO - DESOBSTRUÇÃO</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1448/1448_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1448/1448_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAPA BURACOS</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>Márcio Albertini, Renato Rodrigues, Tuta</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1451/1451_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1451/1451_texto_integral.pdf</t>
   </si>
   <si>
     <t>RUAS E QUADRAS CEMITÉRIO</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1452/1452_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1452/1452_texto_integral.pdf</t>
   </si>
   <si>
     <t>LEI 1600 ATENDIMENTO AO IDOSO</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1453/1453_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1453/1453_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 010 SANEPAR LIGAMENTO DE ESGOTO BAIRRO ESTAÇÃO</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1461/1461_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1461/1461_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS GINÁSIO DE ESPORTES</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1462/1462_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1462/1462_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS RODOVIA DA LIBERDADE</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1463/1463_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1463/1463_texto_integral.pdf</t>
   </si>
   <si>
     <t>MURO CEMITÉRIO</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1464/1464_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1464/1464_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVÊNIO ONG ANIMAIS</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1465/1465_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1465/1465_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVÊNIO CASAS SERVIDORES</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>Renato Rodrigues, Tuta</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1466/1466_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1466/1466_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO ESPAÇO LAZER</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>Renato Rodrigues, Cidinho Enfermeiro, Márcio Albertini, Polaco Funileiro, Professor Tinelli, Raffaello Frascati, Rogérinho do Karatê, Tuta, Walcir Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1468/1468_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1468/1468_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAGAMENTO REIS E FILHO</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1467/1467_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1467/1467_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANALISE DAS ÁGUAS</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>Renato Rodrigues, Márcio Albertini</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1469/1469_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1469/1469_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 018 REITERAÇÃO 085 2014 PROJETO REVITALIZAÇÃO ESTAÇÃO FERROVIARIA</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1470/1470_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1470/1470_texto_integral.pdf</t>
   </si>
   <si>
     <t>OPERAÇÃO CIDADE LIMPA</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1471/1471_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1471/1471_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 189 REITERAÇÃO 015 REITERAÇÃO 220/2014 MELHORIAS CEMITERIO</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1472/1472_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1472/1472_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS DEFESA CIVIL</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1473/1473_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1473/1473_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBCOMANDANTE PM AUMENTO DE EFETIVO</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1474/1474_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1474/1474_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMUTRAN LOMBADAS CONJ SÃO FRANCISCO</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1475/1475_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1475/1475_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS POÇO ARTESIANO E CAMPO DE AREIA CONJ SÃO FRANCISCO</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1476/1476_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1476/1476_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAPA BURACOS CONJUNTO GONZAGA</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1477/1477_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1477/1477_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. AGRICULTURA ROLO COMPACTADOR BAIRRO AGUA DO VIEIRA</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1478/1478_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1478/1478_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESTINAÇÃO DUODECIMO REFORMA PISCINA IGNEZ PANICHI</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1479/1479_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1479/1479_texto_integral.pdf</t>
   </si>
   <si>
     <t>LICITAÇÃO CARRINHO DE BEBE E BERÇO</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1480/1480_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1480/1480_texto_integral.pdf</t>
   </si>
   <si>
     <t>IAP LIXO VOTORANTIM</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1496/1496_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1496/1496_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESCOLA INFANTIL REINALDO BERNARDELLI</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1497/1497_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1497/1497_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO CADEIRA DE RODAS</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1498/1498_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1498/1498_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 184 REVISÃO PLANO DE CARREIRA</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1499/1499_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1499/1499_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 185 REENQUADRAMENTO INSALUBRIDADE</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1500/1500_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1500/1500_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 052 REITERAÇÃO 002 2015 NOME DO MUNICÍPIO RODOVIÁRIA</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1501/1501_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1501/1501_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. INFRAESTRUTURA TAPA BURACO</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1502/1502_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1502/1502_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO BOMBA POÇO ARTESIANO CONJUNTO VOTORANTIM</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1503/1503_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1503/1503_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOTIFICAÇÃO CENTRO DE TREINAMENTO MATSUBARA</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1504/1504_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1504/1504_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. INFRAESTRUTURA E ESPORTES MELHORIA CAMPO DE AREIA</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1505/1505_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1505/1505_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTAÇÃO FEIRA DA LUA</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1506/1506_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1506/1506_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRATICA LEI 1557-2013</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1577/1577_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1577/1577_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROGRESSÃO TITULAÇÃO</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1578/1578_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1578/1578_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEGURANÇA RECICLAM</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1579/1579_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1579/1579_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA PARQUES, PRAÇAS E CALÇADAS</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1580/1580_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1580/1580_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA GALHOS E ENTULHOS</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1581/1581_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1581/1581_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 161 2015 CONTRATAÇÃO TÉCNICOS</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1582/1582_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1582/1582_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROÇAGEM BAIRROS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1583/1583_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1583/1583_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAGAMENTOS ASILO</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Walcir Joaquim, Professor Tinelli, Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1625/1625_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1625/1625_texto_integral.pdf</t>
   </si>
   <si>
     <t>MONITOR CONCURSO</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1626/1626_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1626/1626_texto_integral.pdf</t>
   </si>
   <si>
     <t>CANIL</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1627/1627_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1627/1627_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE VETERINARIO CONCURSO</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1628/1628_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1628/1628_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO CORRIMÃO PONTE</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1629/1629_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1629/1629_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO OPERAÇÃO CONTRA A DENGUE</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1630/1630_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1630/1630_texto_integral.pdf</t>
   </si>
   <si>
     <t>GUARITA PARQUE ALAMBARI</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1631/1631_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1631/1631_texto_integral.pdf</t>
   </si>
   <si>
     <t>RAMPA DE ACESSO VELÓRIO</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1632/1632_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1632/1632_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 090 REITERAÇÃO 184/2015 REITERAÇÃO 192/2015 ESTACIONAMENTO VAGAS DEFICIENTES</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, Professor Tinelli, Walcir Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1633/1633_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1633/1633_texto_integral.pdf</t>
   </si>
   <si>
     <t>JONAS GUIMARÃES MATERIAL ESPORTIVO</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1634/1634_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1634/1634_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ROYALTIES PETRÓLEO</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>Raffaello Frascati, Cidinho Enfermeiro, Polaco Funileiro, Professor Tinelli, Rogérinho do Karatê, Walcir Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1635/1635_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1635/1635_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI INCENTIVO AGENTES COMUNITÁRIOS DE SAÚDE</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1636/1636_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1636/1636_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETÁRIA AGRICULTURA MELHORIA ESTRADA</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1637/1637_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1637/1637_texto_integral.pdf</t>
   </si>
   <si>
     <t>PLACAS NOMES DE RUAS BAIRRO OTÁVIO RODRIGUES E VITÓRIA CRIVARI</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1638/1638_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1638/1638_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEPUTADO EVANDRO JÚNIOR RECAPEAMENTO</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1657/1657_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1657/1657_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO RESIDENCIAL VILA MARIA</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1658/1658_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1658/1658_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO CONVOCAÇÃO SEC. INFRAESTRUTURA</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1659/1659_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1659/1659_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. INFRAESTRUTURA MELHORIAS ESPAÇO CULTURAL</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1660/1660_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1660/1660_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO PARQUE ALAMBARI II</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1661/1661_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1661/1661_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMPLACAMENTO BAIRRO ESTAÇÃO</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1663/1663_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1663/1663_texto_integral.pdf</t>
   </si>
   <si>
     <t>JONAS GUIMARÃES EMENDA SAÚDE</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1664/1664_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1664/1664_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMPLACAMENTO JARDIM VITORIA CRIVARI</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1665/1665_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1665/1665_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 42/2013 TRANSPORTE SOLIDÁRIO</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1710/1710_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1710/1710_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 243 PROGRESSÃO TITULAÇÃO</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1711/1711_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1711/1711_texto_integral.pdf</t>
   </si>
   <si>
     <t>REUNIÃO ENDEMIAS DENGUE</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1712/1712_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1712/1712_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETÁRIA AGRICULTURA MELHORIA ESTRADA AGUA DO VIEIRA</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1713/1713_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1713/1713_texto_integral.pdf</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1714/1714_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1714/1714_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETÁRIA AGRICULTURA MELHORIA ESTRADA AGUA DO BOI</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1766/1766_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1766/1766_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFRAESTRUTURA DISTRITO INDUSTRIAL</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1767/1767_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1767/1767_texto_integral.pdf</t>
   </si>
   <si>
     <t>COBERTURA ESTÁDIO VILA RUBIM</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1768/1768_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1768/1768_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 175 RAMPA DE ACESSO CASA DE VELORIO</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1769/1769_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1769/1769_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROÇAGEM BAIRRO SÃO JOSÉ II</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1770/1770_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1770/1770_texto_integral.pdf</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1616/1616_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1616/1616_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE CAMBARÁ AO MONSENHOR JOSÉ MARIA NOGUEIRA.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1132/1132_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1132/1132_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES DAS LEIS COMPLEMENTARES Nº 41/2014 E 42/2014 QUE AUTORIZAM O PODER EXECUTIVO A CONCEDER ÁREAS NO MUNICÍPIO, DESTINADAS A INSTALAÇÃO DE INDÚSTRIAS, EM REGIME DE CONCESSÃO DE DIREITO REAL DE USO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1188/1188_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1188/1188_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATUALIZA O PISO DE VENCIMENTOS DO QUADRO DO MAGISTÉRIO PÚBLICO MUNICIPAL, NOS TERMOS DA LEI FEDERAL Nº11.738 DE 16 DE JULHO DE 2008.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1236/1236_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1236/1236_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A SECRETARIA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO, INOVAÇÃO E TECNOLOGIA, O CONSELHO DE DESENVOLVIMENTO, O FUNDO MUNICIPAL DE DESENVOLVIMENTO E INOVAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1219/1219_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1219/1219_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N. 27/2011, CRIA A "SECRETARIA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO, INOVAÇÃO E TECNOLOGIA", O "CONSELHO MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO", ALTERA A ESTRUTURA ADMINISTRATIVA DA SECRETARIA MUNICIPAL DE FINANÇAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1272/1272_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1272/1272_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DO QUADRO DOS SERVIDORES DA EDUCAÇÃO BÁSICA DA REDE PÚBLICA MUNICIPAL DE CAMBARÁ, CONFORME ESPECIFICA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1381/1381_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1381/1381_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NO CÓDIGO TRIBUTÁRIO MUNICIPAL, INSTITUÍDO PELA LEI COMPLEMENTAR Nº 01, DE 28 DE NOVEMBRO DE 2001, E SOBRE ALTERAÇÕES DA LEI COMPLEMENTAR Nº 51 DE 23 DE DEZEMBRO DE 2014, A QUAL DISPÕE SOBRE OS IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA - ISSQN E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1382/1382_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1382/1382_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE PARCELAMENTO ADMINISTRATIVO E JUDICIAL E REPARCELAMENTO ADMINISTRATIVO DE CRÉDITOS DE NATUREZA TRIBUTÁRIA E NÃO TRIBUTÁRIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1380/1380_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1380/1380_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO DE CRÉDITOS MUNICIPAIS &amp;#8211; REFIS CAMBARÁ 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1383/1383_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1383/1383_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NO SISTEMA TRIBUTÁRIO MUNICIPAL REFERENTE, A ISENÇÃO, IMUNIDADE E REMISSÃO DE TRIBUTOS INCIDENTES SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1379/1379_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1379/1379_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA ARTIGOS DA LEI COMPLEMENTAR 36/2013 E ANEXOS DAS LEIS COMPLEMENTARES Nº 27/2011 E 30/2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1421/1421_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1421/1421_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A CARGA HORARIA DOS CARGOS DE PROVIMENTO EFETIVO DE PROCURADOR JURÍDICO E EXTINGUE AS FUNÇÕES GRATIFICADAS DE PROCURADOR GERAL DO MUNICÍPIO  E DE DIRETOR DO DEPARTAMENTO JURÍDICO CRIADAS PELA LEI COMPLEMENTAR Nº 27/2011.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1647/1647_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1647/1647_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A QUANTIDADE DE CARGOS PÚBLICOS PREVISTOS NA LEI COMPLEMENTAR Nº46 DE 05 DE NOVEMBRO DE 2014 E ACRESCENTA OS PARÁGRAFOS 3º E 4º AO ART. 42 DA LEI 1.191 DE 17 DE OUTUBRO DE 2001, CONFORME ESPECIFICA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1655/1655_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1655/1655_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O SISTEMA TRIBUTÁRIO MUNICIPAL E AS NORMAS GERAIS DE DIREITO TRIBUTÁRIO APLICÁVEIS AO MUNICÍPIO, APROVA O CÓDIGO TRIBUTÁRIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1656/1656_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1656/1656_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A PLANTA DE VALORES GENÉRICOS DEFINE CRITÉRIOS PARA LANÇAMENTO DO IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1648/1648_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1648/1648_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A QUANTIDADE DE CARGOS PÚBLICOS PREVISTOS NA LEI COMPLEMENTAR Nº31 DE 12 DE JANEIRO DE 2012 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1651/1651_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1651/1651_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A QUANTIDADE DE EMPREGOS PÚBLICOS PREVISTOS NA LEI Nº 1313 DE 27 DE ABRIL DE 2006, CONFORME ESPECIFICA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1650/1650_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1650/1650_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA PREVISTO NO ARTIGO 149-A DA CONSTITUIÇÃO FEDERAL NO MUNICÍPIO DE CAMBARÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1652/1652_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1652/1652_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI COMPLEMENTAR Nº 20, DE 20 DE OUTUBRO DE 2009 QUE "INSTITUI A LEI DE PARCELAMENTO DO SOLO DO MUNICÍPIO DE CAMBARÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1653/1653_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1653/1653_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 55, DE 18 DE AGOSTO DE 2015 QUE "INSTITUI O PROGRAMA DE RECUPERAÇÃO DE CRÉDITOS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1654/1654_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1654/1654_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES DAS LEIS COMPLEMENTARES Nº 41/2014 E 42/2014 QUE AUTORIZAM O PODER EXECUTIVO A CONCEDER ÁREAS NO MUNICÍPIO, DESTINADAS A INSTALAÇÃO DE INDÚSTRIAS, EM REGIME DE CONCESSÃO DE DIREITO REAL DE USO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1666/1666_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1666/1666_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE DESENVOLVIMENTO, INOVAÇÃO E TECNOLOGIA, E O FUNDO MUNICIPAL DE DESENVOLVIMENTO E INOVAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1667/1667_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1667/1667_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE DESENVOLVIMENTO ECONÔMICO DENOMINADO &amp;#8220;CAMBARÁ EMPREENDEDORA&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1321/1321_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1321/1321_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO III DA LEI COMPLEMENTAR Nº 26/2010 E O ANEXO I DA LEI COMPLEMENTAR Nº 29/2011.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1709/1709_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1709/1709_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS CAPÍTULOS III, IV E V DO TÍTULO I E DO ARTIGO 41 DA LEI COMPLEMENTAR Nº 02/2006 E ALTERA ANEXOS DA LEI COMPLEMENTAR Nº 23/2009 E DA LEI COMPLEMENTAR Nº 26/2010.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1191/1191_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1191/1191_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO GERAL DO MUNICÍPIO, INCLUI NOVOS ELEMENTOS DE DESPESA E NOVOS PROGRAMAS E AÇÃO E PROJETO/ ATIVIDADE, PARA O EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1207/1207_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1207/1207_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INCLUI NOVOS ELEMENTOS DE DESPESA E NOVOS PROGRAMAS E AÇÃO E PROJETO/ ATIVIDADE, PARA O EXERCÍCIO DE 2015. </t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1227/1227_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1227/1227_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO GERAL DO MUNICÍPIO, INCLUI NOVOS ELEMENTOS DE DESPESA E NOVOS PROGRAMAS E AÇÃO PROJETO/ATIVIDADE, PARA O EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1228/1228_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1228/1228_texto_integral.pdf</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1220/1220_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1220/1220_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO GERAL DO MUNICÍPIO,  INCLUI NOVOS ELEMENTOS DE DESPESA _x000D_
 E NOVOS  PROGRAMAS  E AÇÃO  PROJETO/ATIVIDADE,  PARA O EXERCÍCIO DE 2015.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1226/1226_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1226/1226_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A IMPRENSA OFICIAL DO MUNICÍPIO DE CAMBARÁ, ESTADO DO PARANÁ, ENCARREGADO DA PUBLICIDADE DOS ATOS DO PODER EXECUTIVO, DO PODER LEGISLATIVO, BEM COMO DE SUAS AUTARQUIAS E FUNDAÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1238/1238_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1238/1238_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1273/1273_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1273/1273_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ABRE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO GERAL DO MUNICÍPIO E INCLUI NOVO ELEMENTO DE DESPESA, PARA O EXERCÍCIO DE 2015. </t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1293/1293_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1293/1293_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REVISÃO SALARIAL ANUAL DOS SERVIDORES DA PREFEITURA MUNICIPAL DE CAMBARÁ/PR. </t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1304/1304_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1304/1304_texto_integral.pdf</t>
   </si>
   <si>
     <t>ISENÇÃO E INCENTIVO FISCAL HOTELARIA</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1305/1305_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1305/1305_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGAÇÃO LEI BOM DIA TRABALHADOR</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1320/1320_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1320/1320_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PLANO MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE CAMBARÁ E ADOTA OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1409/1409_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1409/1409_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A VEDAÇÃO PARA OCUPAR CARGOS E FUNÇÕES DE CONFIANÇA NO ÂMBITO DO MUNICÍPIO DE CAMBARÁ.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1410/1410_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1410/1410_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LICENÇA MATERNIDADE À SERVIDORA GESTANTE REGIDA PELA CLT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1435/1435_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1435/1435_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1617/1617_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1617/1617_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESTINAÇÃO PARA AS ÁREAS DE EDUCAÇÃO E SAÚDE DE PARCELA DA PARTICIPAÇÃO NO RESULTADO OU DA COMPENSAÇÃO FINANCEIRA PELA EXPLORAÇÃO DE PETRÓLEO E GÁS NATURAL, COM A FINALIDADE DE CUMPRIMENTO DA META PREVISTA NO INCISO VI DO CAPUT DO ART. 214 E NO ART. 196 DA CONSTITUIÇÃO FEDERAL, EM CONFORMIDADE  COM A LEI 12.858, DE 9 DE SETEMBRO DE 2013.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1639/1639_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1639/1639_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CONSTRUÇÃO DE STANDS, PAVILHÕES OU IMÓVEIS QUE TENHA A FINALIDADE DE PROMOÇÃO DE VENDAS DE IMÓVEIS, PRODUTOS OU SERVIÇOS, EVENTOS, SHOW ROOM, FEIRAS OU EXPOSIÇÕES.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1619/1619_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1619/1619_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA O REQUERIMENTO DE LICENÇA TEMPORÁRIA PARA REALIZAÇÃO DE EVENTOS EM GERAL, NO MUNICÍPIO DE CAMBARÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1640/1640_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1640/1640_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 INSTITUI A FEIRA DA LUA NO ÂMBITO DO MUNICÍPIO DE CAMBARÁ E ADOTA OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1641/1641_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1641/1641_texto_integral.pdf</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1642/1642_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1642/1642_texto_integral.pdf</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1643/1643_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1643/1643_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAIS GERAIS PARA SERVIÇO DE TRANSPORTE INDIVIDUAL DE PASSAGEIROS EM VEÍCULOS AUTOMÓVEIS DE ALUGUEL &amp;#8211; TÁXI NO MUNICÍPIO DE CAMBARÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1644/1644_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1644/1644_texto_integral.pdf</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1645/1645_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1645/1645_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DO SISTEMA UNIVERSIDADE ABERTA DO BRASIL - UAB NO ÂMBITO DO MUNICÍPIO DE CAMBARÁ, VOLTADO À OFERTA DE CURSOS E PROGRAMAS NA MODALIDADE A DISTÂNCIA, MEDIANTE A CRIAÇÃO E MANUTENÇÃO DE POLO DE APOIO PRESENCIAL, NOS TERMOS E CONDIÇÕES QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1646/1646_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1646/1646_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 1.326, DE 20 DE JULHO DE 2006 QUE "DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, ESTABELECE NORMAS PARA SUA ADEQUADA APLICAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1715/1715_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1715/1715_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE AMORTIZAÇÃO E EQUACIONAMENTO DE DÉFICIT ATUARIAL, CONFORME ESPECIFICA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1775/1775_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1775/1775_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO DE CAMBARÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1189/1189_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1189/1189_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATENDIMENTO PRIORITÁRIO AOS IDOSOS NA REDE PÚBLICA DE SAÚDE MUNICIPAL.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1190/1190_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1190/1190_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE CAMBARÁ A INSTITUIR O PROGRAMA “ÁRVORE DO CONHECIMENTO”, QUE DEFINE A POLITICA MUNICIPAL DE INCENTIVO À LEITURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1206/1206_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1206/1206_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DA CÂMARA MUNICIPAL DE CAMBARÁ AUXILIO-ALIMENTAÇÃO PARA OS SERVIDORES ATIVOS, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1237/1237_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1237/1237_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA COLOCAÇÃO DE PLACAS NAS ENTRADAS DOS LOCAIS QUE ESPECIFICA COM OS SEGUINTES DIZERES: &amp;#8220;O FAVORECIMENTO DA PROSTITUIÇÃO OU DE OUTRA FORMA DE EXPLORAÇÃO SEXUAL DE CRIANÇA OU ADOLESCENTE OU DE VULNERÁVEL É CRIME INAFIANÇÁVEL, PUNIDO COM RECLUSÃO DE 4 A 10 ANOS E MULTA.&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1274/1274_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1274/1274_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL A TODOS OS SERVIDORES ATIVOS, INATIVOS E OCUPANTES DE CARGOS DE PROVIMENTO EM COMISSÃO DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1283/1283_texto_integral.docx</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1283/1283_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DO SUBSÍDIO DOS VEREADORES DO PODER LEGISLATIVO DE CAMBARÁ, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1284/1284_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1284/1284_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AVALIAÇÃO PERIÓDICA DAS ESTRUTURAS FÍSICAS DOS IMÓVEIS PERTENCENTES AO MUNICÍPIO DE CAMBARÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1302/1302_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1302/1302_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O §2º DO ART. 7º DA LEI Nº 1.589/2014 - ALTERAÇÃO PMAQ.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1303/1303_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1303/1303_texto_integral.pdf</t>
   </si>
   <si>
     <t>FICA PROIBIDO O USO E A VENDA DE CACHIMBO CONHECIDO COMO "NARGUILÉ" AOS MENORES DE 18 ANOS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1422/1422_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1422/1422_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DA REDE MUNICIPAL DE ENSINO, A MERENDA ESCOLAR ORGÂNICA.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>Cidinho Enfermeiro, Professor Tinelli</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1454/1454_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1454/1454_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA TRAVESSA DA AVENIDA BRASIL.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1455/1455_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1455/1455_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS NO &amp;#8220;RESIDENCIAL VILABELLA&amp;#8221;.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1456/1456_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1456/1456_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI, NO ÂMBITO DO MUNICÍPIO DE CAMBARÁ, AS &amp;#8220;SEMANAS DE INCENTIVO AO ALEITAMENTO MATERNO&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1457/1457_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1457/1457_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA TRAVESSA DO BAIRRO SANTA AMÁLIA</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>Raffaello Frascati, Rogérinho do Karatê, Walcir Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1458/1458_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1458/1458_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS NO &amp;#8220;CONJUNTO IRMÃ PAULINA&amp;#8221;.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1528/1528_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1528/1528_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">TORNA OBRIGATÓRIA A IMPLEMENTAÇÃO DE ATIVIDADES COM FINS EDUCATIVOS PARA REPARAR DANOS CAUSADOS POR ESTUDANTES NO AMBIENTE ESCOLAR DO MUNICÍPIO DE CAMBARÁ, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1411/1411_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1411/1411_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA PARCIAL DO ORÇAMENTO DA CÂMARA MUNICIPAL DE CAMBARÁ PARA O EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, Professor Tinelli, Tuta</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1239/1239_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1239/1239_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO NO ART. 68 DA LEI ORGÂNICA MUNICIPAL DE CAMBARÁ, VEDANDO A NOMEAÇÃO AO CARGO DE SECRETÁRIO MUNICIPAL E A QUALQUER OUTRO CARGO COMISSIONADO DE QUEM TENHA SIDO CONDENADO PELA PRÁTICA DE SITUAÇÕES QUE, DESCRITAS PELA LEGISLAÇÃO ELEITORAL CONFORME ARTIGO 1º DA LEI COMPLEMENTAR 64/1990 E SUAS ALTERAÇÕES, CONFIGUREM HIPÓTESES DE INELEGIBILIDADE.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1097/1097_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1097/1097_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSELHO MUNICIPAL DE SAÚDE ATA FECHAMENTO LABORATORIO</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1098/1098_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1098/1098_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETARIA DE SAÚDE COPIA DA VISTORIA DA VIGILANCIA SANITARIA</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1099/1099_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1099/1099_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETARIA DE SAÚDE COPIA REPASSE FINANCEIRO SETOR DE EPIDEMIOLOGIA E ENDEMIA</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1100/1100_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1100/1100_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPENSÃO DE ALIMENTAÇÃO GUARDA MUNICIPAL E DEFESA CIVIL</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/</t>
+    <t>http://sapl.cambara.pr.leg.br/media/</t>
   </si>
   <si>
     <t>SECRETARIA DE SAÚDE QUANTIDADE EXAMES LABORATORIO MUNICIPAL</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1102/1102_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1102/1102_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETARIA DE SAÚDE FECHAMENTO LABORATORIO MUNICIPAL</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1103/1103_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1103/1103_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETARIA DE SAÚDE RELATORIO QUADRIMESTRE</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1104/1104_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1104/1104_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES 199 CASAS</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1105/1105_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1105/1105_texto_integral.pdf</t>
   </si>
   <si>
     <t>DIRETOR DE TRIBUTAÇÃO INFORMAÇÕES PARQUE INDUSTRIAL CONJUNTO VOTORANTIM</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1106/1106_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1106/1106_texto_integral.pdf</t>
   </si>
   <si>
     <t>FUNÇÕES GRATIFICADAS E CARGOS COMISSIONADOS</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1107/1107_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1107/1107_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELAÇÃO CARGOS COMISSIONADOS E AGENTES POLITICOS</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, Cidinho Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1108/1108_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1108/1108_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES LICITAÇÃO EXAMES LABORATORIAIS</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1109/1109_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1109/1109_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SEC. SAÚDE ATENDIMENTO</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1110/1110_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1110/1110_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES CONTRATO MAQUINÁRIO PEDREIRA</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1111/1111_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1111/1111_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES CAROLINA BITTENCOURT REPASSE AGENTES</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>Raffaello Frascati, Polaco Funileiro</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1112/1112_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1112/1112_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 160/2014 INFORMAÇÃO MÉDICOS</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1113/1113_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1113/1113_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 183/2014 DEVOLUÇÃO IPTU</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1150/1150_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1150/1150_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES CONSELHO MUNICIPAL DO IDOSO</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1151/1151_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1151/1151_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 007/2015 SECRETARIA DE SAÚDE RELATÓRIO QUADRIMESTRE</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1152/1152_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1152/1152_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 005/2015 SECRETARIA DE SAÚDE QUANTIDADE EXAMES LABORATÓRIO MUNICIPAL</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1153/1153_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1153/1153_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 003/2015 SECRETARIA DE SAÚDE COPIA REPASSE FINANCEIRO SETOR DE EPIDEMIOLOGIA E ENDEMIA</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1154/1154_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1154/1154_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 002/2015 SECRETARIA DE SAÚDE COPIA DA VISTORIA DA VIGILÂNCIA SANITÁRIA</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1155/1155_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1155/1155_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 010/2015 FUNÇÕES GRATIFICADAS E CARGOS COMISSIONADOS</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1156/1156_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1156/1156_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 011/2015 RELAÇÃO CARGOS COMISSIONADOS E AGENTES POLÍTICOS</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1163/1163_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1163/1163_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES CCONTRATO MAQUINÁRIOS PEDREIRA</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1164/1164_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1164/1164_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SEC. SAÚDE POSTOS DE SAÚDE PMAQ</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1165/1165_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1165/1165_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SEC. ADMINISTRAÇÃO REGISTRO DE PONTO</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1166/1166_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1166/1166_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES COPIAS DE AUTORIZAÇÃO EXAMES CENTRO DE SERVIÇOS_APUCARANA</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1167/1167_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1167/1167_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES PLANTAÇÃO ANTIGO AEROPORTO</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1168/1168_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1168/1168_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES FISCALIZAÇÃO TERRENOS</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1169/1169_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1169/1169_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÃO CADASTRO SINDSERV</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1170/1170_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1170/1170_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETARIA DE SAÚDE_ATENDIMENTO DENTARIO</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1171/1171_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1171/1171_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETARIA DE SAÚDE_POSTOS DE SAÚDE PMAQ</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1194/1194_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1194/1194_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES COPIA PLANO DE GOVERNO</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1192/1192_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1192/1192_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES CASAS R$1000,00</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1193/1193_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1193/1193_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 028/2015 INFORMAÇÕES COPIAS DE AUTORIZAÇÃO EXAMES CENTRO DE SERVIÇOS APUCARANA</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1195/1195_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1195/1195_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SEC. ADMINISTRAÇÃO LAUDO TÉNICO INSALUBRIDADE</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1196/1196_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1196/1196_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES CONVÊNIO SANTA CASA</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1214/1214_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1214/1214_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES ENVIAR AO PROMOTOR INSTRUÇÃO NORMATIVA 01 DE 2015</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1215/1215_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1215/1215_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES PREGÃO ORÇAMENTOS</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1216/1216_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1216/1216_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES VEICULOS SAÚDE</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1217/1217_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1217/1217_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES ASSISTENTE SOCIAL PASSAGEM E CESTAS BÁSICAS</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1218/1218_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1218/1218_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES PODAS DE ARVORES</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1224/1224_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1224/1224_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES DISPENSA EMPRESA DE OPINIAO PÚBLICA</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1225/1225_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1225/1225_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOS</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1240/1240_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1240/1240_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕESCONVÊNIO ARAPONGAS</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1241/1241_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1241/1241_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES DUODÉCIMO</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1242/1242_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1242/1242_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES RECEITAS E DESPESAS</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1243/1243_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1243/1243_texto_integral.pdf</t>
   </si>
   <si>
     <t>SANEPAR TRANSPORTE RESIDUOS FECAIS</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1244/1244_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1244/1244_texto_integral.pdf</t>
   </si>
   <si>
     <t>SANEPAR REPASSE ASFALTO</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1245/1245_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1245/1245_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETARIA DE SAÚDE TRANSFERÊNCIA CIRURGIAS HOSPITAL MUNICIPAL</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1246/1246_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1246/1246_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETARIA DE SAÚDE VALOR PAGO CIRURGIÕES</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1247/1247_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1247/1247_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETARIA DE SAÚDE LOCALIZAÇÃO DESFIBRILADOR</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1248/1248_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1248/1248_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETARIA DE SAÚDE ULTRASSOM</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>Raffaello Frascati, Polaco Funileiro, Professor Tinelli</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1262/1262_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1262/1262_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES COMISSAO PMAQ</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1263/1263_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1263/1263_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 044/2015 INFORMAÇÕES PODAS DE ARVORES</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1264/1264_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1264/1264_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES PL RECEITAS DIGITADAS</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1265/1265_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1265/1265_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES NOTAS FISCAIS ADENILSON BORRACHARIA</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1280/1280_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1280/1280_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 045/2015 INFORMAÇÕES DISPENSA EMPRESA DE OPINIAO PÚBLICA</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1281/1281_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1281/1281_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 047/2015 INFORMAÇÕES CONVÊNIO ARAPONGAS</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1282/1282_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1282/1282_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 056/2015 INFORMAÇÕES COMISSAO PMAQ</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1286/1286_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1286/1286_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 050/2015 SANEPAR TRANSPORTE RESIDUOS FECAIS</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1287/1287_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1287/1287_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÃO PAGAMENTOS LEI DO ADIANTAMENTO</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1294/1294_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1294/1294_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 059/2015 INFORMAÇÕES PL RECEITAS DIGITADAS</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1295/1295_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1295/1295_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 060_2015 INFORMAÇÕES NOTAS FISCAIS ADENILSON BORRACHARIA</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1296/1296_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1296/1296_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SITUAÇÃO PROJETOS E MELHORIAS</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1314/1314_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1314/1314_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO INFORMAÇÃO PAGAMENTOS LEI DO ADIANTAMENTO</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>Raffaello Frascati, Polaco Funileiro, Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1315/1315_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1315/1315_texto_integral.pdf</t>
   </si>
   <si>
     <t>CPI</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1319/1319_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1319/1319_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES CRITÉRIO IPTU</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1327/1327_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1327/1327_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES IPTU</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1328/1328_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1328/1328_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 186/2014 INFORMAÇÕES SANEPAR</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1329/1329_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1329/1329_texto_integral.pdf</t>
   </si>
   <si>
     <t>SAMU INFORMAÇOES NEGATIVAS</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1330/1330_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1330/1330_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SEC. SAÚDE ODONTOLOGIA VILA SANTANA E SÃO JOSÉ</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1331/1331_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1331/1331_texto_integral.pdf</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1324/1324_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1324/1324_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES COPIA CONVÊNIO SANTA CASA</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1325/1325_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1325/1325_texto_integral.pdf</t>
   </si>
   <si>
     <t>COPIA NOTA FISCAL PODA DE ARVORE VOTORANTIM</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1326/1326_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1326/1326_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SEC. ADMINISTRAÇÃO REGULAMENTAÇÃO FEIRA DA LUA</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>Tuta, Márcio Albertini, Walcir Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1337/1337_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1337/1337_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES VIAÇÃO GARCIA</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1338/1338_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1338/1338_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES LEI 1612 2015</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1339/1339_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1339/1339_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES EPI</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1341/1341_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1341/1341_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 051 SANEPAR REPASSE ASFALTO</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1342/1342_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1342/1342_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 072 INFORMAÇÕES IPTU</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1343/1343_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1343/1343_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES ORDENS DE SERVIÇO ADENILSON BORRACHARIA</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1344/1344_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1344/1344_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES EDITAIS CONCURSO</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1367/1367_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1367/1367_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 030 INFORMAÇÕES PLANTAÇÃO ANTIGO AEROPORTO</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1368/1368_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1368/1368_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 043 INFORMAÇÕES ASSISTENTE SOCIAL PASSAGEM E CESTAS BÁSICAS</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1369/1369_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1369/1369_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 048 INFORMAÇÕES DUODECIMO</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1370/1370_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1370/1370_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 071 INFORMAÇÕES CRITÉRIO IPTU</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1371/1371_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1371/1371_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 049 INFORMAÇÕES RECEITAS E DESPESAS</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1372/1372_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1372/1372_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 079 COPIA NOTA FISCAL PODA DE ARVORE VOTORANTIM</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1373/1373_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1373/1373_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 078 INFORMAÇÕES COPIA CONVÊNIO SANTA CASA</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1384/1384_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1384/1384_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES IPTU ISENÇÃO</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>Raffaello Frascati, Walcir Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1385/1385_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1385/1385_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES HORÁRIO MARCOS CESAR CAETANO PIMENTA</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1386/1386_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1386/1386_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES PAGAMENTO DIVIDAS</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1387/1387_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1387/1387_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES DIRETOR DA SANTA CASA</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1388/1388_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1388/1388_texto_integral.pdf</t>
   </si>
   <si>
     <t>SECRETARIA DE SAÚDE LAUDO APARELHO DE MAMOGRAFIA</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1406/1406_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1406/1406_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 087 INFORMAÇÕES ORDENS DE SERVIÇO ADENILSON BORRACHARIA</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1407/1407_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1407/1407_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 084 INFORMAÇÕES EPI</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1408/1408_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1408/1408_texto_integral.pdf</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1413/1413_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1413/1413_texto_integral.pdf</t>
   </si>
   <si>
     <t>SANEPAR DESCARGA DE ESGOTO</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1414/1414_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1414/1414_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SEC. INFRAESTRUTURA QUADRA ESCOLA MARIA PAULINA</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, Cidinho Enfermeiro, Márcio Albertini, Polaco Funileiro, Professor Tinelli, Raffaello Frascati, Renato Rodrigues, Tuta, Walcir Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1434/1434_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1434/1434_texto_integral.pdf</t>
   </si>
   <si>
     <t>HOSPITAIS CANCER QUANTIDADE ATENDIMENTOS</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1436/1436_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1436/1436_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 106 INFORMAÇÕES RECEITAS E DESPESAS</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>Raffaello Frascati, Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1449/1449_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1449/1449_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES DIARIAS PREFEITO SECRETARIOS DIRETORES</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>Rogérinho do Karatê, Raffaello Frascati</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1450/1450_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1450/1450_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES TAXA DE ILUMINAÇÃO PÚBLICA</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1459/1459_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1459/1459_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 088 INFORMAÇÕES EDITAIS CONCURSO</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1460/1460_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1460/1460_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES PAGAMENTO REIS &amp; FILHO</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1494/1494_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1494/1494_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SEC. SAÚDE MÉDICO PRONTO SOCORRO</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1495/1495_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1495/1495_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES COHAPAR REUNIÕES</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1572/1572_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1572/1572_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEC. FINANÇAS TABELAS TRIBUTOS</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1573/1573_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1573/1573_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SEC. SAÚDE LABORATÓRIO MUNICIPAL</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1574/1574_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1574/1574_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SEC. SAÚDE TOMOGRAFIA E RESSONÂNCIA</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1575/1575_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1575/1575_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SEC. SAÚDE MÉDICO DE PLANTÃO</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1576/1576_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1576/1576_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÃO DEPARTAMENTO PESSOAL HOLERITE</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1618/1618_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1618/1618_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 031 FISCALIZAÇÃO TERRENOS</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1620/1620_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1620/1620_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÃO PARALISAÇÃO OBRAS ESCOLA</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1621/1621_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1621/1621_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÃO HOSPITAL ORDEM DE PAGAMENTO</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1622/1622_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1622/1622_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÃO CISNORPI ORDEM DE PAGAMENTO</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1623/1623_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1623/1623_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÃO PREGÃO VENTILADORES</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1624/1624_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1624/1624_texto_integral.pdf</t>
   </si>
   <si>
     <t>LEI 1618-2015 FICHA LIMPA</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1662/1662_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1662/1662_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 117 SEC. FINANÇAS TABELAS TRIBUTOS</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1771/1771_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1771/1771_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 127 LEI 1618-2015 FICHA LIMPA</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1772/1772_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1772/1772_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES PLC 05</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1773/1773_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1773/1773_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES CAMBARA PREV</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1774/1774_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1774/1774_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO 115 INFORMAÇÕES SEC. SAÚDE MÉDICO PRONTO SOCORRO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5661,67 +5661,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1083/1083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1088/1088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1182/1182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1199/1199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1223/1223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1229/1229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1230/1230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1231/1231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1233/1233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1234/1234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1235/1235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1251/1251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1252/1252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1253/1253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1254/1254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1255/1255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1256/1256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1259/1259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1260/1260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1267/1267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1275/1275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1277/1277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1278/1278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1279/1279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1288/1288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1289/1289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1290/1290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1291/1291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1292/1292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1298/1298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1299/1299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1300/1300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1307/1307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1308/1308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1309/1309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1310/1310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1311/1311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1312/1312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1313/1313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1316/1316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1318/1318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1323/1323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1360/1360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1361/1361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1363/1363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1364/1364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1365/1365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1366/1366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1389/1389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1390/1390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1391/1391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1392/1392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1393/1393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1394/1394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1395/1395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1396/1396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1397/1397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1398/1398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1399/1399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1400/1400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1401/1401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1402/1402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1403/1403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1404/1404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1405/1405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1415/1415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1416/1416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1417/1417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1418/1418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1419/1419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1420/1420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1423/1423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1424/1424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1425/1425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1426/1426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1427/1427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1428/1428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1429/1429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1431/1431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1432/1432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1433/1433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1438/1438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1439/1439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1440/1440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1441/1441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1442/1442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1444/1444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1445/1445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1446/1446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1447/1447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1461/1461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1462/1462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1464/1464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1465/1465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1466/1466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1468/1468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1467/1467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1469/1469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1470/1470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1471/1471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1472/1472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1473/1473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1474/1474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1475/1475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1476/1476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1477/1477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1478/1478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1479/1479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1480/1480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1496/1496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1497/1497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1498/1498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1499/1499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1500/1500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1501/1501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1502/1502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1503/1503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1504/1504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1505/1505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1506/1506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1578/1578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1579/1579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1582/1582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1625/1625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1626/1626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1627/1627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1628/1628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1629/1629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1630/1630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1631/1631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1632/1632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1633/1633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1634/1634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1635/1635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1636/1636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1637/1637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1638/1638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1657/1657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1658/1658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1659/1659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1660/1660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1661/1661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1663/1663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1664/1664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1710/1710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1711/1711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1712/1712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1766/1766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1767/1767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1768/1768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1769/1769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1770/1770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1616/1616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1236/1236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1272/1272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1381/1381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1382/1382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1383/1383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1421/1421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1647/1647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1656/1656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1648/1648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1654/1654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1709/1709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1227/1227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1228/1228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1226/1226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1238/1238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1273/1273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1293/1293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1304/1304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1305/1305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1409/1409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1410/1410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1435/1435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1617/1617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1639/1639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1619/1619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1640/1640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1641/1641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1642/1642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1643/1643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1644/1644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1645/1645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1646/1646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1775/1775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1237/1237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1274/1274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1283/1283_texto_integral.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1284/1284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1302/1302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1303/1303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1422/1422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1456/1456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1457/1457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1528/1528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1239/1239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1240/1240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1241/1241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1242/1242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1244/1244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1246/1246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1264/1264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1280/1280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1281/1281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1282/1282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1286/1286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1287/1287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1294/1294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1295/1295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1296/1296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1314/1314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1315/1315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1327/1327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1328/1328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1330/1330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1331/1331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1325/1325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1337/1337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1339/1339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1343/1343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1344/1344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1367/1367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1368/1368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1370/1370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1371/1371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1372/1372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1384/1384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1385/1385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1386/1386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1387/1387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1388/1388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1406/1406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1407/1407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1408/1408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1413/1413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1414/1414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1434/1434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1459/1459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1460/1460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1494/1494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1495/1495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1572/1572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1573/1573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1575/1575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1618/1618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1620/1620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1621/1621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1622/1622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1623/1623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1624/1624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1662/1662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1771/1771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1772/1772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1773/1773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1774/1774_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1083/1083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1088/1088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1182/1182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1199/1199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1223/1223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1229/1229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1230/1230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1231/1231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1233/1233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1234/1234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1235/1235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1251/1251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1252/1252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1253/1253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1254/1254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1255/1255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1256/1256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1259/1259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1260/1260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1267/1267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1275/1275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1277/1277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1278/1278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1279/1279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1288/1288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1289/1289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1290/1290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1291/1291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1292/1292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1298/1298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1299/1299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1300/1300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1307/1307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1308/1308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1309/1309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1310/1310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1311/1311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1312/1312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1313/1313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1316/1316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1318/1318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1323/1323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1360/1360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1361/1361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1363/1363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1364/1364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1365/1365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1366/1366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1389/1389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1390/1390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1391/1391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1392/1392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1393/1393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1394/1394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1395/1395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1396/1396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1397/1397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1398/1398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1399/1399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1400/1400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1401/1401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1402/1402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1403/1403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1404/1404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1405/1405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1415/1415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1416/1416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1417/1417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1418/1418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1419/1419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1420/1420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1423/1423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1424/1424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1425/1425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1426/1426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1427/1427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1428/1428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1429/1429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1431/1431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1432/1432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1433/1433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1438/1438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1439/1439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1440/1440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1441/1441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1442/1442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1444/1444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1445/1445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1446/1446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1447/1447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1461/1461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1462/1462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1464/1464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1465/1465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1466/1466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1468/1468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1467/1467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1469/1469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1470/1470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1471/1471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1472/1472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1473/1473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1474/1474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1475/1475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1476/1476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1477/1477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1478/1478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1479/1479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1480/1480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1496/1496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1497/1497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1498/1498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1499/1499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1500/1500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1501/1501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1502/1502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1503/1503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1504/1504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1505/1505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1506/1506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1578/1578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1579/1579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1582/1582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1625/1625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1626/1626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1627/1627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1628/1628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1629/1629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1630/1630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1631/1631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1632/1632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1633/1633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1634/1634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1635/1635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1636/1636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1637/1637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1638/1638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1657/1657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1658/1658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1659/1659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1660/1660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1661/1661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1663/1663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1664/1664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1710/1710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1711/1711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1712/1712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1766/1766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1767/1767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1768/1768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1769/1769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1770/1770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1616/1616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1236/1236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1272/1272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1381/1381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1382/1382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1383/1383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1421/1421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1647/1647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1656/1656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1648/1648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1654/1654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1709/1709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1227/1227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1228/1228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1226/1226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1238/1238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1273/1273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1293/1293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1304/1304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1305/1305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1409/1409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1410/1410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1435/1435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1617/1617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1639/1639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1619/1619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1640/1640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1641/1641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1642/1642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1643/1643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1644/1644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1645/1645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1646/1646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1775/1775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1237/1237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1274/1274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1283/1283_texto_integral.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1284/1284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1302/1302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1303/1303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1422/1422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1456/1456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1457/1457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1528/1528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1239/1239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1240/1240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1241/1241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1242/1242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1244/1244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1246/1246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1264/1264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1280/1280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1281/1281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1282/1282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1286/1286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1287/1287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1294/1294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1295/1295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1296/1296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1314/1314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1315/1315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1327/1327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1328/1328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1330/1330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1331/1331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1325/1325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1337/1337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1339/1339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1343/1343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1344/1344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1367/1367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1368/1368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1370/1370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1371/1371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1372/1372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1384/1384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1385/1385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1386/1386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1387/1387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1388/1388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1406/1406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1407/1407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1408/1408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1413/1413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1414/1414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1434/1434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1459/1459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1460/1460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1494/1494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1495/1495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1572/1572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1573/1573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1575/1575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1618/1618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1620/1620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1621/1621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1622/1622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1623/1623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1624/1624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1662/1662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1771/1771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1772/1772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1773/1773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2015/1774/1774_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H477"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="135.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>