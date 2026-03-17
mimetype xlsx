--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -54,297 +54,297 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 15 E REVOGA O SEU §4º DA LEI COMPLEMENTAR Nº. 019/2009. </t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE ANEXO DA LEI MUNICIPAL Nº. 1.082/97, LEI COMPLEMENTAR Nº. 012/08 E 015/09 E SUAS MODIFICAÇÕES DO SISTEMA DE CARGOS, VENCIMENTOS E PLANOS DE CARREIRA DOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº. 026/2010, PARA CRIAR OS CARGOS EM COMISSÃO DE DIRETOR ADMINISTRATIVO E DE DIRETOR FINANCEIRO, BEM COMO PARA MODIFICAR O NÍVEL DE ESCOLARIDADE DO CARGO DE ASSESSOR DE GABINETE. </t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI COMPLEMENTAR Nº. 029/2011 PARA EXTINGUIR O CARGO EM COMISSÃO DE DIRETOR FINANCEIRO.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 30 E AO § 3º DO ART. 31 DA LEI Nº. 1.086/97, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO DE ASSISTÊNCIA SOCIAL, DA CONFERÊNCIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS, EXTENSIVA AOS APOSENTADOS E PENSIONISTAS &amp;#8211; 6,31%.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DE LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O CONSELHO GESTOR DO TELECENTRO COMUNITÁRIO DO MUNICÍPIO DE CAMBARÁ E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR R$2.500.000,00</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O PARCELAMENTO DO IMPOSTO SOBRE A PROPRIEDADE TERRITORIAL URBANA &amp;#8211; IPTU E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR R$ 725.302,09</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA AS REDAÇÕES DO ART. 2º E INCISO I DO ART. 5º DO PROTOCOLO DE INTENÇÕES DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO NORTE PIONEIRO, RATIFICADO PELA LEI MUNICIPAL Nº. 1.375/2008 QUE APROVOU O PROTOCOLO DE INTENÇÕES DE CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO NORTE PIONEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE VALORES DE DIÁRIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A DOAR ÁREA DE TERRA DE SUA PROPRIEDADE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA VALORES DA DOTAÇÃO ORÇAMENTÁRIA CONSTANTES NO ART. 2º DA LEI MUNICIPAL Nº. 1.468/2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIOS, CONCEDER ISENÇÕES FISCAIS, ASSUMIR OBRIGAÇÕES E DAR OUTRAS PROVIDÊNCIAS RELATIVAS A CONSTRUÇÃO DE UNIDADES HABITACIONAIS DE INTERESSE SOCIAL, VINCULADAS AO PROGRAMA MORAR BEM PARANÁ.</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FICA A DESPESA DO MUNICÍPIO DE CAMBARÁ/PR, PARA EXERCÍCIO FINANCEIRO DE 2012.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL R$100.000,00.</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAFETAÇÃO DE BEM DE USO COMUM DO POVO QUE MENCIONA.</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA INCLUSÕES E ALTERAÇÕES DE PROGRAMAS E AÇÕES PARA O EXERCÍCIO DE 2012.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE ÁREA URBANA, LOTE 1, DA QUADRA Nº. 15, COM ÁREA DE 2.700M², SITUADO NO BAIRRO MORADA DO SOL, NESTA CIDADE, DE PROPRIEDADES DO MUNICÍPIO DE CAMBARÁ/PR, AO TRIBUNAL REGIONAL ELEITORAL DO PARANÁ, PODER JUDICIÁRIO DA UNIÃO &amp;#8211; UNIÃO FEDERAL, PARA CONSTRUÇÃO DA SEDE DO FÓRUM ELEITORAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Rogérinho do Karatê</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO CAMBARAENSE DE RADIO COMUNITÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE MIGUEL DI CREDDO NETO À PRAÇA SITUADA NO BAIRRO ESTAÇÃO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -651,68 +651,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>