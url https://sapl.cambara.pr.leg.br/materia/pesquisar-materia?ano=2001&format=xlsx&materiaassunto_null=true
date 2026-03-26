--- v0 (2026-01-26)
+++ v1 (2026-03-26)
@@ -54,315 +54,315 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1765/1765_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1765/1765_texto_integral.pdf</t>
   </si>
   <si>
     <t>TÍTULO DE CIDADÃO HONORÁRIO DE CAMBARÁ, ESTADO DO PARANÁ, AO DEPUTADO FEDERAL SENHOR JOSÉ MOHAMED JANENE.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1777/1777_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1777/1777_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A ADQUIRI, POR COMPRA, UMA ÁREA DE TERRAS COM 228,58 METROS QUADRADOS, LOCALIZADA NO PERÍMETRO URBANO DO MUNICÍPIO DE CAMBARÁ E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1778/1778_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1778/1778_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º, DA LEI MUNICIPAL Nº 1.181/2000.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1779/1779_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1779/1779_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APREENSÃO DE ANIMAIS.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1780/1780_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1780/1780_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO AO ART. 8º DA LEI MUNICIPAL Nº 1.129/99, ACRESCENTADO-LHE PARAGRAFO ÚNICO. </t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1781/1781_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1781/1781_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIRETRIZES ORÇAMENTARIAS PARA O ANO DE 2002, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1782/1782_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1782/1782_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RENDA MÍNIMA ASSOCIADA A AÇÕES SOCIOEDUCATIVAS, E DETERMINA OUTRAS PROVIDENCIAS. "BOLSA ESCOLA"</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1783/1783_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1783/1783_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARAGRAFO 1º DO ART. 3º DA LEI Nº 1.032/95.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1784/1784_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1784/1784_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE "PESQUE E PAGUE" E "PAGUE E PESQUE" NAS ÁREAS URBANAS E DE EXPANSÃO URBANA DESDE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1785/1785_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1785/1785_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A PARTICIPAR DE CONSÓRCIO INTERMUNICIPAL E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1786/1786_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1786/1786_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A PAGAR, Á VISTA, O SUBSIDIO DE QUE TRATA O INCISO X DO ART. 3º, DA LEI MUNICIPAL Nº 1.170/2000.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1787/1787_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1787/1787_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CONTRATAR FINANCIAMENTO JUNTO AO BNDES, ATRAVÉS DO BANCO DO BRASIL, NA QUALIDADE DE MANDATÁRIO, A OFERECER GARANTIAS É DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1788/1788_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1788/1788_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE CAMBARÁ ESTADO DO PR.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1789/1789_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1789/1789_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO DO REGIME DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS, CRIA O INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE CAMBARÁ.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1790/1790_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1790/1790_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PLANO DE CUSTEIO DO REGIME DE PREVIDENCIA SOCIAL DOS SERVIDORES PÚBLICOS DE CAMBARÁ </t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1791/1791_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1791/1791_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA AS DESPESAS DO MUNICÍPIO, PARA O EXERCÍCIO DE 2002.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1792/1792_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1792/1792_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A DOAR CASAS POPULARES, CONSTRUIDAS EM PARCERIA COM O ROTARY CLUB INTERNACIONAL, A PESSOAS CARENTES DO MUNICÍPIO CONFORME ESPECIFICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1793/1793_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1793/1793_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DO IPTU.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1794/1794_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1794/1794_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA AS TAXAS PARA A APROVAÇÃO DE PROJETO, ALVARÁ DE LICENÇA PARA CONSTRUÇÃO E VISTO DE CONCLUSÃO DE OBRA RELATIVA À IMPLANTAÇÃO DE CENTRAL CELULAR DO MUNICIPIO.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1795/1795_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1795/1795_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ANTECIPAÇÃO SALARIAL AOS SERVIDORES PÚBLICOS MUNICÍPIOS ATIVOS E INATIVOS, BEM COMO AOS PENSIONISTAS.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1796/1796_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1796/1796_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR ACORDO COM A DUKE ENERGY INTERNACIONAL. GERAÇÃO PARANAPANEMA S.A.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1776/1776_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1776/1776_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.121/99</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -669,67 +669,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1765/1765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1777/1777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1778/1778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1779/1779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1780/1780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1781/1781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1782/1782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1783/1783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1784/1784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1785/1785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1786/1786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1787/1787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1788/1788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1789/1789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1791/1791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1794/1794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1795/1795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1796/1796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1776/1776_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1765/1765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1777/1777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1778/1778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1779/1779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1780/1780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1781/1781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1782/1782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1783/1783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1784/1784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1785/1785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1786/1786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1787/1787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1788/1788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1789/1789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1791/1791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1794/1794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1795/1795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1796/1796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/2001/1776/1776_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="213" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>