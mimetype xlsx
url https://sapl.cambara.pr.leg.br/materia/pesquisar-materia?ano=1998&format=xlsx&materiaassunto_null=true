--- v0 (2026-01-27)
+++ v1 (2026-03-17)
@@ -51,327 +51,327 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2249/2249_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2249/2249_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE TRANSITO</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2250/2250_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2250/2250_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O CONSELHO EXECUTIVO DE TRANSITO DO MUNICÍPIO DE CAMBARÁ - CEXETRAN, O FUNDO MUNICIPAL DE TRANSITO </t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2251/2251_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2251/2251_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CONCEDER REMISSÃO AOS COMPRADORES INADIMPLENTES DE CASAS SOB O REGIME DE MUTIRÃO NO CONJUNTO GONZAGA</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2252/2252_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2252/2252_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A CELEBRAR CONVENIO COM A PROVOPAR</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2253/2253_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2253/2253_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO DE 1999</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2254/2254_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2254/2254_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 1.079/97</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2255/2255_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2255/2255_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A DOAR ÁREAS DE TERRAS NO DISTRITO INDUSTRIAL II</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2256/2256_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2256/2256_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO FINANCEIRA A INSTITUIÇÃO PRIVADA</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2257/2257_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2257/2257_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR CONVENIO COM A PROVOPAR</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2258/2258_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2258/2258_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º DA LEI MUNICIPAL Nº 1.096/97</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2259/2259_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2259/2259_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL E ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO  E DESENVOLVIMENTO DO ENSINO FUNDAMENTAL E DE VALORIZAÇÃO DO MAGISTÉRIO </t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2260/2260_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2260/2260_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ANEXOS IX E X, DA LEI MUNICIPAL Nº 1.082/97</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2261/2261_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2261/2261_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATRIBUI NOVA REDAÇÃO AOS INCISOS I E VI DO ART. 5º DA LEI MUNICIPAL Nº 907/90</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2262/2262_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2262/2262_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO A CONTRATAR OPERAÇÃO DE CREDITO JUNTO AO BANCO DO ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2263/2263_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2263/2263_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI O ITEM 67 NO ART. 29 E NO ANEXO I DA LEI MUNICIPAL 646/79</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2264/2264_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2264/2264_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DE AVAL, O CONSELHO DE DESENVOLVIMENTO MUNICIPAL.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2245/2245_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2245/2245_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA O NOME DA RUA C DO CONJUNTO NOVA CAMBARÁ</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2246/2246_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2246/2246_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA B NO CONJUNTO SÃO FRANCISCO DE ASSIS</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2247/2247_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2247/2247_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA C NO CONJUNTO BERGAMASCHI</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2248/2248_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2248/2248_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA D CONJUNTO BERGAMASCHI</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2241/2241_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2241/2241_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECESSO LEGISLATIVO</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2242/2242_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2242/2242_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENCIA A PROPOSIÇÕES HORÁRIO </t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2243/2243_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2243/2243_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">HORÁRIO FUNCIONAMENTO EM RECESSO </t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2244/2244_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2244/2244_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECESSO FINAL DO ANO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -678,67 +678,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2249/2249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2250/2250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2251/2251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2252/2252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2253/2253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2254/2254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2255/2255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2256/2256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2257/2257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2258/2258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2259/2259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2260/2260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2261/2261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2262/2262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2263/2263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2264/2264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2245/2245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2246/2246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2247/2247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2248/2248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2241/2241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2242/2242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2243/2243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2244/2244_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2249/2249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2250/2250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2251/2251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2252/2252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2253/2253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2254/2254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2255/2255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2256/2256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2257/2257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2258/2258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2259/2259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2260/2260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2261/2261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2262/2262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2263/2263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2264/2264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2245/2245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2246/2246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2247/2247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2248/2248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2241/2241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2242/2242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2243/2243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1998/2244/2244_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="188" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>