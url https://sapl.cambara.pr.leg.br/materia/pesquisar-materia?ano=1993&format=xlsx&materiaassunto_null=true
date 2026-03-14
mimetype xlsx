--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -51,390 +51,390 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2306/2306_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2306/2306_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA TERMO DE COOPERAÇÃO TÉCNICA E FINANCEIRA ENTRE O DER/PR</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2307/2307_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2307/2307_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSPARECIA DE UMA ÁREA DE TERRAS DOADA PELA CÂMARA MUNICIPAL DA EMPRESA DELAMURA ALIMENTOS.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2315/2315_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2315/2315_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS SALARIOS DOS SERVIDORES PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2316/2316_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2316/2316_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTECIPAÇÃO SALARIAL AOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2317/2317_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2317/2317_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À DISPOSITIVO DA LEI 932, DE 23.09.91</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2318/2318_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2318/2318_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTECIPAÇÃO SALARIAL DOS SERVIDORES</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2319/2319_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2319/2319_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIRETRIZES ORÇAMENTARIAS PARA O ANO DE 1994.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2320/2320_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2320/2320_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2321/2321_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2321/2321_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARCELAMENTOS DE DÉBITOS PARA COM O FGTS</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2322/2322_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2322/2322_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA A ASSINAR CONVENIO COM A SECRETARIA ESPECIAL DE ESPORTE E TURISMO DO PARANÁ.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2323/2323_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2323/2323_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2324/2324_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2324/2324_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ANTECIPAÇÃO SALARIAL</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2325/2325_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2325/2325_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PLANO PLURIANUAL DE 1994 - 1997.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2326/2326_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2326/2326_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PODER EXECUTIVO A CONTRATAR PARCELAMENTO DE DIVIDA FGTS.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2327/2327_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2327/2327_texto_integral.pdf</t>
   </si>
   <si>
     <t>ELEGE JORNAL PARA A PUBLICAÇÃO DOS NECESSÁRIOS ATOS ADMINSTRATIVOS</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2328/2328_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2328/2328_texto_integral.pdf</t>
   </si>
   <si>
     <t>CLASSIFICA CARGOS OU FUNÇÕES PARA EFEITO REMUNERATÓRIO E CONCEDE ANTECIPAÇÃO SALARIAL</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2329/2329_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2329/2329_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA CRECHE NOSSA SENHORA APARECIDA</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2330/2330_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2330/2330_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARAGRAFO A LEI 957/92</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2331/2331_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2331/2331_texto_integral.pdf</t>
   </si>
   <si>
     <t>INTRODUZ LEGISLAÇÃO SOBRE A TAXA DE ILUMINAÇÃO PUBLICA</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2335/2335_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2335/2335_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA OPERAÇÃO DE CRÉDITO</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2332/2332_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2332/2332_texto_integral.pdf</t>
   </si>
   <si>
     <t>DOA ÀREA DE TERRAS NO DISTRITO INDUSTRIAL II</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2333/2333_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2333/2333_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO NO ART. 5º DA LEI MUNICIPAL Nº 983</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2334/2334_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2334/2334_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCAÇÃO DE REUNIÕES EXTRAORDINARIAS</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2308/2308_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2308/2308_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA UTILIDADE PUBLICA - ASSAVIR - ASSOCIAÇÃO DE AMIGOS DA VILA RUBIM</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2309/2309_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2309/2309_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À CONJUNTOS DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2310/2310_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2310/2310_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUAS DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2311/2311_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2311/2311_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA UTILIDADE PUBLICA A ASSOCIAÇÃO DE MORADORES DO BAIRRO JARDIM SANTO ANTÔNIO </t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2312/2312_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2312/2312_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À NUCLEO RESIDENCIAL ALBANO BERGAMASCHI</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2313/2313_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2313/2313_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIADDE PUBLICA A FUNDAÇÃO PRE-ESCOLA PADRE JOÃO CHIAROT</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2314/2314_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2314/2314_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA ASSOCIAÇÃO DE AMIGOS DA VILA RUBIM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -741,67 +741,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2306/2306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2307/2307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2315/2315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2316/2316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2317/2317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2318/2318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2319/2319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2320/2320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2321/2321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2322/2322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2323/2323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2324/2324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2325/2325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2326/2326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2327/2327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2328/2328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2329/2329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2330/2330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2331/2331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2335/2335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2332/2332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2333/2333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2334/2334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2308/2308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2309/2309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2310/2310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2311/2311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2312/2312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2313/2313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2314/2314_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2306/2306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2307/2307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2315/2315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2316/2316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2317/2317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2318/2318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2319/2319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2320/2320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2321/2321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2322/2322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2323/2323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2324/2324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2325/2325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2326/2326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2327/2327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2328/2328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2329/2329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2330/2330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2331/2331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2335/2335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2332/2332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2333/2333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2334/2334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2308/2308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2309/2309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2310/2310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2311/2311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2312/2312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2313/2313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1993/2314/2314_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="111.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>