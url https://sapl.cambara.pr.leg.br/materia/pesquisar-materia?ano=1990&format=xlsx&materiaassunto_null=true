--- v0 (2025-12-10)
+++ v1 (2026-03-14)
@@ -51,651 +51,651 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2665/2665_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2665/2665_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA SUBSIDIO PREFEITO E VICE</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2666/2666_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2666/2666_texto_integral.pdf</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2667/2667_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2667/2667_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA CONVENIO COM SECRETARIA ESTADUAL DE SAUDE</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2668/2668_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2668/2668_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIRMA CONVENIO COMA FUNDAÇÃO DE SAUDE CAETANO MUNHOZ DA ROCHA</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2669/2669_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2669/2669_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA CONVENIO COM A FUNDEPAR</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2670/2670_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2670/2670_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA CONVENIO COM A FUNDAÇÃO DE SAÚDE CAETANO MUNHOZ DA ROCHA</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2671/2671_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2671/2671_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTATUTO DO MAGISTÉRIO MUNICIPAL DE CAMBARÁ</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2672/2672_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2672/2672_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE DE ACORDO COM A LEI ORGÂNICA, PONTO DE TÁXI - DENTRO DO TERMINAL RODOVIÁRIO </t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/</t>
+    <t>http://sapl.cambara.pr.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A CONCEDER VERBA ÁS ESCOLAS DE SAMBA DO MUNICÍPIO DE CAMBARÁ.</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2739/2739_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2739/2739_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A CONTRATAR PESSOAL </t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2740/2740_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2740/2740_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE DESCONTO NO PAGAMENTO DO IPTU </t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2741/2741_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2741/2741_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO UMA DOAÇÃO NO VALOR DE CR$ 95.000,00 AO ESPORTE CLUB MUNICIPAL</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2742/2742_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2742/2742_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE VILA SÃO JOSÉ AO CONJ. HAB. MUTIRÃO II</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2743/2743_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2743/2743_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CHEFE EXECUTIVO A ADQUIRIR POR COMPRA ÁREA DE TERRAS </t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2744/2744_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2744/2744_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE ABERTURA E CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2745/2745_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2745/2745_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2746/2746_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2746/2746_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A CONCEDER ANTECIPAÇÃO SALARIAL</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2747/2747_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2747/2747_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTARIAS PARA O ANO 1991</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2748/2748_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2748/2748_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A INSTITUIR PROGRAMA HABITACIONAL NO MUNICÍPIO </t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2749/2749_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2749/2749_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL </t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2750/2750_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2750/2750_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ANTECIPAÇÃO SALARIAL</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2751/2751_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2751/2751_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 5º DA LEI MUNICIPAL Nº 867 DE 08.12.89</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2752/2752_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2752/2752_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A CONTRATAR CRÉDITO COM O BANCO DO ESTADO DO PARANÁ S.A</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2753/2753_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2753/2753_texto_integral.pdf</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2754/2754_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2754/2754_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A SUBVENCIONAR AS CRECHES E ENTIDADES</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2755/2755_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2755/2755_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO AOS SERVIDORES</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2756/2756_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2756/2756_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA EM CARÁCTER  DEFINITIVO A GUARDA MUNICIPAL DE CAMBARÁ</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2757/2757_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2757/2757_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A INSTITUIR O PROGRAMA DE LOTES EDIFICADOS</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2758/2758_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2758/2758_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA CRÉDITO ESPECIAL</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2759/2759_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2759/2759_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ANTECIPAÇÃO SALARIAL AOS SERVIDORES</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2760/2760_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2760/2760_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE ANTECIPAÇÃO SALARIAL DE 25% </t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2761/2761_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2761/2761_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA FERIADO MUNICIPAL O DIA 12 DE OUTUBRO  DE 1990</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2762/2762_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2762/2762_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ART. 4º E 5º E ACRESCENTA AOS PARÁGRAFOS  4º E 5º AO ART. 5º DA LEI MUNICIPAL Nº 883 DE 21-06-90</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2763/2763_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2763/2763_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUE O PARAGRAFO UNICO AO ART. 4º DA LEI MUN. 891 DE 27-09-90</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2764/2764_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2764/2764_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 5º DA LEI MUN. Nº 867 DE 08.12.89</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2765/2765_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2765/2765_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE TAXA DE SAÚDE, AO FUNDO ESPECIAL DE SERVIDORES SANITARIOS - FESSAN</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2766/2766_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2766/2766_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS AÇÕES DE SANEAMENTO E VIGILÂNCIA SANITÁRIA </t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2767/2767_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2767/2767_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ADQUIRIR POR COMPRA ÁREA DE TERRAS</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2768/2768_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2768/2768_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE ABERTURA DE CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2769/2769_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2769/2769_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A POLITICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE </t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2770/2770_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2770/2770_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A ADQUIRIR POR COMPRA ÁREA DE TERRAS </t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2771/2771_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2771/2771_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA E DENOMINA ESCOLA MUNICIPAL </t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2772/2772_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2772/2772_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2773/2773_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2773/2773_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A ADQUIRIR POR COMPRA UMA ÁREA DE TERRAS </t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2774/2774_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2774/2774_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CREDITO ADICIONAL</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2676/2676_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2676/2676_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OUTORGA TITULO DE CIDADÃO HONORÁRIO DE CAMBARÁ A SENHOR ÁVILA SANCHES </t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2677/2677_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2677/2677_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI 01/89 DA CÂMARA MUN. DE CAMBARÁ</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2678/2678_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2678/2678_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE COMO UTILIDADE PUBLICA ASSOCIAÇÕES DE BAIRRROS</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2679/2679_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2679/2679_texto_integral.pdf</t>
   </si>
   <si>
     <t>ISENTO DE PAGAMENTO ASFALTO REALIZADO NO MUNICIPIO</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2680/2680_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2680/2680_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O TROFÉU PORCOLITICO</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2673/2673_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2673/2673_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA SUBSIDIO VEREADORES</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2674/2674_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2674/2674_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA VERBA REPRESENTAÇÃO PRESIDENTE CÂMARA MUNICIPAL DE CAMBARÁ</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2675/2675_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2675/2675_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FIXA SUBSIDIO VEREADORES </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1002,67 +1002,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2665/2665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2666/2666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2667/2667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2668/2668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2669/2669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2670/2670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2671/2671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2672/2672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2739/2739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2740/2740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2741/2741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2742/2742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2743/2743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2744/2744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2745/2745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2746/2746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2747/2747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2748/2748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2749/2749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2750/2750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2751/2751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2752/2752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2753/2753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2754/2754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2755/2755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2756/2756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2757/2757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2758/2758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2759/2759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2760/2760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2761/2761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2762/2762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2763/2763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2764/2764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2765/2765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2766/2766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2767/2767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2768/2768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2769/2769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2770/2770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2771/2771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2772/2772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2773/2773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2774/2774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2676/2676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2677/2677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2678/2678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2679/2679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2680/2680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2673/2673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2674/2674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2675/2675_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2665/2665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2666/2666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2667/2667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2668/2668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2669/2669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2670/2670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2671/2671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2672/2672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2739/2739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2740/2740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2741/2741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2742/2742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2743/2743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2744/2744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2745/2745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2746/2746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2747/2747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2748/2748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2749/2749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2750/2750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2751/2751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2752/2752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2753/2753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2754/2754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2755/2755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2756/2756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2757/2757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2758/2758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2759/2759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2760/2760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2761/2761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2762/2762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2763/2763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2764/2764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2765/2765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2766/2766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2767/2767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2768/2768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2769/2769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2770/2770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2771/2771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2772/2772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2773/2773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2774/2774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2676/2676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2677/2677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2678/2678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2679/2679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2680/2680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2673/2673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2674/2674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1990/2675/2675_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="113.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>