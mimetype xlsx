--- v0 (2026-01-27)
+++ v1 (2026-03-17)
@@ -51,483 +51,483 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2619/2619_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2619/2619_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA SUBSIDIO PREFEITO E VICE</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2630/2630_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2630/2630_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALIENAÇÃO DE TERRA DO MUNICÍPIO </t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2631/2631_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2631/2631_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A CONCEDER REDUÇÃO TRANSITÓRIA SOBRE OS VALORES ILUMINAÇÃO PUBLICA</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2632/2632_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2632/2632_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE EXECUTIVO A FIRMAR CONVENIO  COM A FUNDAÇÃO DE SAÚDE CAETANO MUNHOZ DA ROCHA</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2633/2633_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2633/2633_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE EXECUTIVO A DOAR TERRAS A EMPRESA INDUSTRIA E COMERCIO DE MILHO  TRES MARIAS LTDA</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2634/2634_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2634/2634_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUMENTO DE 40% A FUNCIONÁRIOS </t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2635/2635_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2635/2635_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CHEFE DO EXECUTIVO A EFETUAR DOAÇÃO DE TERRAS </t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2636/2636_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2636/2636_texto_integral.pdf</t>
   </si>
   <si>
     <t>DOAÇÃO DE TERRAS AO GRUPO DE ESCOTEIROS ARARAS DE CAMBARÁ</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2637/2637_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2637/2637_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ASSINAR ESCRITURA ESCRITURA PUBLICA </t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2638/2638_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2638/2638_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A ALIENAR  UMA ÁREA DE TERRAS </t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2639/2639_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2639/2639_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A CRIAR QUADRO DE PESSOAL CELETISTA</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2640/2640_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2640/2640_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DOAÇÃO DE UMA ÁREA PARA A SANEPAR </t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2641/2641_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2641/2641_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CHEFE EXECUTIVO A CONCEDER ADIANTAMENTO DE 25% DE AUMENTO AOS SERVIDORES </t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2642/2642_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2642/2642_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA UTILIDADE PUBLICA A ASSOCIAÇÃO DOS FUNCIONARIOS MUNICIPAIS DE CAMBARÁ</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2643/2643_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2643/2643_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE EXECUTIVO A FIRMAR CONVENIO COHAPAR</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2644/2644_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2644/2644_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE ABERTURA CREDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2645/2645_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2645/2645_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A CONTRATAR EMPRÉSTIMO COM A CAIXA ECONÔMICA FEDERAL</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2646/2646_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2646/2646_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A CONCEDER EMPRÉSTIMO COM A CAIXA ECONÔMICA CAMBARÁ</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2647/2647_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2647/2647_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO DE SERVIDOR PARA PRESTAR SERVIÇO JUNTO À CADD</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2648/2648_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2648/2648_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVENIO COM A FUNDEPAR</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2649/2649_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2649/2649_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ABERTURA DE CRÉDITO ADICIONAL </t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2650/2650_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2650/2650_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A ALIENAR ÁREA DE TERRAS </t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2651/2651_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2651/2651_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CHEFE A CONCEDER AUMENTO DE 52% AOS SERVIDORES MUNICIPAIS </t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2652/2652_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2652/2652_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ADQUIRIR POR COMPRA ÁREA DE TERRAS</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2653/2653_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2653/2653_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE AUTORIZAÇÃO ABERTURA CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2654/2654_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2654/2654_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO DE NATAL AOS INATIVOS E PENSIONISTAS</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2655/2655_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2655/2655_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE EXECUTIVO A FIRMAR CONVENIO COM A FUNDAÇÃO DE SAÚDE CAETANO MUNHOZ  DA ROCHA</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2656/2656_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2656/2656_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE NOVO QUADRO PRÓPRIO DO MAGISTÉRIO DA PREFEITURA </t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2657/2657_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2657/2657_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR </t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2620/2620_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2620/2620_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA PODER LEGISLATIVO A ALIENAR CR$ 80.000.000,00 UMA AREA DE TERRAS </t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2627/2627_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2627/2627_texto_integral.pdf</t>
   </si>
   <si>
     <t>ISENTA PAGAMENTO IPTU</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2622/2622_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2622/2622_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA COBERTURA RADIALISTA SESSÕES CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2628/2628_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2628/2628_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CHEFE EXECUTIVO ADQUIRI POR COMPRA 2 ÔNIBUS </t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2624/2624_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2624/2624_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE EXECUTIVO A CONSTRUIR PROTETOR CHUVA</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2629/2629_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2629/2629_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA DENOMINAÇÃO À VIA DEPUTADO JOSE AFONSO </t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2626/2626_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2626/2626_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃO CAMBARAENSE AO SARGENTO ALCIO SINOTT LOPES</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2617/2617_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2617/2617_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA REMUNERAÇÃO VEREADORES</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2618/2618_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2618/2618_texto_integral.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -831,67 +831,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2619/2619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2630/2630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2631/2631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2632/2632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2633/2633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2634/2634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2635/2635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2636/2636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2637/2637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2638/2638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2639/2639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2640/2640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2641/2641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2642/2642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2643/2643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2644/2644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2645/2645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2646/2646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2647/2647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2648/2648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2649/2649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2650/2650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2651/2651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2652/2652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2653/2653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2654/2654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2655/2655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2656/2656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2657/2657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2620/2620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2627/2627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2622/2622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2628/2628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2624/2624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2629/2629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2626/2626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2617/2617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2618/2618_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2619/2619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2630/2630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2631/2631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2632/2632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2633/2633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2634/2634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2635/2635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2636/2636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2637/2637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2638/2638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2639/2639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2640/2640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2641/2641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2642/2642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2643/2643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2644/2644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2645/2645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2646/2646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2647/2647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2648/2648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2649/2649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2650/2650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2651/2651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2652/2652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2653/2653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2654/2654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2655/2655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2656/2656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2657/2657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2620/2620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2627/2627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2622/2622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2628/2628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2624/2624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2629/2629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2626/2626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2617/2617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1986/2618/2618_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="98.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>