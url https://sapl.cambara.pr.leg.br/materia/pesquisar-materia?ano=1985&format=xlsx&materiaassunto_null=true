--- v0 (2026-01-29)
+++ v1 (2026-03-26)
@@ -51,381 +51,381 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2363/2363_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2363/2363_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA PARECER DO TRIBUNAL DE CONTAS</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2364/2364_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2364/2364_texto_integral.pdf</t>
   </si>
   <si>
     <t>REJEITA PARECER DO TRIBUNAL DE CONTAS</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2365/2365_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2365/2365_texto_integral.pdf</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2371/2371_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2371/2371_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA O GRUPO ESCOTEIRO ARARAS DE CAMBARÁ</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2372/2372_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2372/2372_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A PARTICIPAR DO PROGRAMA DE MICROBACIAS DE CONSERVAÇÃO DE SOLOS.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2373/2373_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2373/2373_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA VALORES DE NÍVEIS DE FUNCIONARIOS PÚBLICOS </t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2374/2374_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2374/2374_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA NÍVEIS DE FUNCIONARIOS PUBLICOS</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2375/2375_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2375/2375_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ART. 13º E 14º DA LEI MUN. 703 DE 12/07/83</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2376/2376_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2376/2376_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A FIRMAR CONVENIO COM A EMPRESA DE OBRAS PUBLICAS DO PARANA - EMOPAR</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2377/2377_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2377/2377_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO A A ADQUIRIR POR COMPRA UMA ÁREA DE TERRAS </t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2378/2378_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2378/2378_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIME TRIBUTÁRIO DE MICROEMPRESA</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2379/2379_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2379/2379_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO AOS INATIVOS E PENSIONISTA DA PREFEITURA DE CAMBARA</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2380/2380_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2380/2380_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À LEI MUNICIPAL 735 DE 13 DE MAIO DE 1985</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2381/2381_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2381/2381_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ADQUIRIR POR COMPRA ÁREA DE TERRAS</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2382/2382_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2382/2382_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A COMPRA DE TERRAS </t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2383/2383_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2383/2383_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A ADQUIRIR TERRAS.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2384/2384_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2384/2384_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL ANTECIPAR 30% AOS SERVIDORES E PENSIONISTAS </t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2385/2385_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2385/2385_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA LEGISLAÇÃO SOBRE TAXA IPTU</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2386/2386_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2386/2386_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A ALIENAR ÁREA DE TERRAS AO CONDOMINIO NIZIA </t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2387/2387_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2387/2387_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ARTIGOS 13 E 14 E ATERA O SISTEMA DE CARGO - LEI 703/83 E 738/85</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2388/2388_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2388/2388_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2389/2389_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2389/2389_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A DAR CUMPRIMENTO AO DECRETO FEDERAL  DE 01/11/1985</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2366/2366_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2366/2366_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A COBERTURA RADIALISTICA DAS SESSOES DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2367/2367_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2367/2367_texto_integral.pdf</t>
   </si>
   <si>
     <t>ISENTA DO PAGAMENTO DE IPTU</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2368/2368_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2368/2368_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO A ADQUIRIR UMA AMBULÂNCIA </t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2369/2369_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2369/2369_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃ CAMBARAENSE À SENHORA GILDA POLLI</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2370/2370_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2370/2370_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OUTORGA O TITULO DE CIDADÃO CAMBARAENSE AO SENHOR SENADOR ÁLVARO DIAS </t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2360/2360_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2360/2360_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS VENCIMENTOS MENSAIS DO DIRETOR EXECUTIVO DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2361/2361_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2361/2361_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA SUBSIDIO MENSAIS DOS VEREADORES</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2362/2362_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2362/2362_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA A VERBA DE REPRESENTAÇÃO DO SENHOR PRESIDENTE DO LEGISLATIVO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -732,67 +732,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2363/2363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2364/2364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2365/2365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2371/2371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2372/2372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2373/2373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2374/2374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2375/2375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2376/2376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2377/2377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2378/2378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2379/2379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2380/2380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2381/2381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2382/2382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2383/2383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2384/2384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2385/2385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2386/2386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2387/2387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2388/2388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2389/2389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2366/2366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2367/2367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2368/2368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2369/2369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2370/2370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2360/2360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2361/2361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2362/2362_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2363/2363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2364/2364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2365/2365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2371/2371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2372/2372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2373/2373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2374/2374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2375/2375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2376/2376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2377/2377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2378/2378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2379/2379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2380/2380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2381/2381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2382/2382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2383/2383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2384/2384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2385/2385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2386/2386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2387/2387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2388/2388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2389/2389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2366/2366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2367/2367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2368/2368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2369/2369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2370/2370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2360/2360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2361/2361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1985/2362/2362_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="93" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>