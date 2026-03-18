--- v0 (2026-01-27)
+++ v1 (2026-03-18)
@@ -51,342 +51,342 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2146/2146_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2146/2146_texto_integral.pdf</t>
   </si>
   <si>
     <t>REJEITA PARECER DO TRIBUNAL DE CONTAS DO ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2147/2147_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2147/2147_texto_integral.pdf</t>
   </si>
   <si>
     <t>APLICA AS CORREÇÕES MONETÁRIAS AOS SUBSÍDIOS E A VERBA DE REPRESENTAÇÃO DO PREFEITO MUNICIPAL PELO PERÍODO DE 01/02/1982 A 31/01/1983</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2155/2155_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2155/2155_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O COMPUTA, PARA EFEITO DE APOSENTADORIA NAS CONDIÇÕES QUE ESTABELECE, DO TEMPO DE SERVIÇO PRESTADO </t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2156/2156_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2156/2156_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORTIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A OUTORGAR PROCURAÇÃO À COMPANHIA PARANAENSE DE ENERGIA - COPEL.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2157/2157_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2157/2157_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 638 DE 18 DE OUTUBRO DE 1979.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2158/2158_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2158/2158_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CAMBARÁ A ADQUIRIR ÁREA DE TERRAS DE 20.000 M2.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2159/2159_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2159/2159_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA DE IMÓVEL DOADO A IGREJA CRUZADA EVANGELIZAÇÃO UNIDA.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2160/2160_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2160/2160_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR POR COMPRA UMA ÁREA DE TERRAS.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2161/2161_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2161/2161_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE RUA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2162/2162_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2162/2162_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTRIZA O CHEFE DO EXECUTIVO A EFETUAR OPERAÇÃO DE ARRENDAMENTO MERCANTIL ATÉ O VALOR DE CR$ 7.800.000,00</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2163/2163_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2163/2163_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO AOS FUNCIONÁRIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2164/2164_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2164/2164_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE EXECUTIVO A CONTRATAR COM ESTABELECIMENTO OPERAÇÃO DE CRÉDITO.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2165/2165_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2165/2165_texto_integral.pdf</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2166/2166_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2166/2166_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO A EFETUAR UMA DOAÇÃO DE UMA AREA DE TERRAS AO SENHOR JOÃO SERGIO LIMA.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2167/2167_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2167/2167_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR POR COMPRA UMA ÁREA DE TERRAS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/</t>
+    <t>http://sapl.cambara.pr.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TAXA DE ILUMINAÇÃO PUBLICA.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2148/2148_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2148/2148_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AS RUAS A-B-C-D-E-F-G, DO LOTEAMENTO MORADA DO SOL.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2149/2149_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2149/2149_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA FERIADOS MUNICIPAIS OS DIAS 31 DE MAIO, COPSUS CRISTI, SEXTA FEIRA  DA PAIXÃO E 21 DE SETEMBRO.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2150/2150_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2150/2150_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO ÀS RUAS I E J DO LOTEAMENTO MORADA DO SOL E RUAS 1 E 2 DO LOTEAMENTO JARDIM PÉROLA DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2151/2151_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2151/2151_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE TSUNETO MATSUBARA AO TRECHO DA ESTRADA MUNICIPAL, QUE LIGA CAMBARÁ AO BAIRRO CAMPO DA AVIAÇÃO.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2152/2152_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2152/2152_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO A DAR DENOMINAÇÃO A UMA TRAVESSA NO FINAL DA RUA CORONEL BATISTA</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2153/2153_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2153/2153_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃO CAMBARAENSE AO CAPITÃO JOSE CARLOS DA SILVA.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2154/2154_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2154/2154_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO, A DAR DENOMINAÇÃO A UMA RUA DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2144/2144_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2144/2144_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA REMUNERAÇÃO DOS VEREADORES DA CÂMARA MUNICIPAL DE CAMBARÁ.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2145/2145_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2145/2145_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA A REMUNERAÇÃO DOS VEREADORES DA CÂMARA MUNICIPAL DE CAMBARÁ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -693,67 +693,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2146/2146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2147/2147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2155/2155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2156/2156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2157/2157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2158/2158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2159/2159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2160/2160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2161/2161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2162/2162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2163/2163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2164/2164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2165/2165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2166/2166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2167/2167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2148/2148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2149/2149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2150/2150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2151/2151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2152/2152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2153/2153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2154/2154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2144/2144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2145/2145_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2146/2146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2147/2147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2155/2155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2156/2156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2157/2157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2158/2158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2159/2159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2160/2160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2161/2161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2162/2162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2163/2163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2164/2164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2165/2165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2166/2166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2167/2167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2148/2148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2149/2149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2150/2150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2151/2151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2152/2152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2153/2153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2154/2154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2144/2144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1982/2145/2145_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="135.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>