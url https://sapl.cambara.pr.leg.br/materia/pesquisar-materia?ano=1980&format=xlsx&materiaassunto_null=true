--- v0 (2026-01-27)
+++ v1 (2026-03-26)
@@ -54,234 +54,234 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2128/2128_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2128/2128_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REJEITA PARECER DO TRIBUNAL DE CONTAS DO ESTADO DO PARANÁ E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2131/2131_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2131/2131_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CONTRAIR "OPERAÇÃO DE CRÉDITO" COM ENTIDADES FINANCEIRAS E OU ESTABELECIMENTOS BANCÁRIOS. </t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2132/2132_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2132/2132_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CREDITO ESPECIAL.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2133/2133_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2133/2133_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A OUTORGAR  "PROCURAÇÃO À COMPANHIA DE TELECOMUNICAÇÕES DO PARANÁ - TELEPAR.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2134/2134_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2134/2134_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO DO ARTIGO 24 E RESPECTIVO PARAGRAFO DA LEI Nº 580, DE 06 DE JULHO DE 1977.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2135/2135_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2135/2135_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A EFETUAR A DOAÇÃO DE UMA ÁREA DE TERRAS Á FUNDAÇÃO EDUCACIONAL DO PARANÁ - FUNDEPAR.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/</t>
+    <t>http://sapl.cambara.pr.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A EXECUTAR "PERMUTA DE UM TERRENO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2137/2137_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2137/2137_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE AUMENTO AOS FUNCIONÁRIOS PÚBLICOS </t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2138/2138_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2138/2138_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ADQUIRIR POR COMPRA DENTRO DO PERIMETRO URBANO DO MUNICIPIO , UMA ARE ADE 4,5 LAQUEIRES</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2139/2139_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2139/2139_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE RECUPERAÇÃO DOS ALCOÓLATRAS CAMBARAENSES</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2140/2140_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2140/2140_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 638, DE 18 DE OUTUBRO DE 1979.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2141/2141_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2141/2141_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO AOS FUNCIONÁRIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2142/2142_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2142/2142_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A FIRMAR CONVENIO COM A SANEPAR</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2143/2143_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2143/2143_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO A EFETUAR  PAGAMENTO DE UMA GRATIFICAÇÃO DE NATAL AOS FUNCIONÁRIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2129/2129_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2129/2129_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA A REMUNERAÇÃO DA CÂMARA MUNICIPAL DE CAMBARÁ.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2130/2130_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2130/2130_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TITULO DE CIDADÃO CAMBARAENSE AO SR. OSSAMU KUWABA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -588,67 +588,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2128/2128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2131/2131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2132/2132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2133/2133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2134/2134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2135/2135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2137/2137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2138/2138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2139/2139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2140/2140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2141/2141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2142/2142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2143/2143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2129/2129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2130/2130_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2128/2128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2131/2131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2132/2132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2133/2133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2134/2134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2135/2135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2137/2137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2138/2138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2139/2139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2140/2140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2141/2141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2142/2142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2143/2143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2129/2129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1980/2130/2130_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="143.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>