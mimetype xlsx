--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -51,420 +51,420 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3239/3239_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3239/3239_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A EFETUAR OPERAÇÃO DE CREDITO</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3240/3240_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3240/3240_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3241/3241_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3241/3241_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A EFETUAR ALIENAÇÃO DE UM APARELHO TELEFÔNICO </t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3242/3242_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3242/3242_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO ABERTURA DE CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3243/3243_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3243/3243_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A AQUISIÇÃO DE UMA ÁREA DE TERRAS</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3244/3244_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3244/3244_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A EFETUAR DOAÇÃO DE PARALELEPÍPEDOS A INDUSTRIA VOTORANTIN S/A DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3245/3245_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3245/3245_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A REVOGAR LEI MUN. Nº 583 DE 20/09/1977</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3246/3246_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3246/3246_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUN. Nº 596 DE 06/12/1977</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3247/3247_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3247/3247_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A EFETUAR DOAÇÃO DE UMA ÁREA DE TERRAS AO SENHOR EDUARDO BIANCHINI E JOSE AUGUSTO POÇAS</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3248/3248_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3248/3248_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A EFETUAR CONVENIO COM O GOVERNO DO ESTADO DO PARANÁ PARA EXECUÇÃO DE REPAROS NO PREDIO DA POLICIA E CADEIA</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3249/3249_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3249/3249_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A FIRMAR CONVENIO COM O GOVERNO DO ESTADO PARA REFORMA NO PRÉDIO DO GRUPO ESCOLAR CAROLINA W. LUPION</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3250/3250_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3250/3250_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A FIRMAR CONVENIO COM O GOVERNO DO ESTADO PARA REFORMA DO PRÉDIO DA ESCOLA DA APLICAÇÃO - ROSA SAPORSKI</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3251/3251_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3251/3251_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A EFETUAR ALIENAÇÃO DE UMA CAÇAMBA BASCULANTE</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3252/3252_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3252/3252_texto_integral.pdf</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3253/3253_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3253/3253_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A EFETUAR ALIENAÇÃO DE UMA PERUA MARCA FORD</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3254/3254_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3254/3254_texto_integral.pdf</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3255/3255_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3255/3255_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A VENDER UMA ÁREA DE TERRAS A MITRA DIOCESANA DE JACAREZINHO</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3256/3256_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3256/3256_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARAGRAFO UNICO  DO ART. 1º DA LEI MUN. 573 DE 07/06/1977</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3257/3257_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3257/3257_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 5º DA LEI MUN. 590 DE 30/11/1977</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3258/3258_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3258/3258_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO  A DOAR UMA ÁREA DE TERRAS AO SENHOR MAURÍCIO MENOSSI</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3259/3259_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3259/3259_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO AOS FUNCIONÁRIOS REGIDOS PELO REGIME C.L.T</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3260/3260_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3260/3260_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ABERTURA DE CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3261/3261_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3261/3261_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ALIENAR ÁREA DE TERRAS</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3262/3262_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3262/3262_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A VENDER NA BOLSA DE VALORES AÇÕES DA PETROBRAS</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3263/3263_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3263/3263_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A VENDER NA BOLSA DE VALORES, AÇÕES DA COPEL</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3264/3264_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3264/3264_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A CELEBRAR CONVENIO COMA  SECRETARIA DE SEGURANÇA PUBLICA DO ESTADO DO PARANA </t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3265/3265_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3265/3265_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A CELEBRAR CONVENIO DE PRESTAÇÃO DE SERVIÇO PARA AMPLIAÇÃO DA REDE PUBLICA</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3266/3266_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3266/3266_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A VENDER NA BOLSA DE VALORES AÇÕES DA TELEPAR</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3267/3267_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3267/3267_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A VENDER NA BOLSA DE VALORES AÇÕES DA COPEL</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3268/3268_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3268/3268_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A VENDER NA BOLSA DE VALORES AÇÕES DA PETROBRAS </t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3269/3269_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3269/3269_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A EFETUAR SUPLEMENTAÇÃO PARA REFORÇOS DE DOTAÇÃO ORÇAMENTARIA</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3238/3238_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3238/3238_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TITULO DE CIDADÃO CAMBARAENSE AO SR. MANOEL TEIXEIRA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -771,67 +771,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3239/3239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3240/3240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3241/3241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3242/3242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3243/3243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3244/3244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3245/3245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3246/3246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3247/3247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3248/3248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3249/3249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3250/3250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3251/3251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3252/3252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3253/3253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3254/3254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3255/3255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3256/3256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3257/3257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3258/3258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3259/3259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3260/3260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3261/3261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3262/3262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3263/3263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3264/3264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3265/3265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3266/3266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3267/3267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3268/3268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3269/3269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3238/3238_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3239/3239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3240/3240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3241/3241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3242/3242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3243/3243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3244/3244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3245/3245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3246/3246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3247/3247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3248/3248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3249/3249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3250/3250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3251/3251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3252/3252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3253/3253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3254/3254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3255/3255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3256/3256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3257/3257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3258/3258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3259/3259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3260/3260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3261/3261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3262/3262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3263/3263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3264/3264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3265/3265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3266/3266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3267/3267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3268/3268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3269/3269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1978/3238/3238_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="133.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>