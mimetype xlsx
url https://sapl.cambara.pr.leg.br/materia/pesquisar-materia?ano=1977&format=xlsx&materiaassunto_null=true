--- v0 (2025-12-08)
+++ v1 (2026-03-19)
@@ -51,684 +51,684 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3135/3135_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3135/3135_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA SUBSIDIO DO PREFEITO E VERBA DE REPRESENTAÇÃO DO VICE-PREFEITO PARA A ATUAL LEGISLATURA</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3136/3136_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3136/3136_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATRIBUÍ AJUDA DE CUSTO AO PREFEITO MUNICIPAL NA ATUAL GESTAO</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3138/3138_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3138/3138_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ISENÇÃO DE MULTAS AOS CONTRIBUINTES EM ATRASADO ATÉ 31/12/1976</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3139/3139_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3139/3139_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS CONTRIBUINTES UMA REDUÇÃO DE 10% SOBRE OS TRIBUTOS DE 1977</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3140/3140_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3140/3140_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO A CRIAR NO QUADRO DE PESSOAL O CARGO DE OFICIAL ADMINISTRATIVO </t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3141/3141_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3141/3141_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CHEFE DO EXECUTIVO A ALIENAR BENS </t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3142/3142_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3142/3142_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ALIENAR UMA ÁREA DE TERRAS</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3143/3143_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3143/3143_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A FIRMAR CONVENIO COM O GOVERNO DO ESTADO DO PARANÁ PARA CONSTRUÇÃO DE UM PRÉDIO DESTINADO AO CENTRO DE SAÚDE NA SEDE DO MUNICÍPIO</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3144/3144_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3144/3144_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DO CENTRO MUNICIPAL DE ENSINO PROFISSIONALIZANTE - CEMEP</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3145/3145_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3145/3145_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A ALIENAR ÁREA DE TERRAS </t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3146/3146_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3146/3146_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ALIENAR BEM MOVEIS</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3147/3147_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3147/3147_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE PRAÇA PROF. SILVIO TAVARES, A PRAÇA CHAMADA DE TRÊS PODERES</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3148/3148_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3148/3148_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 525 DE 29/04/1975</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3149/3149_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3149/3149_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A EMPRESTAR CAMINHÃO IRRIGADOR AO MUNICIPIO DE SANTO ANTONIO DA PLATINA </t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3150/3150_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3150/3150_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A CELEBRAR CONVENIO DE CONCESSÃO DE USO DE UM VEICULO MARCA VOLKSWAGEM KOMBI FUNERARIA DE PROPRIEDADE DA LOJA MAÇONICA JACQUES DE MOLLAY</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3151/3151_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3151/3151_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CHEFE EXECUTIVO A ALIENAR DUAS ÁREAS DE TERRAS </t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3152/3152_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3152/3152_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ADQUIRIR VEICULO UTILITARIO</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3153/3153_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3153/3153_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O SISTEMA DE DIARIAS PARA INDENIZAÇÃO PELA DESPESA DE ALIMENTAÇÃO E POUSADA DO CHEFE DO EXECUTIVO</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3154/3154_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3154/3154_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE EXECUTIVO A CONTRAIR EMPRÉSTIMO PARA AQUISIÇÃO DE 02 CAMINHÕES</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3155/3155_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3155/3155_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE EXECUTIVO A EFETUAR PERMUTA DE UM TERRENO</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3156/3156_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3156/3156_texto_integral.pdf</t>
   </si>
   <si>
     <t>ORGANIZA E ESTRUTURA ADMINISTRATIVA DO GOVERNO MUNICIPAL</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3157/3157_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3157/3157_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO DE SALARIO AOS FUNCIONÁRIOS</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3158/3158_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3158/3158_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A LEI ESTADUAL Nº 6.174 DE 16/11/1970</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3159/3159_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3159/3159_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O CHEFE DO EXECUTIVO A RETIFICAR OS LANÇAMENTOS DE TAXAS E TARIFAS REFERENTES A ADMINISTRAÇÃO </t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3160/3160_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3160/3160_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PODER EXECUTIVO A CONCEDER COM EXCLUSIVIDADE A SANEPAR, EXPLORAÇÃO E OPERAÇÃO DOS SISTEMAS DE ABASTECIMENTO DE ÁGUA POTÁVEL E COLETA E REMOÇÃO DE ESGOTO SANITÁRIO MUNICIPAL</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3161/3161_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3161/3161_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A FIRMA CONVENIO COM A SECRETARIA DE SEGURANÇA DO ESTADO COM A FINALIDADE DE FORNECIMENTO DE EQUIPAMENTOS PARA A DELEGACIA</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3162/3162_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3162/3162_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA PODER EXECUTIVO A ADQUIRIR MAQUINA RODOVIÁRIA </t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3163/3163_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3163/3163_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA DENOMINAÇÃO DA ATUAL ADEMIR MARTINS DE BARROS DESTA CIDADE, PARA ATILIO BETTINI</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3164/3164_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3164/3164_texto_integral.pdf</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3165/3165_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3165/3165_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A CONCEDER SUBVENÇÃO SOCIAL AO SERVIÇO DE OBRAS SOCIAIS </t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3166/3166_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3166/3166_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A RECEBER UMA ÁREA DE TERRENO, DESTINADO A CONSTRUÇÃO DO ESTADIO MUNICIPAL</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3167/3167_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3167/3167_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A DOAR ÁREA DE TERRAS</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3168/3168_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3168/3168_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE EXECUTIVO A RECEBER UMA ÁREA DE TERRAS DE FLÁVIO BETTINE, PARA CONSTRUÇÃO DO ESTÁDIO MUNICIPAL</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3169/3169_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3169/3169_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ALIENAR RELÓGIO PONTO, MARCA IBM</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3170/3170_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3170/3170_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A FIRMAR CONVENIO COM A FUNDAÇÃO EDUCACIONAL DO ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3171/3171_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3171/3171_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A FIXAR PREÇO MINIMO E EFETUAR PARCELAMENTO DE VENDA DE LOTES</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3172/3172_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3172/3172_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3173/3173_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3173/3173_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE PRAÇA ATILIO BETINI A CHAMADA PRAÇA KENEDY DESTA CIDADE</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3174/3174_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3174/3174_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ADQUIRIR EQUIPAMENTO DE BRITAGEM E UM DISTRIBUIDOR DE ASFALTO</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3175/3175_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3175/3175_texto_integral.pdf</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3176/3176_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3176/3176_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A CONCEDER SUBVENÇÃO SOCIAL AO ASILO SÃO VICENTE DE PAULO</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3177/3177_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3177/3177_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A CONTRATAR FINANCIAMENTO PARA AQUISIÇÃO DE EQUIPAMENTOS RODOVIARIOS </t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3178/3178_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3178/3178_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A DOAR UMA ÁREA DE TERRAS AO SR. NOBERTO SCOLANZI</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3179/3179_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3179/3179_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A DOAR ÁREA DE TERRAS AO SR. NORBERTO SCOLANZI</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3180/3180_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3180/3180_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DOAÇÃO DE ÁREA DE TERRAS AO SR. LUIGI PORTOLESE</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3181/3181_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3181/3181_texto_integral.pdf</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3182/3182_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3182/3182_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 559 DE 16/08/1976</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3183/3183_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3183/3183_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A EFETUAR PERMUTA DE UM TERRENO</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3137/3137_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3137/3137_texto_integral.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TITULO DE CIDADÃO CAMBARAENSE AO DR. ARNALDO FAIVRO BUZATTO</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3129/3129_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3129/3129_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO ESPECIAL DE INQUERITO PARA APURAR IRREGULARIEDADES ADMINISTRATIVAS DO EXECUTIVO, REF. GESTÃO 1973/1977</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3130/3130_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3130/3130_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO ESPECIAL DE INQUÉRITO PARA APURAR IRREGULARIDADES ADMINISTRATIVAS DA MESA, REF. GESTÃO 1973/1977</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3131/3131_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3131/3131_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REMUNERAÇÃO DOS VEREADORES, PARA O EXERCÍCIO DE 1977</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3132/3132_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3132/3132_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A RESOLUÇÃO Nº 03/76</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3133/3133_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3133/3133_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA PARECER COMISSÃO ESPECIAL DE INQUÉRITO PARA APURAR IRREGULARIDADES ADMINISTRATIVAS DA MESA DA CÂMARA , REF. GESTÃO 1973/1977</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3134/3134_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3134/3134_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A QUITAÇÃO DE TEMPO DE SERVIÇO DE FUNCIONÁRIO CONTRATADO PELO LEGISLATIVO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1035,67 +1035,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3135/3135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3136/3136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3138/3138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3139/3139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3140/3140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3141/3141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3142/3142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3143/3143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3144/3144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3145/3145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3146/3146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3147/3147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3148/3148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3149/3149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3150/3150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3151/3151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3152/3152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3153/3153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3154/3154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3155/3155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3156/3156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3157/3157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3158/3158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3159/3159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3160/3160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3161/3161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3162/3162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3163/3163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3164/3164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3165/3165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3166/3166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3167/3167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3168/3168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3169/3169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3170/3170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3171/3171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3172/3172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3173/3173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3174/3174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3175/3175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3176/3176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3177/3177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3178/3178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3179/3179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3180/3180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3181/3181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3182/3182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3183/3183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3137/3137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3129/3129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3130/3130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3131/3131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3132/3132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3133/3133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3134/3134_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3135/3135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3136/3136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3138/3138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3139/3139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3140/3140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3141/3141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3142/3142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3143/3143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3144/3144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3145/3145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3146/3146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3147/3147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3148/3148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3149/3149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3150/3150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3151/3151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3152/3152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3153/3153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3154/3154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3155/3155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3156/3156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3157/3157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3158/3158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3159/3159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3160/3160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3161/3161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3162/3162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3163/3163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3164/3164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3165/3165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3166/3166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3167/3167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3168/3168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3169/3169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3170/3170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3171/3171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3172/3172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3173/3173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3174/3174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3175/3175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3176/3176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3177/3177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3178/3178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3179/3179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3180/3180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3181/3181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3182/3182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3183/3183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3137/3137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3129/3129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3130/3130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3131/3131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3132/3132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3133/3133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1977/3134/3134_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="189.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>