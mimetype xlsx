--- v0 (2025-12-07)
+++ v1 (2026-03-22)
@@ -51,312 +51,312 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3190/3190_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3190/3190_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA AS LEIS MUNICIPAIS Nº 547 E 548 DE 18/12/1975</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3191/3191_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3191/3191_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE EXECUTIVO A EFETUAR DOAÇÃO DE UMA ÁREA DE TERRAS PARA A IGREJA ADVENTISTA DO 7º DIA</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3192/3192_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3192/3192_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE EXECUTIVO A DOAR ÁREA DE TERRAS A FUNDIÇÃO CAMBARÁ - FUCAM</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3193/3193_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3193/3193_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A DOAR ÁREA DE TERRAS A SOCIEDADE ESPORTIVA MATSUBARA</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3194/3194_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3194/3194_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A CONTRATAR EMPRESTIMO </t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3195/3195_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3195/3195_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A FIRMAR CONVENIO COM FUNDAÇÃO EDUCACIONAL DO ESTADO DO PARANÁ - FUNDEPAR</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3196/3196_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3196/3196_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A FIRMAR CONVENIO COM O ESTADO DO PARANÁ, A EXECUÇÃO DE REPARO NO PRÉDIO DO FÓRUM DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3197/3197_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3197/3197_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3198/3198_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3198/3198_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A CELEBRAR CONVENIO DE COOPERAÇÃO TÉCNICA E FINANCEIRA COM O GOVERNO DO ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3199/3199_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3199/3199_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONTRATAÇÃO DE OPERAÇÃO DE CRÉDITO </t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3200/3200_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3200/3200_texto_integral.pdf</t>
   </si>
   <si>
     <t>EFETUAR DOAÇÃO DE AREA DE TERRAS A INDUSTRIA E COMERCIO DE MATERIAIS PARA CONSTRUÇÃO CAMBARÁ</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3201/3201_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3201/3201_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE EXECUTIVO A EFETUAR DOAÇÃO DE TERRAS</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3202/3202_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3202/3202_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CHEFE EXECUTIVO A OUTORGAR PROCURAÇÃO  CIA HIDROELETRICA</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3203/3203_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3203/3203_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA CHEFE EXECUTIVO A EFETUAR DOAÇÃO ÁREA DE TERRAS À INDUSTRIA E COMÉRCIO DE CEREAIS VILA RUBIM </t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3204/3204_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3204/3204_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ANISTIA DE MULTAS, JUROS E CORREÇÃO MONETÁRIA, CAMBARÁ ATLÉTICO CLUB</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3205/3205_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3205/3205_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ART. 3º DA LEI MUN. Nº 560 DE 16/08/1976</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3206/3206_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3206/3206_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO AOS FUNCIONARIOS PUBLICOS</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3207/3207_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3207/3207_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A EFETUAR PERMUTA DE UM TERRENO</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3188/3188_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3188/3188_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E DÁ DENOMINAÇÃO À RUAS E PRAÇAS DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3189/3189_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3189/3189_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO A SOCIEDADE DE AMIGOS DA CIDADE DE CAMBARÁ</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3184/3184_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3184/3184_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO CONJUNTO HABITACIONAL DESTA CIDADE DE CAMBARÁ - GASTÃO CONSELVAN</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3185/3185_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3185/3185_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMUNERAÇÃO DOS VEREADORES PARA O EXERCÍCIO DE 1976</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3186/3186_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3186/3186_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA SUBSIDIO DO PREFEITO E VERBA DE REPRESENTAÇÃO AO VICE-PREFEITO PARA A PRÓXIMA LEGISLATURA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -663,67 +663,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3190/3190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3191/3191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3192/3192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3193/3193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3194/3194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3195/3195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3196/3196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3197/3197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3198/3198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3199/3199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3200/3200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3201/3201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3202/3202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3203/3203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3204/3204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3205/3205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3206/3206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3207/3207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3188/3188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3189/3189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3184/3184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3185/3185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3186/3186_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3190/3190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3191/3191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3192/3192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3193/3193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3194/3194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3195/3195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3196/3196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3197/3197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3198/3198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3199/3199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3200/3200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3201/3201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3202/3202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3203/3203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3204/3204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3205/3205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3206/3206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3207/3207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3188/3188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3189/3189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3184/3184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3185/3185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1976/3186/3186_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="123.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>