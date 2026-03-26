--- v0 (2026-01-27)
+++ v1 (2026-03-26)
@@ -51,312 +51,312 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3005/3005_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3005/3005_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ISENTA OS CONTRIBUINTES DO PAGAMENTO DE MULTAS </t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3006/3006_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3006/3006_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3007/3007_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3007/3007_texto_integral.pdf</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3008/3008_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3008/3008_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ADQUIRIR UM CAMINHÃO</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2993/2993_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2993/2993_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O QUADRO DE FUNCIONÁRIOS E CARGOS EM COMISSÃO DA PREFEITURA DE CAMBARÁ</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3009/3009_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3009/3009_texto_integral.pdf</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3010/3010_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3010/3010_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A PAGAR AO SR. ALCIDES DE SOUZA, POR SEUS SERVIÇOS PRESTADOS A ESTA MUNICIPALIDADE</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3011/3011_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3011/3011_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A PAGAR AO SR. JOSÉ ANTONIO SANCHES, POR SERVIÇOS PRESTADOS AO MUNICIPIO</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2991/2991_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2991/2991_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA O S.O.S LOCAL</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2992/2992_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2992/2992_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A RETIRAR DO PATIO DO MUNICÍPIO O MOINHO DE TRIGO</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3004/3004_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3004/3004_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO AOS FUNCIONÁRIOS PUBLICOS</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2994/2994_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2994/2994_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2995/2995_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2995/2995_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PREFEITO A CELEBRAR CONVENIO COM DEPARTAMENTO DE RENDAS INTERNAS DO ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2996/2996_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2996/2996_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ADQUIRIR ÁREA DE TERRAS</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2997/2997_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2997/2997_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A FIRMAR CONVENIO COM A TELEPAR </t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2998/2998_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2998/2998_texto_integral.pdf</t>
   </si>
   <si>
     <t>ORGANIZA A ESTRUTURA ADMINISTRATIVA DA PREFEITURA</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2999/2999_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2999/2999_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO A ADQUIRIR UMA CHEVROLET-VERANEIO</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3000/3000_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3000/3000_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A CELEBRAR CONTRATO DE ATENDIMENTO MEDICO HOSPITALAR COM SANTA CASA DE MISERICÓRDIA DE CAMBARÁ</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3001/3001_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3001/3001_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A GRATIFICAR COM ABONO DE NATAL TODOS OS SERVIDORES</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3002/3002_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3002/3002_texto_integral.pdf</t>
   </si>
   <si>
     <t>ISENTA OS CONTRIBUINTES DE IPTU</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3003/3003_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3003/3003_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A VENDER 23.540 AÇÕES DA PETROBRAS</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2989/2989_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2989/2989_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FIXA SUBSIDIO DO PREFEITO </t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2990/2990_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2990/2990_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUMENTO AOS SERVIDORES DO LEGISLATIVO </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -663,67 +663,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3005/3005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3006/3006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3007/3007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3008/3008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2993/2993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3009/3009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3010/3010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3011/3011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2991/2991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2992/2992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3004/3004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2994/2994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2995/2995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2996/2996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2997/2997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2998/2998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2999/2999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3000/3000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3001/3001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3002/3002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3003/3003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2989/2989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2990/2990_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3005/3005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3006/3006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3007/3007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3008/3008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2993/2993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3009/3009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3010/3010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3011/3011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2991/2991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2992/2992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3004/3004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2994/2994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2995/2995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2996/2996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2997/2997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2998/2998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2999/2999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3000/3000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3001/3001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3002/3002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/3003/3003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2989/2989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1969/2990/2990_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="120.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>