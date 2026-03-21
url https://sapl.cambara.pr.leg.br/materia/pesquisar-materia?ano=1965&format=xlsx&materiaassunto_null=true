--- v0 (2026-01-27)
+++ v1 (2026-03-21)
@@ -51,429 +51,429 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2895/2895_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2895/2895_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REDUÇÃO DE 20% DE IMPOSTOS MUNICIPAIS</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2896/2896_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2896/2896_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISCIPLINA A CONSERVAÇÃO DE ESTRADAS DE RODAGEM DO MUNICÍPIO </t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2897/2897_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2897/2897_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO DE SALARIO AOS TRABALHADORES</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2893/2893_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2893/2893_texto_integral.pdf</t>
   </si>
   <si>
     <t>ELEVA PADRÕES E VENCIMENTOS DO FUNCIONALISMO MUNICIPAL</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2894/2894_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2894/2894_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ADQUIRIR MATERIAL DE ILUMINAÇÃO, NA VILA RUBIM E COMPRA DE TERRENOS</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2898/2898_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2898/2898_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 303</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2899/2899_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2899/2899_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2900/2900_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2900/2900_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CREDITO SUPLEMENTAR</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2901/2901_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2901/2901_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A TRANZAR COTA DO ART. 20 </t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2902/2902_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2902/2902_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PODER EXECUTIVO A FIRMAR CONVENIO COM O DER/PR</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2903/2903_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2903/2903_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2904/2904_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2904/2904_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA PODER EXECUTIVO A EXECUTAR PAVIMENTAÇÃO EM VIAS PUBLICAS </t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2905/2905_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2905/2905_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ADQUIRIR UMA MOTONIVELADORA</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2906/2906_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2906/2906_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA EXECUTIVO A ADQUIRIR UMA PÁ CARREGADEIRA </t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2907/2907_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2907/2907_texto_integral.pdf</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2908/2908_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2908/2908_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A FUNDAR A COMPANHIA HABITACIONAL DE CAMBARA</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2909/2909_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2909/2909_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ADQUIRIR UM TERRENO E DOA-LO A SECRETARIA DE EDUCAÇÃO E CULTURA DO ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2910/2910_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2910/2910_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SERVIÇO DE ASSISTÊNCIA MEDICA MUNICIPAL</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2911/2911_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2911/2911_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO TÉCNICO DE CONTROLE</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2912/2912_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2912/2912_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ELEVA A CATEGORIA DE PERÍMETRO URBANO </t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2913/2913_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2913/2913_texto_integral.pdf</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2914/2914_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2914/2914_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ABRE CREDITO SUPLEMENTAR </t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2915/2915_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2915/2915_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO AOS FUNCIONÁRIOS PUBLICOS</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2916/2916_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2916/2916_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REDUÇÃO DO VALOR DO CADASTRO </t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2917/2917_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2917/2917_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE VIA PUBLICA -VIA DEPUTADO JOSÉ AFONSO</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2887/2887_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2887/2887_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE UM CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2889/2889_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2889/2889_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUXILIO A IGREJA METODISTA DO BRASIL</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2890/2890_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2890/2890_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA AO ALBERGUE NOTURNO </t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2891/2891_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2891/2891_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE SUBVENÇÃO AO CLUBE RECREATIVO E ESPORTIVO OPERÁRIO DE CAMBARA</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2892/2892_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2892/2892_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 337 DE 15/12/1965</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2888/2888_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2888/2888_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO EM UMA DAS RUAS DE CAMBARÁ , FRANCISCO FELICIANO </t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2884/2884_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2884/2884_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUMENTO DO VENCIMENTO DOS FUNCIONÁRIOS DO LEGISLATIVO</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2885/2885_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2885/2885_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2886/2886_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2886/2886_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A CARTEIRA DE IDENTIDADE PARA OS SENHORES VEREADORES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -780,67 +780,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2895/2895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2896/2896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2897/2897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2893/2893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2894/2894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2898/2898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2899/2899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2900/2900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2901/2901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2902/2902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2903/2903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2904/2904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2905/2905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2906/2906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2907/2907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2908/2908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2909/2909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2910/2910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2911/2911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2912/2912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2913/2913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2914/2914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2915/2915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2916/2916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2917/2917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2887/2887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2889/2889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2890/2890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2891/2891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2892/2892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2888/2888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2884/2884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2885/2885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2886/2886_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2895/2895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2896/2896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2897/2897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2893/2893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2894/2894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2898/2898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2899/2899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2900/2900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2901/2901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2902/2902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2903/2903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2904/2904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2905/2905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2906/2906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2907/2907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2908/2908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2909/2909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2910/2910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2911/2911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2912/2912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2913/2913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2914/2914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2915/2915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2916/2916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2917/2917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2887/2887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2889/2889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2890/2890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2891/2891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2892/2892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2888/2888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2884/2884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2885/2885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1965/2886/2886_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="109" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>