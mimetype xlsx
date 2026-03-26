--- v0 (2025-12-06)
+++ v1 (2026-03-26)
@@ -51,276 +51,276 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2790/2790_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2790/2790_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A CONCEDER VENDA DE UM TERRENO</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2791/2791_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2791/2791_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. Nº 12, DA LEI Nº 82 DE 23 DE MAIO DE 1953, DO CÓDIGO TRIBUTÁRIO </t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2792/2792_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2792/2792_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2793/2793_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2793/2793_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FIXA NOVO SALARIO DOS TRABALHADORES DA PREFEITURA </t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2794/2794_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2794/2794_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2795/2795_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2795/2795_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CREDITO SUPLEMENTAR</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2796/2796_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2796/2796_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2797/2797_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2797/2797_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ISENÇÃO DE TAXA DE CALÇAMENTO DA IGREJA ADVENTISTA DO SÉTIMO DIA DE CAMBARÁ</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2798/2798_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2798/2798_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO A ADQUIRIR ÁREA DE TERRENO, DOANDO-A Á COMPANHIA PARANAENSE DE SILOS E ARMAZÉNS.</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2799/2799_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2799/2799_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA A TABELA DE PADRÕES DE VENCIMENTOS DOS FUNCIONÁRIOS MUNICIPAIS</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2800/2800_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2800/2800_texto_integral.pdf</t>
   </si>
   <si>
     <t>CLASSIFICA OS FUNCIONARIOS MUNICIPAIS COM NOVOS PADRÕES DE VENCIMENTO.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2801/2801_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2801/2801_texto_integral.pdf</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2802/2802_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2802/2802_texto_integral.pdf</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2803/2803_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2803/2803_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE IMPOSTOS SOBRE PROPRIEDADE RURAL E TRANSMISSÃO DE PROPRIEDADE IMOBILIÁRIA INTERVIVOS</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2804/2804_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2804/2804_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ISENÇÃO DA TAXA DE CALÇAMENTO A IGREJA MATRIZ DE CAMBARÁ</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2806/2806_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2806/2806_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A JUNTA DE RECURSOS FISCAIS</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2805/2805_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2805/2805_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA DENOMINAÇÃO À AVENIDA BRASIL</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2789/2789_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2789/2789_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA DENOMINAÇÃO AS RUAS QUINTINO BOCAIUVA E MARQUES DE HERVAL</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2787/2787_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2787/2787_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA RESOLUÇÃO Nº 4 DE 10 DE AGOSTO DE 1948 - REGIMENTO INTERNO</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
-    <t>https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2788/2788_texto_integral.pdf</t>
+    <t>http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2788/2788_texto_integral.pdf</t>
   </si>
   <si>
     <t>ELEVA A GRATIFICAÇÃO ATRIBUÍDA AOS SERVIDORES DA CÂMARA M. DE CAMBARÁ E ABRE CRÉDITO SUPLEMENTAR DE CR$ 36.000,00.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -627,67 +627,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2790/2790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2791/2791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2792/2792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2793/2793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2794/2794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2795/2795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2796/2796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2797/2797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2798/2798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2799/2799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2800/2800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2801/2801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2802/2802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2803/2803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2804/2804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2806/2806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2805/2805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2789/2789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2787/2787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2788/2788_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2790/2790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2791/2791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2792/2792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2793/2793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2794/2794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2795/2795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2796/2796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2797/2797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2798/2798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2799/2799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2800/2800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2801/2801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2802/2802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2803/2803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2804/2804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2806/2806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2805/2805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2789/2789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2787/2787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cambara.pr.leg.br/media/./sapl/public/materialegislativa/1961/2788/2788_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="116.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>